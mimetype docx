--- v0 (2025-11-01)
+++ v1 (2025-12-22)
@@ -1797,100 +1797,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e7445e56-1346-4bdb-b9f6-bbc765d0fd9f"/>
+      <w:tblStyle w:val="TableGrid_92bfafd3-0f8c-4150-8a75-c4573718355d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">02.11.2025 00:32:03 </w:t>
+            <w:t xml:space="preserve">22.12.2025 19:56:20 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1907,493 +1924,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_608388fb-50f4-4d5d-9f65-122ff22c3687"/>
+      <w:tblStyle w:val="TableGrid_9ff6d089-c5eb-4d8d-b700-15501fe430b0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_f56d22a7-a3af-4990-a729-de84442256d8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_8f6cf69b-bc6a-4ae3-83c9-7dacbeaf7cae"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6b50575e-604e-4461-9e16-23a47f7bbe0b"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b4eafd4f-8115-4f1f-bd05-cea785a09f66"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt_kontrakt</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_6b50575e-604e-4461-9e16-23a47f7bbe0b"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b4eafd4f-8115-4f1f-bd05-cea785a09f66"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+            <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+      <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_32bd9c6a-5acc-41d0-8cee-c8fa0f14fc02"/>
+      <w:tblStyle w:val="TableGrid_017448b8-bf21-41a5-9206-c9f7dfdfb4cb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d1e2869e-51fd-473b-8ac5-4531b12a4050"/>
+            <w:tblStyle w:val="TableGrid_6f05daea-9172-4da2-b222-2f31806c2836"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Oppfølging av arbeidslivsseriøsitet i rammeavtaler (EIE og VED)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">26.08.2025 (Berit Elise Bye)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+            <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d348e79e-18b5-4e34-a54d-6190795e7490"/>
+            <w:tblStyle w:val="TableGrid_03cbaad4-a80b-4337-8d07-262e4ffc5d3c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1200"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Berit Elise Bye</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+            <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+      <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="58C11D7B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2492,51 +2611,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -4452,629 +4571,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2f46c0e5-ebdd-4637-a7d7-0e17979d9127" w:customStyle="1">
     <w:name w:val="Table Grid_2f46c0e5-ebdd-4637-a7d7-0e17979d9127"/>
     <w:basedOn w:val="NormalTablea1e03668-97e0-4eb0-8dc3-30d5a5f47009"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a" w:customStyle="1">
-    <w:name w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37" w:customStyle="1">
+    <w:name w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_afadbf86-77a1-4e05-a133-7ad8f7f1e27e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+    <w:basedOn w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ac39a03a-f8cf-42e4-9aec-cf3fff0306db" w:customStyle="1">
-    <w:name w:val="Normal Table_ac39a03a-f8cf-42e4-9aec-cf3fff0306db"/>
+  <w:style w:type="table" w:styleId="NormalTable_23466cd4-fdb6-4f61-8f4b-aa3703550dd8" w:customStyle="1">
+    <w:name w:val="Normal Table_23466cd4-fdb6-4f61-8f4b-aa3703550dd8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dd2e0521-7892-4a55-9e4a-03ceb78f6296" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ac39a03a-f8cf-42e4-9aec-cf3fff0306db"/>
+  <w:style w:type="table" w:styleId="TableGrid_a6870100-2dcc-4b5d-83f2-358911f19f28" w:customStyle="1">
+    <w:name w:val="Table Grid_a6870100-2dcc-4b5d-83f2-358911f19f28"/>
+    <w:basedOn w:val="NormalTable_23466cd4-fdb6-4f61-8f4b-aa3703550dd8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_f56d22a7-a3af-4990-a729-de84442256d8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_8f6cf69b-bc6a-4ae3-83c9-7dacbeaf7cae" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_8f6cf69b-bc6a-4ae3-83c9-7dacbeaf7cae"/>
+    <w:basedOn w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_6b50575e-604e-4461-9e16-23a47f7bbe0b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7a48bafb-032f-4d82-9643-7c9d40d0e70a"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_b4eafd4f-8115-4f1f-bd05-cea785a09f66" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b4eafd4f-8115-4f1f-bd05-cea785a09f66"/>
+    <w:basedOn w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_51fb0791-753f-4c4f-8566-05a6fac0b2b2" w:customStyle="1">
-    <w:name w:val="Normal Table_51fb0791-753f-4c4f-8566-05a6fac0b2b2"/>
+  <w:style w:type="table" w:styleId="NormalTable_36af8d59-cb4d-464a-ae79-23c8d95019c3" w:customStyle="1">
+    <w:name w:val="Normal Table_36af8d59-cb4d-464a-ae79-23c8d95019c3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bdf7cd4c-3668-408e-8803-a4c79899b651" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_51fb0791-753f-4c4f-8566-05a6fac0b2b2"/>
+  <w:style w:type="table" w:styleId="TableGrid_fcac6dbb-7ffb-4fb4-bdb3-ac07b4821ef4" w:customStyle="1">
+    <w:name w:val="Table Grid_fcac6dbb-7ffb-4fb4-bdb3-ac07b4821ef4"/>
+    <w:basedOn w:val="NormalTable_36af8d59-cb4d-464a-ae79-23c8d95019c3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_958546f3-04db-4340-b49f-f2e43199f59e" w:customStyle="1">
-    <w:name w:val="Normal Table_958546f3-04db-4340-b49f-f2e43199f59e"/>
+  <w:style w:type="table" w:styleId="NormalTable_6b79a3a9-ae34-4b03-955b-bfb3c9264080" w:customStyle="1">
+    <w:name w:val="Normal Table_6b79a3a9-ae34-4b03-955b-bfb3c9264080"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c5a0b5a2-af65-4f8d-bd1b-4660938d485a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_958546f3-04db-4340-b49f-f2e43199f59e"/>
+  <w:style w:type="table" w:styleId="TableGrid_58dd54af-2ac0-4ff4-b011-99a461e9d359" w:customStyle="1">
+    <w:name w:val="Table Grid_58dd54af-2ac0-4ff4-b011-99a461e9d359"/>
+    <w:basedOn w:val="NormalTable_6b79a3a9-ae34-4b03-955b-bfb3c9264080"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c09dfc15-4e7f-41bb-9345-71bfc5803491" w:customStyle="1">
-    <w:name w:val="Normal Table_c09dfc15-4e7f-41bb-9345-71bfc5803491"/>
+  <w:style w:type="table" w:styleId="NormalTable_e04a81c3-8846-4246-b084-4087d359a8b1" w:customStyle="1">
+    <w:name w:val="Normal Table_e04a81c3-8846-4246-b084-4087d359a8b1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_09903cd5-59f6-4efb-933c-16dc4b8b43e5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c09dfc15-4e7f-41bb-9345-71bfc5803491"/>
+  <w:style w:type="table" w:styleId="TableGrid_9c919c8a-eb97-4135-b798-4476500a9c5e" w:customStyle="1">
+    <w:name w:val="Table Grid_9c919c8a-eb97-4135-b798-4476500a9c5e"/>
+    <w:basedOn w:val="NormalTable_e04a81c3-8846-4246-b084-4087d359a8b1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_721dcbbb-b958-40af-95cc-e6a70927fa3e" w:customStyle="1">
-    <w:name w:val="Normal Table_721dcbbb-b958-40af-95cc-e6a70927fa3e"/>
+  <w:style w:type="table" w:styleId="NormalTable_64702e39-5dff-450c-a1a7-a13fa4d047f9" w:customStyle="1">
+    <w:name w:val="Normal Table_64702e39-5dff-450c-a1a7-a13fa4d047f9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45b5954f-5285-4ae3-8b84-66690e449a00" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_721dcbbb-b958-40af-95cc-e6a70927fa3e"/>
+  <w:style w:type="table" w:styleId="TableGrid_0e7cdc3c-5ff2-43ef-ab67-8cbddb84e30c" w:customStyle="1">
+    <w:name w:val="Table Grid_0e7cdc3c-5ff2-43ef-ab67-8cbddb84e30c"/>
+    <w:basedOn w:val="NormalTable_64702e39-5dff-450c-a1a7-a13fa4d047f9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c33ea00e-4d76-4d82-966a-5f6217d92a46" w:customStyle="1">
-    <w:name w:val="Normal Table_c33ea00e-4d76-4d82-966a-5f6217d92a46"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e9c548e-7c87-43bb-b50c-acc8af6d0cee" w:customStyle="1">
+    <w:name w:val="Normal Table_7e9c548e-7c87-43bb-b50c-acc8af6d0cee"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e7445e56-1346-4bdb-b9f6-bbc765d0fd9f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c33ea00e-4d76-4d82-966a-5f6217d92a46"/>
+  <w:style w:type="table" w:styleId="TableGrid_92bfafd3-0f8c-4150-8a75-c4573718355d" w:customStyle="1">
+    <w:name w:val="Table Grid_92bfafd3-0f8c-4150-8a75-c4573718355d"/>
+    <w:basedOn w:val="NormalTable_7e9c548e-7c87-43bb-b50c-acc8af6d0cee"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ac01cb58-bf32-4f08-a25c-7f38d01c4e1e" w:customStyle="1">
-    <w:name w:val="Normal Table_ac01cb58-bf32-4f08-a25c-7f38d01c4e1e"/>
+  <w:style w:type="table" w:styleId="NormalTable_271772a8-bd00-4034-aad1-faace682e99c" w:customStyle="1">
+    <w:name w:val="Normal Table_271772a8-bd00-4034-aad1-faace682e99c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_608388fb-50f4-4d5d-9f65-122ff22c3687" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ac01cb58-bf32-4f08-a25c-7f38d01c4e1e"/>
+  <w:style w:type="table" w:styleId="TableGrid_9ff6d089-c5eb-4d8d-b700-15501fe430b0" w:customStyle="1">
+    <w:name w:val="Table Grid_9ff6d089-c5eb-4d8d-b700-15501fe430b0"/>
+    <w:basedOn w:val="NormalTable_271772a8-bd00-4034-aad1-faace682e99c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_17c2412c-6e83-4a28-9fff-8ae398909878" w:customStyle="1">
-    <w:name w:val="Normal Table_17c2412c-6e83-4a28-9fff-8ae398909878"/>
+  <w:style w:type="table" w:styleId="NormalTable_c013bf08-aac4-4689-9701-e0040cbe54d5" w:customStyle="1">
+    <w:name w:val="Normal Table_c013bf08-aac4-4689-9701-e0040cbe54d5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d1e2869e-51fd-473b-8ac5-4531b12a4050" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_17c2412c-6e83-4a28-9fff-8ae398909878"/>
+  <w:style w:type="table" w:styleId="TableGrid_6f05daea-9172-4da2-b222-2f31806c2836" w:customStyle="1">
+    <w:name w:val="Table Grid_6f05daea-9172-4da2-b222-2f31806c2836"/>
+    <w:basedOn w:val="NormalTable_c013bf08-aac4-4689-9701-e0040cbe54d5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_75853699-e069-4820-ba91-81fbbea0ddd6" w:customStyle="1">
-    <w:name w:val="Normal Table_75853699-e069-4820-ba91-81fbbea0ddd6"/>
+  <w:style w:type="table" w:styleId="NormalTable_1ac9bc30-9e3f-4ae3-a1a4-5b2b4e64d9d2" w:customStyle="1">
+    <w:name w:val="Normal Table_1ac9bc30-9e3f-4ae3-a1a4-5b2b4e64d9d2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d348e79e-18b5-4e34-a54d-6190795e7490" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_75853699-e069-4820-ba91-81fbbea0ddd6"/>
+  <w:style w:type="table" w:styleId="TableGrid_03cbaad4-a80b-4337-8d07-262e4ffc5d3c" w:customStyle="1">
+    <w:name w:val="Table Grid_03cbaad4-a80b-4337-8d07-262e4ffc5d3c"/>
+    <w:basedOn w:val="NormalTable_1ac9bc30-9e3f-4ae3-a1a4-5b2b4e64d9d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b5602a89-da8f-4cf1-aa9e-994fc8f7aa8d" w:customStyle="1">
-    <w:name w:val="Normal Table_b5602a89-da8f-4cf1-aa9e-994fc8f7aa8d"/>
+  <w:style w:type="table" w:styleId="NormalTable_5d239a41-f49f-4fbd-90ae-71806ea63d00" w:customStyle="1">
+    <w:name w:val="Normal Table_5d239a41-f49f-4fbd-90ae-71806ea63d00"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_32bd9c6a-5acc-41d0-8cee-c8fa0f14fc02" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b5602a89-da8f-4cf1-aa9e-994fc8f7aa8d"/>
+  <w:style w:type="table" w:styleId="TableGrid_017448b8-bf21-41a5-9206-c9f7dfdfb4cb" w:customStyle="1">
+    <w:name w:val="Table Grid_017448b8-bf21-41a5-9206-c9f7dfdfb4cb"/>
+    <w:basedOn w:val="NormalTable_5d239a41-f49f-4fbd-90ae-71806ea63d00"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>