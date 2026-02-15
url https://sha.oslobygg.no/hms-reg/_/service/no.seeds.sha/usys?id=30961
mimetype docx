--- v1 (2025-12-22)
+++ v2 (2026-02-15)
@@ -1797,117 +1797,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_92bfafd3-0f8c-4150-8a75-c4573718355d"/>
+      <w:tblStyle w:val="TableGrid_8bb9cd46-1354-4a0e-8c4d-dd292dd4c645"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">22.12.2025 19:56:20 </w:t>
+            <w:t xml:space="preserve">15.02.2026 02:12:19 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1924,153 +1924,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9ff6d089-c5eb-4d8d-b700-15501fe430b0"/>
+      <w:tblStyle w:val="TableGrid_4cda9ed2-e798-43ec-8aed-9a7cd788fab8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_8f6cf69b-bc6a-4ae3-83c9-7dacbeaf7cae"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_cb0e96d4-22d2-4a21-beb7-6e2f4f7e6679"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b4eafd4f-8115-4f1f-bd05-cea785a09f66"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b9211ea0-d5a3-4051-b37d-c2f092bc3de2"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt_kontrakt</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b4eafd4f-8115-4f1f-bd05-cea785a09f66"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b9211ea0-d5a3-4051-b37d-c2f092bc3de2"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+            <w:pStyle w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2083,59 +2083,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+      <w:pStyle w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_017448b8-bf21-41a5-9206-c9f7dfdfb4cb"/>
+      <w:tblStyle w:val="TableGrid_229f7b6a-d0a6-4a37-8e88-dad9e1656d1e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2146,373 +2146,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6f05daea-9172-4da2-b222-2f31806c2836"/>
+            <w:tblStyle w:val="TableGrid_626d4def-9432-452d-aba6-0258f4e84385"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Oppfølging av arbeidslivsseriøsitet i rammeavtaler (EIE og VED)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">26.08.2025 (Berit Elise Bye)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+            <w:pStyle w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_03cbaad4-a80b-4337-8d07-262e4ffc5d3c"/>
+            <w:tblStyle w:val="TableGrid_fc2a5051-4f2d-4e55-aff9-0d290b6dfc42"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1200"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Berit Elise Bye</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+            <w:pStyle w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+      <w:pStyle w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="58C11D7B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4571,629 +4571,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2f46c0e5-ebdd-4637-a7d7-0e17979d9127" w:customStyle="1">
     <w:name w:val="Table Grid_2f46c0e5-ebdd-4637-a7d7-0e17979d9127"/>
     <w:basedOn w:val="NormalTablea1e03668-97e0-4eb0-8dc3-30d5a5f47009"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37" w:customStyle="1">
-    <w:name w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+  <w:style w:type="paragraph" w:styleId="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2" w:customStyle="1">
+    <w:name w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a4e162b-ae33-4fae-bec0-925c26c8a177" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_0a879eb3-ce34-42d9-bb80-78b0749d2fc5"/>
+    <w:basedOn w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_23466cd4-fdb6-4f61-8f4b-aa3703550dd8" w:customStyle="1">
-    <w:name w:val="Normal Table_23466cd4-fdb6-4f61-8f4b-aa3703550dd8"/>
+  <w:style w:type="table" w:styleId="NormalTable_56f64e73-87df-450f-b293-0ceaf6f68371" w:customStyle="1">
+    <w:name w:val="Normal Table_56f64e73-87df-450f-b293-0ceaf6f68371"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a6870100-2dcc-4b5d-83f2-358911f19f28" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_23466cd4-fdb6-4f61-8f4b-aa3703550dd8"/>
+  <w:style w:type="table" w:styleId="TableGrid_5f7ed13f-0c43-4b42-a8c7-796974f46c0c" w:customStyle="1">
+    <w:name w:val="Table Grid_5f7ed13f-0c43-4b42-a8c7-796974f46c0c"/>
+    <w:basedOn w:val="NormalTable_56f64e73-87df-450f-b293-0ceaf6f68371"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_8f6cf69b-bc6a-4ae3-83c9-7dacbeaf7cae" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_cb0e96d4-22d2-4a21-beb7-6e2f4f7e6679" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_cb0e96d4-22d2-4a21-beb7-6e2f4f7e6679"/>
+    <w:basedOn w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_b4eafd4f-8115-4f1f-bd05-cea785a09f66" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_851fed45-4e4a-4a7a-80a5-885b0d90fb37"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_b9211ea0-d5a3-4051-b37d-c2f092bc3de2" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b9211ea0-d5a3-4051-b37d-c2f092bc3de2"/>
+    <w:basedOn w:val="Normal_bd9b5d26-76da-4f2d-9e71-c2224a0bc6d2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_36af8d59-cb4d-464a-ae79-23c8d95019c3" w:customStyle="1">
-    <w:name w:val="Normal Table_36af8d59-cb4d-464a-ae79-23c8d95019c3"/>
+  <w:style w:type="table" w:styleId="NormalTable_28d56870-6297-4f49-9b8e-7b5766a2b391" w:customStyle="1">
+    <w:name w:val="Normal Table_28d56870-6297-4f49-9b8e-7b5766a2b391"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fcac6dbb-7ffb-4fb4-bdb3-ac07b4821ef4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_36af8d59-cb4d-464a-ae79-23c8d95019c3"/>
+  <w:style w:type="table" w:styleId="TableGrid_6d1526cf-df59-40ce-bce3-054b074b9c43" w:customStyle="1">
+    <w:name w:val="Table Grid_6d1526cf-df59-40ce-bce3-054b074b9c43"/>
+    <w:basedOn w:val="NormalTable_28d56870-6297-4f49-9b8e-7b5766a2b391"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6b79a3a9-ae34-4b03-955b-bfb3c9264080" w:customStyle="1">
-    <w:name w:val="Normal Table_6b79a3a9-ae34-4b03-955b-bfb3c9264080"/>
+  <w:style w:type="table" w:styleId="NormalTable_67c3ff6f-4457-424a-95a6-88c3f048d444" w:customStyle="1">
+    <w:name w:val="Normal Table_67c3ff6f-4457-424a-95a6-88c3f048d444"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_58dd54af-2ac0-4ff4-b011-99a461e9d359" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6b79a3a9-ae34-4b03-955b-bfb3c9264080"/>
+  <w:style w:type="table" w:styleId="TableGrid_0abf33b9-47eb-48c8-b945-a000bb20cc18" w:customStyle="1">
+    <w:name w:val="Table Grid_0abf33b9-47eb-48c8-b945-a000bb20cc18"/>
+    <w:basedOn w:val="NormalTable_67c3ff6f-4457-424a-95a6-88c3f048d444"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e04a81c3-8846-4246-b084-4087d359a8b1" w:customStyle="1">
-    <w:name w:val="Normal Table_e04a81c3-8846-4246-b084-4087d359a8b1"/>
+  <w:style w:type="table" w:styleId="NormalTable_cfb756ca-9b0a-4994-9310-b54ab4a412f5" w:customStyle="1">
+    <w:name w:val="Normal Table_cfb756ca-9b0a-4994-9310-b54ab4a412f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c919c8a-eb97-4135-b798-4476500a9c5e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e04a81c3-8846-4246-b084-4087d359a8b1"/>
+  <w:style w:type="table" w:styleId="TableGrid_f9428b48-9ed6-4e85-bff5-c068cfdda397" w:customStyle="1">
+    <w:name w:val="Table Grid_f9428b48-9ed6-4e85-bff5-c068cfdda397"/>
+    <w:basedOn w:val="NormalTable_cfb756ca-9b0a-4994-9310-b54ab4a412f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_64702e39-5dff-450c-a1a7-a13fa4d047f9" w:customStyle="1">
-    <w:name w:val="Normal Table_64702e39-5dff-450c-a1a7-a13fa4d047f9"/>
+  <w:style w:type="table" w:styleId="NormalTable_a9e6e483-d22f-4368-bc3a-8a092b4dfbaf" w:customStyle="1">
+    <w:name w:val="Normal Table_a9e6e483-d22f-4368-bc3a-8a092b4dfbaf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0e7cdc3c-5ff2-43ef-ab67-8cbddb84e30c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_64702e39-5dff-450c-a1a7-a13fa4d047f9"/>
+  <w:style w:type="table" w:styleId="TableGrid_9308c750-9cde-4dfa-b19c-034398bca6d0" w:customStyle="1">
+    <w:name w:val="Table Grid_9308c750-9cde-4dfa-b19c-034398bca6d0"/>
+    <w:basedOn w:val="NormalTable_a9e6e483-d22f-4368-bc3a-8a092b4dfbaf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7e9c548e-7c87-43bb-b50c-acc8af6d0cee" w:customStyle="1">
-    <w:name w:val="Normal Table_7e9c548e-7c87-43bb-b50c-acc8af6d0cee"/>
+  <w:style w:type="table" w:styleId="NormalTable_f45c83fe-d3d2-49f4-8ec4-326718ad82fa" w:customStyle="1">
+    <w:name w:val="Normal Table_f45c83fe-d3d2-49f4-8ec4-326718ad82fa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_92bfafd3-0f8c-4150-8a75-c4573718355d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7e9c548e-7c87-43bb-b50c-acc8af6d0cee"/>
+  <w:style w:type="table" w:styleId="TableGrid_8bb9cd46-1354-4a0e-8c4d-dd292dd4c645" w:customStyle="1">
+    <w:name w:val="Table Grid_8bb9cd46-1354-4a0e-8c4d-dd292dd4c645"/>
+    <w:basedOn w:val="NormalTable_f45c83fe-d3d2-49f4-8ec4-326718ad82fa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_271772a8-bd00-4034-aad1-faace682e99c" w:customStyle="1">
-    <w:name w:val="Normal Table_271772a8-bd00-4034-aad1-faace682e99c"/>
+  <w:style w:type="table" w:styleId="NormalTable_5c818561-698c-4814-9184-e65a4a1054c1" w:customStyle="1">
+    <w:name w:val="Normal Table_5c818561-698c-4814-9184-e65a4a1054c1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9ff6d089-c5eb-4d8d-b700-15501fe430b0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_271772a8-bd00-4034-aad1-faace682e99c"/>
+  <w:style w:type="table" w:styleId="TableGrid_4cda9ed2-e798-43ec-8aed-9a7cd788fab8" w:customStyle="1">
+    <w:name w:val="Table Grid_4cda9ed2-e798-43ec-8aed-9a7cd788fab8"/>
+    <w:basedOn w:val="NormalTable_5c818561-698c-4814-9184-e65a4a1054c1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c013bf08-aac4-4689-9701-e0040cbe54d5" w:customStyle="1">
-    <w:name w:val="Normal Table_c013bf08-aac4-4689-9701-e0040cbe54d5"/>
+  <w:style w:type="table" w:styleId="NormalTable_ccaaf2c5-efb4-47f3-a39b-1a126d9d29cd" w:customStyle="1">
+    <w:name w:val="Normal Table_ccaaf2c5-efb4-47f3-a39b-1a126d9d29cd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6f05daea-9172-4da2-b222-2f31806c2836" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c013bf08-aac4-4689-9701-e0040cbe54d5"/>
+  <w:style w:type="table" w:styleId="TableGrid_626d4def-9432-452d-aba6-0258f4e84385" w:customStyle="1">
+    <w:name w:val="Table Grid_626d4def-9432-452d-aba6-0258f4e84385"/>
+    <w:basedOn w:val="NormalTable_ccaaf2c5-efb4-47f3-a39b-1a126d9d29cd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1ac9bc30-9e3f-4ae3-a1a4-5b2b4e64d9d2" w:customStyle="1">
-    <w:name w:val="Normal Table_1ac9bc30-9e3f-4ae3-a1a4-5b2b4e64d9d2"/>
+  <w:style w:type="table" w:styleId="NormalTable_958bba6e-e290-42b8-aa99-6fb2cc64cf9a" w:customStyle="1">
+    <w:name w:val="Normal Table_958bba6e-e290-42b8-aa99-6fb2cc64cf9a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_03cbaad4-a80b-4337-8d07-262e4ffc5d3c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1ac9bc30-9e3f-4ae3-a1a4-5b2b4e64d9d2"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc2a5051-4f2d-4e55-aff9-0d290b6dfc42" w:customStyle="1">
+    <w:name w:val="Table Grid_fc2a5051-4f2d-4e55-aff9-0d290b6dfc42"/>
+    <w:basedOn w:val="NormalTable_958bba6e-e290-42b8-aa99-6fb2cc64cf9a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5d239a41-f49f-4fbd-90ae-71806ea63d00" w:customStyle="1">
-    <w:name w:val="Normal Table_5d239a41-f49f-4fbd-90ae-71806ea63d00"/>
+  <w:style w:type="table" w:styleId="NormalTable_0f30f34c-c6a9-415b-aade-b81edf6f808e" w:customStyle="1">
+    <w:name w:val="Normal Table_0f30f34c-c6a9-415b-aade-b81edf6f808e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_017448b8-bf21-41a5-9206-c9f7dfdfb4cb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5d239a41-f49f-4fbd-90ae-71806ea63d00"/>
+  <w:style w:type="table" w:styleId="TableGrid_229f7b6a-d0a6-4a37-8e88-dad9e1656d1e" w:customStyle="1">
+    <w:name w:val="Table Grid_229f7b6a-d0a6-4a37-8e88-dad9e1656d1e"/>
+    <w:basedOn w:val="NormalTable_0f30f34c-c6a9-415b-aade-b81edf6f808e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>