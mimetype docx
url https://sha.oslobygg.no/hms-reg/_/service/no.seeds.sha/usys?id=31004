--- v0 (2025-11-01)
+++ v1 (2025-12-22)
@@ -38,50 +38,51 @@
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="699862BB">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Oslo Sans Office" w:cstheme="minorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Søknaden skal fylles ut av Oslobyggs (OBFs) kontraktspart. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="157200AF">
       <w:pPr>
         <w:pStyle w:val="Overskrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Oslo Sans Office"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Oslo Sans Office"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle relevante punkter må fylles ut. Søknaden vil ikke bli behandlet før etterspurte opplysninger er gitt. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="51"/>
         <w:tblW w:w="9474" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -257,50 +258,51 @@
               <w:sdtEndPr>
                 <w:rPr/>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t xml:space="preserve">☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73E3A9DC">
       <w:pPr>
         <w:pStyle w:val="Overskrift1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Oslo Sans Office" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Oslo Sans Office" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeg </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Oslo Sans Office" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">[sett inn ditt navn]</w:t>
       </w:r>
@@ -1570,100 +1572,117 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9b700b62-3934-4fc6-a17c-e37f27f5836a"/>
+      <w:tblStyle w:val="TableGrid_f820dfd9-3633-49f6-bfda-0f2af57929bf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4820"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">02.11.2025 00:27:32 </w:t>
+            <w:t xml:space="preserve">22.12.2025 19:56:21 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1680,493 +1699,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e0f42954-982b-4a38-9c4b-05483ffe9572"/>
+      <w:tblStyle w:val="TableGrid_51fb832f-4c26-473a-a0e9-8a3dc77b3d52"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2321"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_c9544c42-85fd-4cdc-a145-35b6c7fdac30"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_668635c1-8ad8-4a39-97f4-b934210e8207"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 849. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_59200c3b-91a8-459b-8d5c-db142c1da486"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_39ad1634-83f0-4d98-b379-a962d71a716f"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Søknad om godkjenning av underleverandør Oslobygg</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_59200c3b-91a8-459b-8d5c-db142c1da486"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_39ad1634-83f0-4d98-b379-a962d71a716f"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+            <w:pStyle w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+      <w:pStyle w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e8a610af-4357-487b-b46d-8bcb7593814f"/>
+      <w:tblStyle w:val="TableGrid_f1f05e26-1c73-4c97-ba1a-2d6fed11f378"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3374"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f8077f93-23f0-44d7-bf24-82bd22891d59"/>
+            <w:tblStyle w:val="TableGrid_2faaf587-67f8-48b7-93dd-514e8ba16f5f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Godkjenne underleverandør</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">10.09.2024 (Jens N. Kortner)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+            <w:pStyle w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3374"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8d564d78-2a66-4ceb-84b8-df9d7eaf31d6"/>
+            <w:tblStyle w:val="TableGrid_ccae9076-886b-4687-ad5b-efd8e9be51af"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1280"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1280"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1280"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Jens N. Kortner</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+            <w:pStyle w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+      <w:pStyle w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="083A4B18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="705"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
@@ -3110,59 +3231,59 @@
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1.%2"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="718" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
-        <w14:shadow xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w:noProof w:val="0"/>
-        <w14:glow xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:rad="0">
+        <w14:glow w14:rad="0">
           <w14:srgbClr w14:val="000000"/>
         </w14:glow>
-        <w14:reflection xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:blurRad="0" w14:stA="0" w14:stPos="0" w14:endA="0" w14:endPos="0" w14:dist="0" w14:dir="0" w14:fadeDir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none"/>
-        <w14:textOutline xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+        <w14:reflection w14:blurRad="0" w14:stA="0" w14:stPos="0" w14:endA="0" w14:endPos="0" w14:dist="0" w14:dir="0" w14:fadeDir="0" w14:sx="0" w14:kx="0" w14:ky="0" w14:algn="none"/>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
         <w:vanish w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:u w:val="none"/>
         <w:em w:val="none"/>
         <w:effect w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w:specVanish w:val="0"/>
         <w14:ligatures w14:val="none"/>
         <w14:numForm w14:val="default"/>
         <w14:numSpacing w14:val="default"/>
         <w14:cntxtAlts w14:val="false"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1.%2.%3"/>
@@ -4149,51 +4270,51 @@
   <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:printFractionalCharacterWidth xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:embedSystemFonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="0"/>
   <w:displayVerticalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="Avdeling" w:val="lab_avdeling"/>
     <w:docVar w:name="Avsnitt" w:val="lab_avsnitt"/>
     <w:docVar w:name="Bedriftsnavn" w:val="Datakvalitet AS"/>
     <w:docVar w:name="beskyttet" w:val="nei"/>
     <w:docVar w:name="docver" w:val="2.20"/>
     <w:docVar w:name="ek_ansvarlig" w:val="Høibakk, Tone"/>
     <w:docVar w:name="ek_bedriftsnavn" w:val="Sporveien"/>
     <w:docVar w:name="ek_dbfields" w:val="EK_Avdeling¤2#4¤2# ¤3#EK_Avsnitt¤2#4¤2# ¤3#EK_Bedriftsnavn¤2#1¤2#Sporveien¤3#EK_GjelderFra¤2#0¤2#31.07.2018¤3#EK_Opprettet¤2#0¤2#19.01.2005¤3#EK_Utgitt¤2#0¤2#19.01.2005¤3#EK_IBrukDato¤2#0¤2#31.07.2018¤3#EK_DokumentID¤2#0¤2#D06580¤3#EK_DokTittel¤2#0¤2#Prosedyre og rutine mal¤3#EK_DokType¤2#0¤2#Mal¤3#EK_EksRef¤2#2¤2# 0&#9;¤3#EK_Erstatter¤2#0¤2#3.01¤3#EK_ErstatterD¤2#0¤2#18.09.2017¤3#EK_Signatur¤2#0¤2#Per Magne Mathisen¤3#EK_Verifisert¤2#0¤2# ¤3#EK_Hørt¤2#0¤2# ¤3#EK_AuditReview¤2#2¤2# ¤3#EK_AuditApprove¤2#2¤2# ¤3#EK_Gradering¤2#0¤2#Åpen¤3#EK_Gradnr¤2#4¤2#0¤3#EK_Kapittel¤2#4¤2# ¤3#EK_Referanse¤2#2¤2# 4&#9;S1-S-1&#9;Definisjoner og forkortelser&#9;06126&#9;dok06126.docx¤1#S1-IE-3&#9;Nummerering av dokumenter&#9;06144&#9;dok06144.docx¤1#S1-IE-4&#9;Utarbeidelse og godkjenning av styringsdokumenter&#9;06148&#9;dok06148.docx¤1#S1-IE-7&#9;Kontroll og sporbarhet med registreringer&#9;06199&#9;dok06199.docx¤1#¤3#EK_RefNr¤2#0¤2#S1-S-3¤3#EK_Revisjon¤2#0¤2#3.02¤3#EK_Ansvarlig¤2#0¤2#Høibakk, Tone¤3#EK_SkrevetAv¤2#0¤2#Tone Høibakk¤3#EK_DokAnsvNavn¤2#0¤2#Truls Søvde¤3#EK_UText2¤2#0¤2# ¤3#EK_UText3¤2#0¤2# ¤3#EK_UText4¤2#0¤2# ¤3#EK_Status¤2#0¤2#I bruk¤3#EK_Stikkord¤2#0¤2#instruks, prosess¤3#EK_Rapport¤2#3¤2#¤3#EK_EKPrintMerke¤2#0¤2#Uoffisiell utskrift er kun gyldig på utskriftsdato¤3#EK_Watermark¤2#0¤2#¤3#EK_Utgave¤2#0¤2#3.02¤3#EK_Merknad¤2#7¤2#Fjernte skrivebeskyttelse (igjen!)&#13;&#10;Forlenget gyldighet til 31.07.2021¤3#EK_VerLogg¤2#2¤2# ¤3#EK_RF1¤2#4¤2# ¤3#EK_RF2¤2#4¤2# ¤3#EK_RF3¤2#4¤2# ¤3#EK_RF4¤2#4¤2# ¤3#EK_RF5¤2#4¤2# ¤3#EK_RF6¤2#4¤2# ¤3#EK_RF7¤2#4¤2# ¤3#EK_RF8¤2#4¤2# ¤3#EK_RF9¤2#4¤2# ¤3#EK_Mappe1¤2#4¤2# ¤3#EK_Mappe2¤2#4¤2# ¤3#EK_Mappe3¤2#4¤2# ¤3#EK_Mappe4¤2#4¤2# ¤3#EK_Mappe5¤2#4¤2# ¤3#EK_Mappe6¤2#4¤2# ¤3#EK_Mappe7¤2#4¤2# ¤3#EK_Mappe8¤2#4¤2# ¤3#EK_Mappe9¤2#4¤2# ¤3#EK_DL¤2#0¤2#3¤3#EK_GjelderTil¤2#0¤2#31.07.2021¤3#EK_Vedlegg¤2#2¤2# 0&#9;¤3#EK_AvdelingOver¤2#4¤2# ¤3#EK_HRefNr¤2#0¤2# ¤3#EK_HbNavn¤2#0¤2# ¤3#EK_DokRefnr¤2#4¤2#001401¤3#EK_Dokendrdato¤2#4¤2#31.07.2018 09:14:22¤3#EK_HbType¤2#4¤2# ¤3#EK_Offisiell¤2#4¤2# ¤3#EK_VedleggRef¤2#4¤2#S1-S-3¤3#EK_Strukt00¤2#5¤2#¤5#S1¤5#Forvaltning av styringssystem¤5#2¤5#0¤4#-¤5#S¤5#Sporveien felles¤5#1¤5#0¤4#/¤3#EK_Strukt01¤2#5¤2#¤3#EK_Pub¤2#6¤2#;10;¤3#EKR_DokType¤2#0¤2# ¤3#EKR_Doktittel¤2#0¤2# ¤3#EKR_DokumentID¤2#0¤2# ¤3#EKR_RefNr¤2#0¤2# ¤3#EKR_Gradering¤2#0¤2# ¤3#EKR_Signatur¤2#0¤2# ¤3#EKR_Verifisert¤2#0¤2# ¤3#EKR_Hørt¤2#0¤2# ¤3#EKR_AuditReview¤2#2¤2# ¤3#EKR_AuditApprove¤2#2¤2# ¤3#EKR_Dokeier¤2#0¤2# ¤3#EKR_Status¤2#0¤2# ¤3#EKR_Opprettet¤2#0¤2# ¤3#EKR_Endret¤2#0¤2# ¤3#EKR_Ibruk¤2#0¤2# ¤3#EKR_Rapport¤2#3¤2# ¤3#EKR_Utgitt¤2#0¤2# ¤3#EKR_SkrevetAv¤2#0¤2# ¤3#EKR_UText1¤2#0¤2# ¤3#EKR_UText2¤2#0¤2# ¤3#EKR_UText3¤2#0¤2# ¤3#EKR_UText4¤2#0¤2# ¤3#EKR_DokRefnr¤2#4¤2# ¤3#EKR_Gradnr¤2#4¤2# ¤3#EKR_Strukt00¤2#5¤2#¤5#S1¤5#Forvaltning av styringssystem¤5#2¤5#0¤4#-¤5#S¤5#Sporveien felles¤5#1¤5#0¤4#/¤3#"/>
     <w:docVar w:name="ek_dl" w:val="3"/>
     <w:docVar w:name="ek_dokansvnavn" w:val="Truls Søvde"/>
     <w:docVar w:name="ek_doktittel" w:val="Prosedyre og rutine mal"/>
     <w:docVar w:name="ek_doktype" w:val="Mal"/>
     <w:docVar w:name="ek_dokumentid" w:val="D06580"/>
     <w:docVar w:name="ek_editprotect" w:val="-1"/>
     <w:docVar w:name="ek_ekprintmerke" w:val="Uoffisiell utskrift er kun gyldig på utskriftsdato"/>
     <w:docVar w:name="ek_eksref" w:val="[EK_EksRef]"/>
     <w:docVar w:name="ek_erstatter" w:val="3.01"/>
@@ -5987,629 +6108,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridfe888e9f-fbee-47cd-ae16-d0bc110e7abb" w:customStyle="1">
     <w:name w:val="Table Grid_fe888e9f-fbee-47cd-ae16-d0bc110e7abb"/>
     <w:basedOn w:val="NormalTable8817ee43-4b4c-4510-937a-018281370d6a"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767" w:customStyle="1">
-    <w:name w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+  <w:style w:type="paragraph" w:styleId="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280" w:customStyle="1">
+    <w:name w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_05f66b0d-0954-45ea-810a-3159a9da3534" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_9cd2c76b-992f-4ce4-a613-58d0aeee069c"/>
+    <w:basedOn w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5083d3ae-b607-4b9e-a902-ccfb3174376a" w:customStyle="1">
-    <w:name w:val="Normal Table_5083d3ae-b607-4b9e-a902-ccfb3174376a"/>
+  <w:style w:type="table" w:styleId="NormalTable_38edb091-7d64-4cbc-ab58-53fa258abe51" w:customStyle="1">
+    <w:name w:val="Normal Table_38edb091-7d64-4cbc-ab58-53fa258abe51"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1af6a6f1-52f0-45d9-b0c8-47101164996a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5083d3ae-b607-4b9e-a902-ccfb3174376a"/>
+  <w:style w:type="table" w:styleId="TableGrid_50642903-061b-4e11-8207-d21bc713d1c6" w:customStyle="1">
+    <w:name w:val="Table Grid_50642903-061b-4e11-8207-d21bc713d1c6"/>
+    <w:basedOn w:val="NormalTable_38edb091-7d64-4cbc-ab58-53fa258abe51"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_c9544c42-85fd-4cdc-a145-35b6c7fdac30" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_668635c1-8ad8-4a39-97f4-b934210e8207" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_668635c1-8ad8-4a39-97f4-b934210e8207"/>
+    <w:basedOn w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_59200c3b-91a8-459b-8d5c-db142c1da486" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_97b4eafc-950d-4e83-b6f6-3070148fd767"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_39ad1634-83f0-4d98-b379-a962d71a716f" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_39ad1634-83f0-4d98-b379-a962d71a716f"/>
+    <w:basedOn w:val="Normal_bf16fc2d-b6ea-4024-9d22-c48e320a2280"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ae3f7d2-fc02-42fb-9ef0-680684939d98" w:customStyle="1">
-    <w:name w:val="Normal Table_8ae3f7d2-fc02-42fb-9ef0-680684939d98"/>
+  <w:style w:type="table" w:styleId="NormalTable_926ac18d-0572-4220-b541-eb062a3aee03" w:customStyle="1">
+    <w:name w:val="Normal Table_926ac18d-0572-4220-b541-eb062a3aee03"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_472c4287-888a-49c3-b62a-f84c4b2b89d0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ae3f7d2-fc02-42fb-9ef0-680684939d98"/>
+  <w:style w:type="table" w:styleId="TableGrid_5b2d30e5-a80c-4a67-9741-c4c4daaa5490" w:customStyle="1">
+    <w:name w:val="Table Grid_5b2d30e5-a80c-4a67-9741-c4c4daaa5490"/>
+    <w:basedOn w:val="NormalTable_926ac18d-0572-4220-b541-eb062a3aee03"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6480dc56-d2fe-4862-aae8-cdd2c2cf04f7" w:customStyle="1">
-    <w:name w:val="Normal Table_6480dc56-d2fe-4862-aae8-cdd2c2cf04f7"/>
+  <w:style w:type="table" w:styleId="NormalTable_c888be60-9ee5-4a21-bae4-70e15ee174b4" w:customStyle="1">
+    <w:name w:val="Normal Table_c888be60-9ee5-4a21-bae4-70e15ee174b4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8505bad6-33b5-41cb-8ac7-4f8eefeec879" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6480dc56-d2fe-4862-aae8-cdd2c2cf04f7"/>
+  <w:style w:type="table" w:styleId="TableGrid_0491e306-62d0-4760-b7f1-4949e4cf8056" w:customStyle="1">
+    <w:name w:val="Table Grid_0491e306-62d0-4760-b7f1-4949e4cf8056"/>
+    <w:basedOn w:val="NormalTable_c888be60-9ee5-4a21-bae4-70e15ee174b4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_08768e3a-1214-46c9-b901-87b6451b2d89" w:customStyle="1">
-    <w:name w:val="Normal Table_08768e3a-1214-46c9-b901-87b6451b2d89"/>
+  <w:style w:type="table" w:styleId="NormalTable_bf2371a3-cefd-4b7c-8fb0-f5ded18484f0" w:customStyle="1">
+    <w:name w:val="Normal Table_bf2371a3-cefd-4b7c-8fb0-f5ded18484f0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_da591f5d-b5b1-45cc-aae4-4c4cef706962" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_08768e3a-1214-46c9-b901-87b6451b2d89"/>
+  <w:style w:type="table" w:styleId="TableGrid_78415f65-79b0-43a4-bc24-5f4d10e10eab" w:customStyle="1">
+    <w:name w:val="Table Grid_78415f65-79b0-43a4-bc24-5f4d10e10eab"/>
+    <w:basedOn w:val="NormalTable_bf2371a3-cefd-4b7c-8fb0-f5ded18484f0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a65b746a-d0a0-4a46-80d7-5b40e328660f" w:customStyle="1">
-    <w:name w:val="Normal Table_a65b746a-d0a0-4a46-80d7-5b40e328660f"/>
+  <w:style w:type="table" w:styleId="NormalTable_2cb50dd8-847e-40aa-b94b-3461c7315397" w:customStyle="1">
+    <w:name w:val="Normal Table_2cb50dd8-847e-40aa-b94b-3461c7315397"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_884e2ea8-6636-46d1-a2cb-90e522d4a803" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a65b746a-d0a0-4a46-80d7-5b40e328660f"/>
+  <w:style w:type="table" w:styleId="TableGrid_0f6d26ec-0079-4638-8a2d-621db38b746c" w:customStyle="1">
+    <w:name w:val="Table Grid_0f6d26ec-0079-4638-8a2d-621db38b746c"/>
+    <w:basedOn w:val="NormalTable_2cb50dd8-847e-40aa-b94b-3461c7315397"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0d263312-58b9-48c8-9f83-89b9bbbdd7a4" w:customStyle="1">
-    <w:name w:val="Normal Table_0d263312-58b9-48c8-9f83-89b9bbbdd7a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_6af0a427-03b4-474f-8864-9bdd82819f01" w:customStyle="1">
+    <w:name w:val="Normal Table_6af0a427-03b4-474f-8864-9bdd82819f01"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9b700b62-3934-4fc6-a17c-e37f27f5836a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0d263312-58b9-48c8-9f83-89b9bbbdd7a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_f820dfd9-3633-49f6-bfda-0f2af57929bf" w:customStyle="1">
+    <w:name w:val="Table Grid_f820dfd9-3633-49f6-bfda-0f2af57929bf"/>
+    <w:basedOn w:val="NormalTable_6af0a427-03b4-474f-8864-9bdd82819f01"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9c8a55c3-8304-4287-9e34-aac000d3cc43" w:customStyle="1">
-    <w:name w:val="Normal Table_9c8a55c3-8304-4287-9e34-aac000d3cc43"/>
+  <w:style w:type="table" w:styleId="NormalTable_fe0611b3-9d9d-4112-97be-32273ffbeabf" w:customStyle="1">
+    <w:name w:val="Normal Table_fe0611b3-9d9d-4112-97be-32273ffbeabf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e0f42954-982b-4a38-9c4b-05483ffe9572" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9c8a55c3-8304-4287-9e34-aac000d3cc43"/>
+  <w:style w:type="table" w:styleId="TableGrid_51fb832f-4c26-473a-a0e9-8a3dc77b3d52" w:customStyle="1">
+    <w:name w:val="Table Grid_51fb832f-4c26-473a-a0e9-8a3dc77b3d52"/>
+    <w:basedOn w:val="NormalTable_fe0611b3-9d9d-4112-97be-32273ffbeabf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9c512e92-8469-400c-8074-835b59d5344b" w:customStyle="1">
-    <w:name w:val="Normal Table_9c512e92-8469-400c-8074-835b59d5344b"/>
+  <w:style w:type="table" w:styleId="NormalTable_5b9dd000-1e14-4a68-953f-f870d5d95d7f" w:customStyle="1">
+    <w:name w:val="Normal Table_5b9dd000-1e14-4a68-953f-f870d5d95d7f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f8077f93-23f0-44d7-bf24-82bd22891d59" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9c512e92-8469-400c-8074-835b59d5344b"/>
+  <w:style w:type="table" w:styleId="TableGrid_2faaf587-67f8-48b7-93dd-514e8ba16f5f" w:customStyle="1">
+    <w:name w:val="Table Grid_2faaf587-67f8-48b7-93dd-514e8ba16f5f"/>
+    <w:basedOn w:val="NormalTable_5b9dd000-1e14-4a68-953f-f870d5d95d7f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fd69c5e5-3175-42fe-afb2-6888d00fb117" w:customStyle="1">
-    <w:name w:val="Normal Table_fd69c5e5-3175-42fe-afb2-6888d00fb117"/>
+  <w:style w:type="table" w:styleId="NormalTable_aa5636c1-4474-48ec-93cd-8e06a7a9107c" w:customStyle="1">
+    <w:name w:val="Normal Table_aa5636c1-4474-48ec-93cd-8e06a7a9107c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8d564d78-2a66-4ceb-84b8-df9d7eaf31d6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fd69c5e5-3175-42fe-afb2-6888d00fb117"/>
+  <w:style w:type="table" w:styleId="TableGrid_ccae9076-886b-4687-ad5b-efd8e9be51af" w:customStyle="1">
+    <w:name w:val="Table Grid_ccae9076-886b-4687-ad5b-efd8e9be51af"/>
+    <w:basedOn w:val="NormalTable_aa5636c1-4474-48ec-93cd-8e06a7a9107c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6b521895-6edb-499b-95e3-e5e95c1da4e8" w:customStyle="1">
-    <w:name w:val="Normal Table_6b521895-6edb-499b-95e3-e5e95c1da4e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_cdcb74d8-0a17-4732-b405-27b33862b045" w:customStyle="1">
+    <w:name w:val="Normal Table_cdcb74d8-0a17-4732-b405-27b33862b045"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e8a610af-4357-487b-b46d-8bcb7593814f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6b521895-6edb-499b-95e3-e5e95c1da4e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_f1f05e26-1c73-4c97-ba1a-2d6fed11f378" w:customStyle="1">
+    <w:name w:val="Table Grid_f1f05e26-1c73-4c97-ba1a-2d6fed11f378"/>
+    <w:basedOn w:val="NormalTable_cdcb74d8-0a17-4732-b405-27b33862b045"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>