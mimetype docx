--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -249,52 +249,52 @@
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">som gjelder i prosjektet og «Sanksjonsmatrisen»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2316"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:firstLine="142"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="851909894"/>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1143030723"/>
+            <w:permStart w:colFirst="3" w:colLast="3" w:edGrp="everyone" w:id="0"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Prosjekt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4185"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1925"/>
@@ -329,119 +329,117 @@
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2316"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:firstLine="142"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1845456505"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1143030723"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2"/>
+            <w:permEnd w:id="0"/>
+            <w:permEnd w:id="1"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arbeidstakerens navn:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7461"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="284" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2316"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:firstLine="142"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1652369986"/>
-            <w:permEnd w:id="1845456505"/>
+            <w:permEnd w:id="2"/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ansatt i firma:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7461"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1652369986"/>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9777"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ovennevnte arbeider er i dag gitt HMS-advarsel pga</w:t>
@@ -492,51 +490,50 @@
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="723"/>
                 <w:gridSpan w:val="4"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:spacing/>
                   <w:ind w:left="209"/>
                   <w:rPr/>
                 </w:pPr>
-                <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="1084240887"/>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t xml:space="preserve">☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9054"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -573,52 +570,50 @@
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="723"/>
                 <w:gridSpan w:val="4"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:spacing/>
                   <w:ind w:left="209"/>
                   <w:rPr/>
                 </w:pPr>
-                <w:permEnd w:id="1084240887"/>
-                <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="1649508239"/>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t xml:space="preserve">☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9054"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -666,103 +661,100 @@
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr/>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="723"/>
                 <w:gridSpan w:val="4"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:spacing/>
                   <w:ind w:left="209"/>
                   <w:rPr/>
                 </w:pPr>
-                <w:permEnd w:id="1649508239"/>
-                <w:permStart w:colFirst="0" w:colLast="0" w:edGrp="everyone" w:id="801640913"/>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t xml:space="preserve">☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9054"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">gangs brudd og etter skriftlig advarsel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="801640913"/>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9777"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
@@ -796,75 +788,73 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="465" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="557"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="856179543"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9220"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="856179543"/>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="57" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Overtredelsen karakteriseres som brudd på følgende sikkerhetsbestemmelser i den prosjekttilpassede «Sanksjonsmatrisen»:</w:t>
@@ -916,51 +906,51 @@
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="142"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1362888655"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1219789096"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1017,52 +1007,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2086550381"/>
-            <w:permEnd w:id="1362888655"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="9"/>
+            <w:permEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1102799394"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1121,52 +1111,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="520553208"/>
-            <w:permEnd w:id="2086550381"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="10"/>
+            <w:permEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1127075474"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1225,52 +1215,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1980635063"/>
-            <w:permEnd w:id="520553208"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="11"/>
+            <w:permEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-704407790"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1347,52 +1337,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1092892576"/>
-            <w:permEnd w:id="1980635063"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="12"/>
+            <w:permEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1600796750"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1459,52 +1449,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1622426817"/>
-            <w:permEnd w:id="1092892576"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="13"/>
+            <w:permEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1456221160"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1571,52 +1561,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="639315964"/>
-            <w:permEnd w:id="1622426817"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="14"/>
+            <w:permEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="608549826"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1675,52 +1665,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1647710908"/>
-            <w:permEnd w:id="639315964"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="15"/>
+            <w:permEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1987507377"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1779,52 +1769,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1922725271"/>
-            <w:permEnd w:id="1647710908"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="16"/>
+            <w:permEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1444605520"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1883,52 +1873,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2072330517"/>
-            <w:permEnd w:id="1922725271"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="17"/>
+            <w:permEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-914627928"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -1987,52 +1977,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="326066896"/>
-            <w:permEnd w:id="2072330517"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="18"/>
+            <w:permEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1390719787"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2091,52 +2081,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="86262414"/>
-            <w:permEnd w:id="326066896"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="19"/>
+            <w:permEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-290821473"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2195,52 +2185,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1837391754"/>
-            <w:permEnd w:id="86262414"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="20"/>
+            <w:permEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1611864680"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2307,52 +2297,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1195257226"/>
-            <w:permEnd w:id="1837391754"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="21"/>
+            <w:permEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-1235235948"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2435,52 +2425,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1195330653"/>
-            <w:permEnd w:id="1195257226"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="22"/>
+            <w:permEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="1091054558"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2547,52 +2537,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="2067300139"/>
-            <w:permEnd w:id="1195330653"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="23"/>
+            <w:permEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:id w:val="-436372622"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr>
@@ -2651,52 +2641,52 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3397"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="567" w:hanging="425"/>
               <w:rPr/>
             </w:pPr>
-            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="860645977"/>
-            <w:permEnd w:id="2067300139"/>
+            <w:permStart w:colFirst="2" w:colLast="2" w:edGrp="everyone" w:id="24"/>
+            <w:permEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="406"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5974"/>
@@ -2719,101 +2709,99 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2624"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1794781749"/>
-            <w:permEnd w:id="860645977"/>
+            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="25"/>
+            <w:permEnd w:id="24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Sted, dato for advarselen:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="7153"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="405" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="160"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="4" w:colLast="4" w:edGrp="everyone" w:id="1692483260"/>
-[...1 lines deleted...]
-            <w:permEnd w:id="1794781749"/>
+            <w:permEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4640"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:firstLine="142"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2854,265 +2842,261 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4188"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="357"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...139 lines deleted...]
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:type="dxa" w:w="160"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:ind w:firstLine="142"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4640"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbeidstaker</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="220"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:ind w:firstLine="142"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="212"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="4188"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="dotted" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbeidsleder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:type="dxa" w:w="357"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="283" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:type="dxa" w:w="594"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:colFirst="1" w:colLast="1" w:edGrp="everyone" w:id="1214869479"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Kopi;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9183"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="70" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:permEnd w:id="1214869479"/>
     </w:tbl>
     <w:p w14:paraId="5D9EB147">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1134" w:bottom="1134" w:left="1418" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -3171,89 +3155,106 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_97d54941-c356-469b-afb4-e3031664b73e"/>
+      <w:tblStyle w:val="TableGrid_9559ea02-e82b-4267-bdd6-ce9616c6b575"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">02.11.2025 15:25:02 </w:t>
+            <w:t xml:space="preserve">22.12.2025 19:53:16 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3281,74 +3282,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e42a69e2-45f1-40a2-a1e7-f88eae0f32cd"/>
+      <w:tblStyle w:val="TableGrid_979cb7fa-559f-41cb-88ef-c4c9114d908b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6244"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 139. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -3366,408 +3384,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+            <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+      <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4c1a205c-3ce3-484d-8206-813d43933588"/>
+      <w:tblStyle w:val="TableGrid_7444ce40-81dc-48fb-8fe4-33eef0f11201"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f0398b20-6df2-4135-83a4-bc6ebc5caf52"/>
+            <w:tblStyle w:val="TableGrid_7abcfc86-d0ea-4e25-876f-f138435c976e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+            <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d7237acc-bebd-4503-8e6e-b44814e867ad"/>
+            <w:tblStyle w:val="TableGrid_d45eea02-ce72-4766-abc8-f8e8f79c1b74"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+            <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+      <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4130,51 +4233,51 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="110"/>
   <w:displayHorizontalDrawingGridEvery xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
@@ -4751,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_0801dfe1-ad34-4987-817b-851fb4e55450" w:customStyle="1">
-    <w:name w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+  <w:style w:type="paragraph" w:styleId="Normal_52233a02-56bb-44de-8d20-5060b86d32f5" w:customStyle="1">
+    <w:name w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+    <w:basedOn w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_490692ab-6ab3-4add-bdf1-fcc93d33433e" w:customStyle="1">
-    <w:name w:val="Normal Table_490692ab-6ab3-4add-bdf1-fcc93d33433e"/>
+  <w:style w:type="table" w:styleId="NormalTable_22ca3077-7c43-4d0f-b59b-36b5cec485f5" w:customStyle="1">
+    <w:name w:val="Normal Table_22ca3077-7c43-4d0f-b59b-36b5cec485f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_490692ab-6ab3-4add-bdf1-fcc93d33433e"/>
+    <w:basedOn w:val="NormalTable_22ca3077-7c43-4d0f-b59b-36b5cec485f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+    <w:basedOn w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_0801dfe1-ad34-4987-817b-851fb4e55450"/>
+    <w:basedOn w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a621e6fe-d3a9-4085-ba77-c0387483089e" w:customStyle="1">
-    <w:name w:val="Normal Table_a621e6fe-d3a9-4085-ba77-c0387483089e"/>
+  <w:style w:type="table" w:styleId="NormalTable_3d2092bc-a6a4-48a0-ad30-ed889f229384" w:customStyle="1">
+    <w:name w:val="Normal Table_3d2092bc-a6a4-48a0-ad30-ed889f229384"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_971036c5-05d2-4654-bba5-7b441071792e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a621e6fe-d3a9-4085-ba77-c0387483089e"/>
+  <w:style w:type="table" w:styleId="TableGrid_1708ef89-cf2d-40fc-ab7b-9622f2caa979" w:customStyle="1">
+    <w:name w:val="Table Grid_1708ef89-cf2d-40fc-ab7b-9622f2caa979"/>
+    <w:basedOn w:val="NormalTable_3d2092bc-a6a4-48a0-ad30-ed889f229384"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_085fd620-3e13-48f6-942f-863665922d9f" w:customStyle="1">
-    <w:name w:val="Normal Table_085fd620-3e13-48f6-942f-863665922d9f"/>
+  <w:style w:type="table" w:styleId="NormalTable_fc8ea6c9-c5f6-47fb-96fb-4f477ebfdc9e" w:customStyle="1">
+    <w:name w:val="Normal Table_fc8ea6c9-c5f6-47fb-96fb-4f477ebfdc9e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_127b6178-f612-4378-854c-25fa3f3a57a9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_085fd620-3e13-48f6-942f-863665922d9f"/>
+  <w:style w:type="table" w:styleId="TableGrid_31f6be27-b9ed-4c87-8699-d551604d3c72" w:customStyle="1">
+    <w:name w:val="Table Grid_31f6be27-b9ed-4c87-8699-d551604d3c72"/>
+    <w:basedOn w:val="NormalTable_fc8ea6c9-c5f6-47fb-96fb-4f477ebfdc9e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5f5f36f4-1534-40f7-8040-c9a607b9a1d9" w:customStyle="1">
-    <w:name w:val="Normal Table_5f5f36f4-1534-40f7-8040-c9a607b9a1d9"/>
+  <w:style w:type="table" w:styleId="NormalTable_915cfea3-2ec1-4560-bb5e-a5cf08f3c60b" w:customStyle="1">
+    <w:name w:val="Normal Table_915cfea3-2ec1-4560-bb5e-a5cf08f3c60b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ea685492-3424-4428-b4b3-caf4b02e943d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5f5f36f4-1534-40f7-8040-c9a607b9a1d9"/>
+  <w:style w:type="table" w:styleId="TableGrid_ba46b82a-59e3-4ccd-8631-08a523617caa" w:customStyle="1">
+    <w:name w:val="Table Grid_ba46b82a-59e3-4ccd-8631-08a523617caa"/>
+    <w:basedOn w:val="NormalTable_915cfea3-2ec1-4560-bb5e-a5cf08f3c60b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ef2ef1c-e8b7-4fc7-b7bf-934c74d6baea" w:customStyle="1">
-    <w:name w:val="Normal Table_8ef2ef1c-e8b7-4fc7-b7bf-934c74d6baea"/>
+  <w:style w:type="table" w:styleId="NormalTable_b3effbaa-3a65-43d8-bfde-a969ecfe4dd0" w:customStyle="1">
+    <w:name w:val="Normal Table_b3effbaa-3a65-43d8-bfde-a969ecfe4dd0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_27c5610e-6128-481b-a17a-1a83f1b852f0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ef2ef1c-e8b7-4fc7-b7bf-934c74d6baea"/>
+  <w:style w:type="table" w:styleId="TableGrid_83b427cc-fb7e-4b05-ae8b-5713a87c74a4" w:customStyle="1">
+    <w:name w:val="Table Grid_83b427cc-fb7e-4b05-ae8b-5713a87c74a4"/>
+    <w:basedOn w:val="NormalTable_b3effbaa-3a65-43d8-bfde-a969ecfe4dd0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e60ae32b-b016-488e-ae26-34d730df6849" w:customStyle="1">
-    <w:name w:val="Normal Table_e60ae32b-b016-488e-ae26-34d730df6849"/>
+  <w:style w:type="table" w:styleId="NormalTable_5ed9cb8c-6f65-44c3-b7e4-b8d7f38ae0b1" w:customStyle="1">
+    <w:name w:val="Normal Table_5ed9cb8c-6f65-44c3-b7e4-b8d7f38ae0b1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97d54941-c356-469b-afb4-e3031664b73e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e60ae32b-b016-488e-ae26-34d730df6849"/>
+  <w:style w:type="table" w:styleId="TableGrid_9559ea02-e82b-4267-bdd6-ce9616c6b575" w:customStyle="1">
+    <w:name w:val="Table Grid_9559ea02-e82b-4267-bdd6-ce9616c6b575"/>
+    <w:basedOn w:val="NormalTable_5ed9cb8c-6f65-44c3-b7e4-b8d7f38ae0b1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_35d2a0c7-3189-4c17-8d23-736e728635ef" w:customStyle="1">
-    <w:name w:val="Normal Table_35d2a0c7-3189-4c17-8d23-736e728635ef"/>
+  <w:style w:type="table" w:styleId="NormalTable_772d2d85-4f2a-4129-b077-a6a381a18bc2" w:customStyle="1">
+    <w:name w:val="Normal Table_772d2d85-4f2a-4129-b077-a6a381a18bc2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e42a69e2-45f1-40a2-a1e7-f88eae0f32cd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_35d2a0c7-3189-4c17-8d23-736e728635ef"/>
+  <w:style w:type="table" w:styleId="TableGrid_979cb7fa-559f-41cb-88ef-c4c9114d908b" w:customStyle="1">
+    <w:name w:val="Table Grid_979cb7fa-559f-41cb-88ef-c4c9114d908b"/>
+    <w:basedOn w:val="NormalTable_772d2d85-4f2a-4129-b077-a6a381a18bc2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_54c3c41b-566b-4c89-95e9-bd17436a2780" w:customStyle="1">
-    <w:name w:val="Normal Table_54c3c41b-566b-4c89-95e9-bd17436a2780"/>
+  <w:style w:type="table" w:styleId="NormalTable_5a12bdd2-6d28-4724-952a-752fe2b38fb5" w:customStyle="1">
+    <w:name w:val="Normal Table_5a12bdd2-6d28-4724-952a-752fe2b38fb5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f0398b20-6df2-4135-83a4-bc6ebc5caf52" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_54c3c41b-566b-4c89-95e9-bd17436a2780"/>
+  <w:style w:type="table" w:styleId="TableGrid_7abcfc86-d0ea-4e25-876f-f138435c976e" w:customStyle="1">
+    <w:name w:val="Table Grid_7abcfc86-d0ea-4e25-876f-f138435c976e"/>
+    <w:basedOn w:val="NormalTable_5a12bdd2-6d28-4724-952a-752fe2b38fb5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_208219d3-12e7-4701-b994-d7c9ac0af6fb" w:customStyle="1">
-    <w:name w:val="Normal Table_208219d3-12e7-4701-b994-d7c9ac0af6fb"/>
+  <w:style w:type="table" w:styleId="NormalTable_547a2b5a-5b45-465f-8c13-edb0b850f610" w:customStyle="1">
+    <w:name w:val="Normal Table_547a2b5a-5b45-465f-8c13-edb0b850f610"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d7237acc-bebd-4503-8e6e-b44814e867ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_208219d3-12e7-4701-b994-d7c9ac0af6fb"/>
+  <w:style w:type="table" w:styleId="TableGrid_d45eea02-ce72-4766-abc8-f8e8f79c1b74" w:customStyle="1">
+    <w:name w:val="Table Grid_d45eea02-ce72-4766-abc8-f8e8f79c1b74"/>
+    <w:basedOn w:val="NormalTable_547a2b5a-5b45-465f-8c13-edb0b850f610"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6e1aab1d-add8-4cf6-a5e2-fb5f299b6c80" w:customStyle="1">
-    <w:name w:val="Normal Table_6e1aab1d-add8-4cf6-a5e2-fb5f299b6c80"/>
+  <w:style w:type="table" w:styleId="NormalTable_50430b78-696b-472c-8a93-de82120ca202" w:customStyle="1">
+    <w:name w:val="Normal Table_50430b78-696b-472c-8a93-de82120ca202"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4c1a205c-3ce3-484d-8206-813d43933588" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6e1aab1d-add8-4cf6-a5e2-fb5f299b6c80"/>
+  <w:style w:type="table" w:styleId="TableGrid_7444ce40-81dc-48fb-8fe4-33eef0f11201" w:customStyle="1">
+    <w:name w:val="Table Grid_7444ce40-81dc-48fb-8fe4-33eef0f11201"/>
+    <w:basedOn w:val="NormalTable_50430b78-696b-472c-8a93-de82120ca202"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>