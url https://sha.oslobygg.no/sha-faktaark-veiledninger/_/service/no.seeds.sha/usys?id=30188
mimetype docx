--- v1 (2025-12-22)
+++ v2 (2025-12-22)
@@ -3155,51 +3155,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9559ea02-e82b-4267-bdd6-ce9616c6b575"/>
+      <w:tblStyle w:val="TableGrid_ecaaa49a-6411-45d4-b729-c982bdf77dc9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3210,51 +3210,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">22.12.2025 19:53:16 </w:t>
+            <w:t xml:space="preserve">22.12.2025 21:23:22 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3282,51 +3282,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_979cb7fa-559f-41cb-88ef-c4c9114d908b"/>
+      <w:tblStyle w:val="TableGrid_0f3f8b4c-9e99-40c7-a4e0-9ad57f7bbf1b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3384,51 +3384,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+            <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3441,59 +3441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+      <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7444ce40-81dc-48fb-8fe4-33eef0f11201"/>
+      <w:tblStyle w:val="TableGrid_e96d3fdc-57c4-4e13-9ff5-5fe8c3193459"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3504,51 +3504,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7abcfc86-d0ea-4e25-876f-f138435c976e"/>
+            <w:tblStyle w:val="TableGrid_4fcc74e5-901e-4b4d-9c7b-bb8af2325894"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3649,72 +3649,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+            <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d45eea02-ce72-4766-abc8-f8e8f79c1b74"/>
+            <w:tblStyle w:val="TableGrid_e38cd02c-1004-428e-b9d9-7e517eebd67a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3815,62 +3815,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+            <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+      <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4854,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_52233a02-56bb-44de-8d20-5060b86d32f5" w:customStyle="1">
-    <w:name w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+  <w:style w:type="paragraph" w:styleId="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f" w:customStyle="1">
+    <w:name w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+    <w:basedOn w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_22ca3077-7c43-4d0f-b59b-36b5cec485f5" w:customStyle="1">
-    <w:name w:val="Normal Table_22ca3077-7c43-4d0f-b59b-36b5cec485f5"/>
+  <w:style w:type="table" w:styleId="NormalTable_ceef78bc-dc02-4a7a-b627-21e5b25179fd" w:customStyle="1">
+    <w:name w:val="Normal Table_ceef78bc-dc02-4a7a-b627-21e5b25179fd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_22ca3077-7c43-4d0f-b59b-36b5cec485f5"/>
+    <w:basedOn w:val="NormalTable_ceef78bc-dc02-4a7a-b627-21e5b25179fd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+    <w:basedOn w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_52233a02-56bb-44de-8d20-5060b86d32f5"/>
+    <w:basedOn w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3d2092bc-a6a4-48a0-ad30-ed889f229384" w:customStyle="1">
-    <w:name w:val="Normal Table_3d2092bc-a6a4-48a0-ad30-ed889f229384"/>
+  <w:style w:type="table" w:styleId="NormalTable_96ca5b3a-2b4c-4d80-be92-76899168745a" w:customStyle="1">
+    <w:name w:val="Normal Table_96ca5b3a-2b4c-4d80-be92-76899168745a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1708ef89-cf2d-40fc-ab7b-9622f2caa979" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3d2092bc-a6a4-48a0-ad30-ed889f229384"/>
+  <w:style w:type="table" w:styleId="TableGrid_1765eaae-8e6e-478d-a30c-40d47769cbad" w:customStyle="1">
+    <w:name w:val="Table Grid_1765eaae-8e6e-478d-a30c-40d47769cbad"/>
+    <w:basedOn w:val="NormalTable_96ca5b3a-2b4c-4d80-be92-76899168745a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc8ea6c9-c5f6-47fb-96fb-4f477ebfdc9e" w:customStyle="1">
-    <w:name w:val="Normal Table_fc8ea6c9-c5f6-47fb-96fb-4f477ebfdc9e"/>
+  <w:style w:type="table" w:styleId="NormalTable_76e2b740-8fb9-403a-983a-614e4502c191" w:customStyle="1">
+    <w:name w:val="Normal Table_76e2b740-8fb9-403a-983a-614e4502c191"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_31f6be27-b9ed-4c87-8699-d551604d3c72" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc8ea6c9-c5f6-47fb-96fb-4f477ebfdc9e"/>
+  <w:style w:type="table" w:styleId="TableGrid_2f89c98e-7a4a-4426-9d34-77fb7ce81e12" w:customStyle="1">
+    <w:name w:val="Table Grid_2f89c98e-7a4a-4426-9d34-77fb7ce81e12"/>
+    <w:basedOn w:val="NormalTable_76e2b740-8fb9-403a-983a-614e4502c191"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_915cfea3-2ec1-4560-bb5e-a5cf08f3c60b" w:customStyle="1">
-    <w:name w:val="Normal Table_915cfea3-2ec1-4560-bb5e-a5cf08f3c60b"/>
+  <w:style w:type="table" w:styleId="NormalTable_4caaffdb-3c03-4920-8ae0-3c93aac59801" w:customStyle="1">
+    <w:name w:val="Normal Table_4caaffdb-3c03-4920-8ae0-3c93aac59801"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba46b82a-59e3-4ccd-8631-08a523617caa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_915cfea3-2ec1-4560-bb5e-a5cf08f3c60b"/>
+  <w:style w:type="table" w:styleId="TableGrid_20a371a9-5940-4dcb-9d96-e09fed82922d" w:customStyle="1">
+    <w:name w:val="Table Grid_20a371a9-5940-4dcb-9d96-e09fed82922d"/>
+    <w:basedOn w:val="NormalTable_4caaffdb-3c03-4920-8ae0-3c93aac59801"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b3effbaa-3a65-43d8-bfde-a969ecfe4dd0" w:customStyle="1">
-    <w:name w:val="Normal Table_b3effbaa-3a65-43d8-bfde-a969ecfe4dd0"/>
+  <w:style w:type="table" w:styleId="NormalTable_c76f0d48-a3a1-4f38-b6a4-b4d32d556340" w:customStyle="1">
+    <w:name w:val="Normal Table_c76f0d48-a3a1-4f38-b6a4-b4d32d556340"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_83b427cc-fb7e-4b05-ae8b-5713a87c74a4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b3effbaa-3a65-43d8-bfde-a969ecfe4dd0"/>
+  <w:style w:type="table" w:styleId="TableGrid_db2f3035-8555-470d-a59f-46e293e3d21e" w:customStyle="1">
+    <w:name w:val="Table Grid_db2f3035-8555-470d-a59f-46e293e3d21e"/>
+    <w:basedOn w:val="NormalTable_c76f0d48-a3a1-4f38-b6a4-b4d32d556340"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5ed9cb8c-6f65-44c3-b7e4-b8d7f38ae0b1" w:customStyle="1">
-    <w:name w:val="Normal Table_5ed9cb8c-6f65-44c3-b7e4-b8d7f38ae0b1"/>
+  <w:style w:type="table" w:styleId="NormalTable_bd6aa003-c47b-4c3c-bfe1-736d3fd49512" w:customStyle="1">
+    <w:name w:val="Normal Table_bd6aa003-c47b-4c3c-bfe1-736d3fd49512"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9559ea02-e82b-4267-bdd6-ce9616c6b575" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5ed9cb8c-6f65-44c3-b7e4-b8d7f38ae0b1"/>
+  <w:style w:type="table" w:styleId="TableGrid_ecaaa49a-6411-45d4-b729-c982bdf77dc9" w:customStyle="1">
+    <w:name w:val="Table Grid_ecaaa49a-6411-45d4-b729-c982bdf77dc9"/>
+    <w:basedOn w:val="NormalTable_bd6aa003-c47b-4c3c-bfe1-736d3fd49512"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_772d2d85-4f2a-4129-b077-a6a381a18bc2" w:customStyle="1">
-    <w:name w:val="Normal Table_772d2d85-4f2a-4129-b077-a6a381a18bc2"/>
+  <w:style w:type="table" w:styleId="NormalTable_5b685380-12b0-4796-b81d-920fadc97beb" w:customStyle="1">
+    <w:name w:val="Normal Table_5b685380-12b0-4796-b81d-920fadc97beb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_979cb7fa-559f-41cb-88ef-c4c9114d908b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_772d2d85-4f2a-4129-b077-a6a381a18bc2"/>
+  <w:style w:type="table" w:styleId="TableGrid_0f3f8b4c-9e99-40c7-a4e0-9ad57f7bbf1b" w:customStyle="1">
+    <w:name w:val="Table Grid_0f3f8b4c-9e99-40c7-a4e0-9ad57f7bbf1b"/>
+    <w:basedOn w:val="NormalTable_5b685380-12b0-4796-b81d-920fadc97beb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5a12bdd2-6d28-4724-952a-752fe2b38fb5" w:customStyle="1">
-    <w:name w:val="Normal Table_5a12bdd2-6d28-4724-952a-752fe2b38fb5"/>
+  <w:style w:type="table" w:styleId="NormalTable_6f41adef-b1e4-43e9-9831-e2d2bfd7bcc0" w:customStyle="1">
+    <w:name w:val="Normal Table_6f41adef-b1e4-43e9-9831-e2d2bfd7bcc0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7abcfc86-d0ea-4e25-876f-f138435c976e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5a12bdd2-6d28-4724-952a-752fe2b38fb5"/>
+  <w:style w:type="table" w:styleId="TableGrid_4fcc74e5-901e-4b4d-9c7b-bb8af2325894" w:customStyle="1">
+    <w:name w:val="Table Grid_4fcc74e5-901e-4b4d-9c7b-bb8af2325894"/>
+    <w:basedOn w:val="NormalTable_6f41adef-b1e4-43e9-9831-e2d2bfd7bcc0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_547a2b5a-5b45-465f-8c13-edb0b850f610" w:customStyle="1">
-    <w:name w:val="Normal Table_547a2b5a-5b45-465f-8c13-edb0b850f610"/>
+  <w:style w:type="table" w:styleId="NormalTable_4b6db4b4-eabe-4e77-b92f-6af1f1cdca97" w:customStyle="1">
+    <w:name w:val="Normal Table_4b6db4b4-eabe-4e77-b92f-6af1f1cdca97"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d45eea02-ce72-4766-abc8-f8e8f79c1b74" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_547a2b5a-5b45-465f-8c13-edb0b850f610"/>
+  <w:style w:type="table" w:styleId="TableGrid_e38cd02c-1004-428e-b9d9-7e517eebd67a" w:customStyle="1">
+    <w:name w:val="Table Grid_e38cd02c-1004-428e-b9d9-7e517eebd67a"/>
+    <w:basedOn w:val="NormalTable_4b6db4b4-eabe-4e77-b92f-6af1f1cdca97"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_50430b78-696b-472c-8a93-de82120ca202" w:customStyle="1">
-    <w:name w:val="Normal Table_50430b78-696b-472c-8a93-de82120ca202"/>
+  <w:style w:type="table" w:styleId="NormalTable_4057dfbc-130f-4e90-aa19-f458ac086f69" w:customStyle="1">
+    <w:name w:val="Normal Table_4057dfbc-130f-4e90-aa19-f458ac086f69"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7444ce40-81dc-48fb-8fe4-33eef0f11201" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_50430b78-696b-472c-8a93-de82120ca202"/>
+  <w:style w:type="table" w:styleId="TableGrid_e96d3fdc-57c4-4e13-9ff5-5fe8c3193459" w:customStyle="1">
+    <w:name w:val="Table Grid_e96d3fdc-57c4-4e13-9ff5-5fe8c3193459"/>
+    <w:basedOn w:val="NormalTable_4057dfbc-130f-4e90-aa19-f458ac086f69"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>