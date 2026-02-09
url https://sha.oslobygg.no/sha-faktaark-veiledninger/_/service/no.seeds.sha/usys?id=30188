--- v2 (2025-12-22)
+++ v3 (2026-02-09)
@@ -3155,51 +3155,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ecaaa49a-6411-45d4-b729-c982bdf77dc9"/>
+      <w:tblStyle w:val="TableGrid_8f26fcca-6028-4506-8f7f-974cfab3e1fd"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3210,51 +3210,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">22.12.2025 21:23:22 </w:t>
+            <w:t xml:space="preserve">10.02.2026 00:57:34 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3282,51 +3282,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0f3f8b4c-9e99-40c7-a4e0-9ad57f7bbf1b"/>
+      <w:tblStyle w:val="TableGrid_6cee7df7-50eb-4477-acf3-76161d5f6f73"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3384,51 +3384,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+            <w:pStyle w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3441,59 +3441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+      <w:pStyle w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e96d3fdc-57c4-4e13-9ff5-5fe8c3193459"/>
+      <w:tblStyle w:val="TableGrid_64bb97f3-93b0-4dc7-bc8e-1860a21e67a4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3504,51 +3504,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4fcc74e5-901e-4b4d-9c7b-bb8af2325894"/>
+            <w:tblStyle w:val="TableGrid_b1fae0f3-db67-412c-bcf2-97d548ec3d5e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3649,72 +3649,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+            <w:pStyle w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e38cd02c-1004-428e-b9d9-7e517eebd67a"/>
+            <w:tblStyle w:val="TableGrid_859b202f-e5b9-4b2a-8226-165a75c35595"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3815,62 +3815,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+            <w:pStyle w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+      <w:pStyle w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4854,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f" w:customStyle="1">
-    <w:name w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9ba41f44-2482-46b3-972b-2ede47447c47" w:customStyle="1">
+    <w:name w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+    <w:basedOn w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ceef78bc-dc02-4a7a-b627-21e5b25179fd" w:customStyle="1">
-    <w:name w:val="Normal Table_ceef78bc-dc02-4a7a-b627-21e5b25179fd"/>
+  <w:style w:type="table" w:styleId="NormalTable_12b0477b-f6fb-4fc0-8baf-55db3cf1ab92" w:customStyle="1">
+    <w:name w:val="Normal Table_12b0477b-f6fb-4fc0-8baf-55db3cf1ab92"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_ceef78bc-dc02-4a7a-b627-21e5b25179fd"/>
+    <w:basedOn w:val="NormalTable_12b0477b-f6fb-4fc0-8baf-55db3cf1ab92"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+    <w:basedOn w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_4c657dcf-61b3-4168-a1f4-9110c73c1e0f"/>
+    <w:basedOn w:val="Normal_9ba41f44-2482-46b3-972b-2ede47447c47"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_96ca5b3a-2b4c-4d80-be92-76899168745a" w:customStyle="1">
-    <w:name w:val="Normal Table_96ca5b3a-2b4c-4d80-be92-76899168745a"/>
+  <w:style w:type="table" w:styleId="NormalTable_ed53ed86-58a3-44fa-8ad9-9c20951acc49" w:customStyle="1">
+    <w:name w:val="Normal Table_ed53ed86-58a3-44fa-8ad9-9c20951acc49"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1765eaae-8e6e-478d-a30c-40d47769cbad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_96ca5b3a-2b4c-4d80-be92-76899168745a"/>
+  <w:style w:type="table" w:styleId="TableGrid_2fe5c435-3d50-4c8c-b93a-25661770a193" w:customStyle="1">
+    <w:name w:val="Table Grid_2fe5c435-3d50-4c8c-b93a-25661770a193"/>
+    <w:basedOn w:val="NormalTable_ed53ed86-58a3-44fa-8ad9-9c20951acc49"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_76e2b740-8fb9-403a-983a-614e4502c191" w:customStyle="1">
-    <w:name w:val="Normal Table_76e2b740-8fb9-403a-983a-614e4502c191"/>
+  <w:style w:type="table" w:styleId="NormalTable_d941e117-17e6-4b17-a4b2-c9d1e597e29e" w:customStyle="1">
+    <w:name w:val="Normal Table_d941e117-17e6-4b17-a4b2-c9d1e597e29e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2f89c98e-7a4a-4426-9d34-77fb7ce81e12" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_76e2b740-8fb9-403a-983a-614e4502c191"/>
+  <w:style w:type="table" w:styleId="TableGrid_3df0995b-9fa2-45bd-8701-59e992339bec" w:customStyle="1">
+    <w:name w:val="Table Grid_3df0995b-9fa2-45bd-8701-59e992339bec"/>
+    <w:basedOn w:val="NormalTable_d941e117-17e6-4b17-a4b2-c9d1e597e29e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4caaffdb-3c03-4920-8ae0-3c93aac59801" w:customStyle="1">
-    <w:name w:val="Normal Table_4caaffdb-3c03-4920-8ae0-3c93aac59801"/>
+  <w:style w:type="table" w:styleId="NormalTable_d05a8419-361b-4361-ab5a-2f504d8223db" w:customStyle="1">
+    <w:name w:val="Normal Table_d05a8419-361b-4361-ab5a-2f504d8223db"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20a371a9-5940-4dcb-9d96-e09fed82922d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4caaffdb-3c03-4920-8ae0-3c93aac59801"/>
+  <w:style w:type="table" w:styleId="TableGrid_0574bff6-785c-4b9a-8a4b-f7461f9def69" w:customStyle="1">
+    <w:name w:val="Table Grid_0574bff6-785c-4b9a-8a4b-f7461f9def69"/>
+    <w:basedOn w:val="NormalTable_d05a8419-361b-4361-ab5a-2f504d8223db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c76f0d48-a3a1-4f38-b6a4-b4d32d556340" w:customStyle="1">
-    <w:name w:val="Normal Table_c76f0d48-a3a1-4f38-b6a4-b4d32d556340"/>
+  <w:style w:type="table" w:styleId="NormalTable_044ef819-4d5a-4178-bd71-84ef5df1f494" w:customStyle="1">
+    <w:name w:val="Normal Table_044ef819-4d5a-4178-bd71-84ef5df1f494"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_db2f3035-8555-470d-a59f-46e293e3d21e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c76f0d48-a3a1-4f38-b6a4-b4d32d556340"/>
+  <w:style w:type="table" w:styleId="TableGrid_4faacfdb-84e9-4eba-8728-62c1521f54d8" w:customStyle="1">
+    <w:name w:val="Table Grid_4faacfdb-84e9-4eba-8728-62c1521f54d8"/>
+    <w:basedOn w:val="NormalTable_044ef819-4d5a-4178-bd71-84ef5df1f494"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bd6aa003-c47b-4c3c-bfe1-736d3fd49512" w:customStyle="1">
-    <w:name w:val="Normal Table_bd6aa003-c47b-4c3c-bfe1-736d3fd49512"/>
+  <w:style w:type="table" w:styleId="NormalTable_7642b131-5570-4e56-ac34-edab62759d05" w:customStyle="1">
+    <w:name w:val="Normal Table_7642b131-5570-4e56-ac34-edab62759d05"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ecaaa49a-6411-45d4-b729-c982bdf77dc9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bd6aa003-c47b-4c3c-bfe1-736d3fd49512"/>
+  <w:style w:type="table" w:styleId="TableGrid_8f26fcca-6028-4506-8f7f-974cfab3e1fd" w:customStyle="1">
+    <w:name w:val="Table Grid_8f26fcca-6028-4506-8f7f-974cfab3e1fd"/>
+    <w:basedOn w:val="NormalTable_7642b131-5570-4e56-ac34-edab62759d05"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5b685380-12b0-4796-b81d-920fadc97beb" w:customStyle="1">
-    <w:name w:val="Normal Table_5b685380-12b0-4796-b81d-920fadc97beb"/>
+  <w:style w:type="table" w:styleId="NormalTable_013d566e-8195-4766-be1f-19f3473f25ce" w:customStyle="1">
+    <w:name w:val="Normal Table_013d566e-8195-4766-be1f-19f3473f25ce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0f3f8b4c-9e99-40c7-a4e0-9ad57f7bbf1b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5b685380-12b0-4796-b81d-920fadc97beb"/>
+  <w:style w:type="table" w:styleId="TableGrid_6cee7df7-50eb-4477-acf3-76161d5f6f73" w:customStyle="1">
+    <w:name w:val="Table Grid_6cee7df7-50eb-4477-acf3-76161d5f6f73"/>
+    <w:basedOn w:val="NormalTable_013d566e-8195-4766-be1f-19f3473f25ce"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6f41adef-b1e4-43e9-9831-e2d2bfd7bcc0" w:customStyle="1">
-    <w:name w:val="Normal Table_6f41adef-b1e4-43e9-9831-e2d2bfd7bcc0"/>
+  <w:style w:type="table" w:styleId="NormalTable_63a98492-3a75-458b-adb5-618115a13433" w:customStyle="1">
+    <w:name w:val="Normal Table_63a98492-3a75-458b-adb5-618115a13433"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4fcc74e5-901e-4b4d-9c7b-bb8af2325894" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6f41adef-b1e4-43e9-9831-e2d2bfd7bcc0"/>
+  <w:style w:type="table" w:styleId="TableGrid_b1fae0f3-db67-412c-bcf2-97d548ec3d5e" w:customStyle="1">
+    <w:name w:val="Table Grid_b1fae0f3-db67-412c-bcf2-97d548ec3d5e"/>
+    <w:basedOn w:val="NormalTable_63a98492-3a75-458b-adb5-618115a13433"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b6db4b4-eabe-4e77-b92f-6af1f1cdca97" w:customStyle="1">
-    <w:name w:val="Normal Table_4b6db4b4-eabe-4e77-b92f-6af1f1cdca97"/>
+  <w:style w:type="table" w:styleId="NormalTable_f94747ca-b319-4f11-ac0f-8a6b9365a78d" w:customStyle="1">
+    <w:name w:val="Normal Table_f94747ca-b319-4f11-ac0f-8a6b9365a78d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e38cd02c-1004-428e-b9d9-7e517eebd67a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b6db4b4-eabe-4e77-b92f-6af1f1cdca97"/>
+  <w:style w:type="table" w:styleId="TableGrid_859b202f-e5b9-4b2a-8226-165a75c35595" w:customStyle="1">
+    <w:name w:val="Table Grid_859b202f-e5b9-4b2a-8226-165a75c35595"/>
+    <w:basedOn w:val="NormalTable_f94747ca-b319-4f11-ac0f-8a6b9365a78d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4057dfbc-130f-4e90-aa19-f458ac086f69" w:customStyle="1">
-    <w:name w:val="Normal Table_4057dfbc-130f-4e90-aa19-f458ac086f69"/>
+  <w:style w:type="table" w:styleId="NormalTable_fa82985a-fc50-4a5b-b188-a68f580a369d" w:customStyle="1">
+    <w:name w:val="Normal Table_fa82985a-fc50-4a5b-b188-a68f580a369d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e96d3fdc-57c4-4e13-9ff5-5fe8c3193459" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4057dfbc-130f-4e90-aa19-f458ac086f69"/>
+  <w:style w:type="table" w:styleId="TableGrid_64bb97f3-93b0-4dc7-bc8e-1860a21e67a4" w:customStyle="1">
+    <w:name w:val="Table Grid_64bb97f3-93b0-4dc7-bc8e-1860a21e67a4"/>
+    <w:basedOn w:val="NormalTable_fa82985a-fc50-4a5b-b188-a68f580a369d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>