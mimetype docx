--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -107,155 +107,150 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="980"/>
         <w:gridCol w:w="672"/>
         <w:gridCol w:w="8533"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1456"/>
         <w:gridCol w:w="1661"/>
         <w:gridCol w:w="22"/>
         <w:gridCol w:w="22"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="980"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="672"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8533"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3161"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NB! se * nederst</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1720,51 +1715,75 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersom arbeidssted og omgivelser tillater kan frittstående m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">usikkanlegg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> eller radio godkjennes med lydnivå maks 60 dbA (stemmenivå)</w:t>
+              <w:t xml:space="preserve"> eller radio godkjennes med lydnivå maks 60 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dbA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">stemmenivå</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1417"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
@@ -1920,244 +1939,196 @@
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="491C6A5A">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...41 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="53BA34EF">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutenett"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14697" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="980"/>
         <w:gridCol w:w="672"/>
         <w:gridCol w:w="8535"/>
         <w:gridCol w:w="1349"/>
         <w:gridCol w:w="1343"/>
         <w:gridCol w:w="1683"/>
         <w:gridCol w:w="135"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="981"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="672"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8555"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1349"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="3140"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NB! se * nederst</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2948,51 +2919,63 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8555"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ved manglende bruk av øyevern der hvor dette er påkrevd.</w:t>
+              <w:t xml:space="preserve">Ved manglende bruk av øyevern der hvor dette er </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">påkrevd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1349"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1340"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
@@ -3802,51 +3785,65 @@
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">(X)</w:t>
+              <w:t xml:space="preserve">(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="981"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4071,243 +4068,195 @@
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="25F27D68">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...41 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3FDFB19C">
       <w:pPr>
         <w:spacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutenett"/>
         <w:tblW w:w="14502" w:type="dxa"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="983"/>
         <w:gridCol w:w="672"/>
         <w:gridCol w:w="8552"/>
         <w:gridCol w:w="1317"/>
         <w:gridCol w:w="33"/>
         <w:gridCol w:w="1284"/>
         <w:gridCol w:w="1661"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="983"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="672"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8552"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1317"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2978"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="double" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NB! se * nederst</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5272,51 +5221,63 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">sertifisert </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">opplæring til å bruke </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">(NB! Spes. ifm. varme arbeid).</w:t>
+              <w:t xml:space="preserve">(NB! </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spes.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ifm. varme arbeid).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1350"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1284"/>
             <w:tcBorders/>
@@ -5529,51 +5490,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="8552"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anhuking med stropper som ikke skulle vært brukt, eller feil anhuking hvor hivet kan forskyve seg og komme ut av kontroll uten å stanse hivet. I grove tilfeller kan dette også føre til direkte bortvisning.</w:t>
+              <w:t xml:space="preserve">Anhuking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> med stropper som ikke skulle vært brukt, eller feil </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anhuking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hvor hivet kan forskyve seg og komme ut av kontroll uten å stanse hivet. I grove tilfeller kan dette også føre til direkte bortvisning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1350"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1284"/>
             <w:tcBorders/>
@@ -5594,51 +5573,65 @@
               </w:rPr>
               <w:t xml:space="preserve">X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="1661"/>
             <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">(X)</w:t>
+              <w:t xml:space="preserve">(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="983"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing/>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -5994,98 +5987,55 @@
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45D9CEC0">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FDD809A">
-[...41 lines deleted...]
-    </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId1"/>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
-      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgSz w:w="16838" w:h="11906"/>
       <w:pgMar w:top="2126" w:right="1418" w:bottom="1134" w:left="1418" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -6103,100 +6053,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d4881679-61b0-41bd-920b-ed80adaddbd2"/>
+      <w:tblStyle w:val="TableGrid_8fec234b-9865-47d8-8e17-ed99e067cd96"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7001"/>
       <w:gridCol w:w="7001"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">02.11.2025 15:24:01 </w:t>
+            <w:t xml:space="preserve">22.12.2025 19:55:35 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6213,493 +6180,595 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_45a0812d-87fe-4b8f-a2cb-3d9b9508b0b3"/>
+      <w:tblStyle w:val="TableGrid_97cca1c3-606d-4901-949b-657c7d883450"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9395"/>
       <w:gridCol w:w="3370"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9395"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_363d6988-345d-4888-af90-f45638bf56ea"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_601da190-9a2a-4c5f-80c7-c716f20f784a"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 2</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 3</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d5044dbf-ed82-43d7-a7a2-299bc278064d"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e40865fa-7307-415a-b2e1-0abe2a0ba4d8"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Faktaark - Brudd på sikkerhetsbestemmelser - tabell</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3370"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_d5044dbf-ed82-43d7-a7a2-299bc278064d"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e40865fa-7307-415a-b2e1-0abe2a0ba4d8"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+            <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+      <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a2eba30c-e147-4c9e-bd40-afb01ad02635"/>
+      <w:tblStyle w:val="TableGrid_4adf66cf-3212-40a1-80c1-498013a1950c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9101"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9101"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_bb5589a8-7cb7-4e8c-81b0-4ed50469b504"/>
+            <w:tblStyle w:val="TableGrid_299afc4c-e843-4bb6-9833-7d3097009a20"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">16.04.2024 (Bård Sigmund Dybsjord)</w:t>
+                  <w:t xml:space="preserve">09.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+            <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_552d5090-c916-4759-bb5a-1b2632dfcd6d"/>
+            <w:tblStyle w:val="TableGrid_46df5812-608b-4317-ae06-681ec6a54fa9"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+            <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+      <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12587B61"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -6797,55 +6866,56 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -7376,629 +7446,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe" w:customStyle="1">
-    <w:name w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+  <w:style w:type="paragraph" w:styleId="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba" w:customStyle="1">
+    <w:name w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_5cecd786-64c9-4d14-8b0d-b6e0ab7d3baa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+    <w:basedOn w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3e48a61e-bc95-4b4c-9a3a-8e890efb5043" w:customStyle="1">
-    <w:name w:val="Normal Table_3e48a61e-bc95-4b4c-9a3a-8e890efb5043"/>
+  <w:style w:type="table" w:styleId="NormalTable_7c027598-ab01-4946-bcc3-019299d58307" w:customStyle="1">
+    <w:name w:val="Normal Table_7c027598-ab01-4946-bcc3-019299d58307"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8b834a4f-f5e7-4db2-adbf-6180b0e4b515" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3e48a61e-bc95-4b4c-9a3a-8e890efb5043"/>
+  <w:style w:type="table" w:styleId="TableGrid_55ea1098-1be8-4c33-8fc7-674168705569" w:customStyle="1">
+    <w:name w:val="Table Grid_55ea1098-1be8-4c33-8fc7-674168705569"/>
+    <w:basedOn w:val="NormalTable_7c027598-ab01-4946-bcc3-019299d58307"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_363d6988-345d-4888-af90-f45638bf56ea" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_601da190-9a2a-4c5f-80c7-c716f20f784a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_601da190-9a2a-4c5f-80c7-c716f20f784a"/>
+    <w:basedOn w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_d5044dbf-ed82-43d7-a7a2-299bc278064d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_2d1af03a-9b05-4a68-ab60-71931f29ccfe"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_e40865fa-7307-415a-b2e1-0abe2a0ba4d8" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e40865fa-7307-415a-b2e1-0abe2a0ba4d8"/>
+    <w:basedOn w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_309be923-8ab3-403d-9843-620d8a0de69c" w:customStyle="1">
-    <w:name w:val="Normal Table_309be923-8ab3-403d-9843-620d8a0de69c"/>
+  <w:style w:type="table" w:styleId="NormalTable_a63a0085-4867-4bed-8f5c-7c41386b2a63" w:customStyle="1">
+    <w:name w:val="Normal Table_a63a0085-4867-4bed-8f5c-7c41386b2a63"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9a9c65bc-0fa8-41f4-9ce4-de1b90185bc5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_309be923-8ab3-403d-9843-620d8a0de69c"/>
+  <w:style w:type="table" w:styleId="TableGrid_aad27845-9488-4487-8517-386ac545d10c" w:customStyle="1">
+    <w:name w:val="Table Grid_aad27845-9488-4487-8517-386ac545d10c"/>
+    <w:basedOn w:val="NormalTable_a63a0085-4867-4bed-8f5c-7c41386b2a63"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_94408385-7dba-47c5-89c8-dfbf44a67ae2" w:customStyle="1">
-    <w:name w:val="Normal Table_94408385-7dba-47c5-89c8-dfbf44a67ae2"/>
+  <w:style w:type="table" w:styleId="NormalTable_c2b2571c-f268-4ad9-91d1-b13554b9c7dd" w:customStyle="1">
+    <w:name w:val="Normal Table_c2b2571c-f268-4ad9-91d1-b13554b9c7dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_41e5df80-705c-4fa1-9195-2d7dd25f32e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_94408385-7dba-47c5-89c8-dfbf44a67ae2"/>
+  <w:style w:type="table" w:styleId="TableGrid_04972c7a-55ed-4af8-beb2-4a0a80d2d9eb" w:customStyle="1">
+    <w:name w:val="Table Grid_04972c7a-55ed-4af8-beb2-4a0a80d2d9eb"/>
+    <w:basedOn w:val="NormalTable_c2b2571c-f268-4ad9-91d1-b13554b9c7dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_980b262e-7496-49cf-a09d-e8e4c9afe76d" w:customStyle="1">
-    <w:name w:val="Normal Table_980b262e-7496-49cf-a09d-e8e4c9afe76d"/>
+  <w:style w:type="table" w:styleId="NormalTable_bfb27d11-c3a3-4ad5-a209-fcf4b024318a" w:customStyle="1">
+    <w:name w:val="Normal Table_bfb27d11-c3a3-4ad5-a209-fcf4b024318a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a7326659-e8c1-4ed1-ba02-f60dc40a5d16" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_980b262e-7496-49cf-a09d-e8e4c9afe76d"/>
+  <w:style w:type="table" w:styleId="TableGrid_99cac97b-ae75-424b-8d24-1943d1d6619f" w:customStyle="1">
+    <w:name w:val="Table Grid_99cac97b-ae75-424b-8d24-1943d1d6619f"/>
+    <w:basedOn w:val="NormalTable_bfb27d11-c3a3-4ad5-a209-fcf4b024318a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c9887fe7-a2d2-4330-8e7e-a8d077b80be9" w:customStyle="1">
-    <w:name w:val="Normal Table_c9887fe7-a2d2-4330-8e7e-a8d077b80be9"/>
+  <w:style w:type="table" w:styleId="NormalTable_779b7e54-4c4f-4363-a1c0-aa586b7c8623" w:customStyle="1">
+    <w:name w:val="Normal Table_779b7e54-4c4f-4363-a1c0-aa586b7c8623"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e17aa8f3-2d83-4951-b1bc-fcdb33538e4c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c9887fe7-a2d2-4330-8e7e-a8d077b80be9"/>
+  <w:style w:type="table" w:styleId="TableGrid_1c7ce1f7-94fa-46e2-ad0a-5138b780270b" w:customStyle="1">
+    <w:name w:val="Table Grid_1c7ce1f7-94fa-46e2-ad0a-5138b780270b"/>
+    <w:basedOn w:val="NormalTable_779b7e54-4c4f-4363-a1c0-aa586b7c8623"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5c36d935-ccbc-40df-972f-9a4d2f55fab2" w:customStyle="1">
-    <w:name w:val="Normal Table_5c36d935-ccbc-40df-972f-9a4d2f55fab2"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3a86106-7485-4423-be5c-c141a1f91866" w:customStyle="1">
+    <w:name w:val="Normal Table_f3a86106-7485-4423-be5c-c141a1f91866"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d4881679-61b0-41bd-920b-ed80adaddbd2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5c36d935-ccbc-40df-972f-9a4d2f55fab2"/>
+  <w:style w:type="table" w:styleId="TableGrid_8fec234b-9865-47d8-8e17-ed99e067cd96" w:customStyle="1">
+    <w:name w:val="Table Grid_8fec234b-9865-47d8-8e17-ed99e067cd96"/>
+    <w:basedOn w:val="NormalTable_f3a86106-7485-4423-be5c-c141a1f91866"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_da66fb0f-573b-464d-b6e7-c245525d2ef7" w:customStyle="1">
-    <w:name w:val="Normal Table_da66fb0f-573b-464d-b6e7-c245525d2ef7"/>
+  <w:style w:type="table" w:styleId="NormalTable_553fd63b-68f7-4b12-8511-08b88b732815" w:customStyle="1">
+    <w:name w:val="Normal Table_553fd63b-68f7-4b12-8511-08b88b732815"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_45a0812d-87fe-4b8f-a2cb-3d9b9508b0b3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_da66fb0f-573b-464d-b6e7-c245525d2ef7"/>
+  <w:style w:type="table" w:styleId="TableGrid_97cca1c3-606d-4901-949b-657c7d883450" w:customStyle="1">
+    <w:name w:val="Table Grid_97cca1c3-606d-4901-949b-657c7d883450"/>
+    <w:basedOn w:val="NormalTable_553fd63b-68f7-4b12-8511-08b88b732815"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_33df6133-e365-40f9-90c4-78e2c9d5afbc" w:customStyle="1">
-    <w:name w:val="Normal Table_33df6133-e365-40f9-90c4-78e2c9d5afbc"/>
+  <w:style w:type="table" w:styleId="NormalTable_f7677d05-f9a1-469c-8c93-b53e97c6b964" w:customStyle="1">
+    <w:name w:val="Normal Table_f7677d05-f9a1-469c-8c93-b53e97c6b964"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bb5589a8-7cb7-4e8c-81b0-4ed50469b504" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_33df6133-e365-40f9-90c4-78e2c9d5afbc"/>
+  <w:style w:type="table" w:styleId="TableGrid_299afc4c-e843-4bb6-9833-7d3097009a20" w:customStyle="1">
+    <w:name w:val="Table Grid_299afc4c-e843-4bb6-9833-7d3097009a20"/>
+    <w:basedOn w:val="NormalTable_f7677d05-f9a1-469c-8c93-b53e97c6b964"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_29a4d42d-bf47-41d8-89e8-2a6fa8c86b8a" w:customStyle="1">
-    <w:name w:val="Normal Table_29a4d42d-bf47-41d8-89e8-2a6fa8c86b8a"/>
+  <w:style w:type="table" w:styleId="NormalTable_edf9291b-3ec6-4841-95bc-693a3025119c" w:customStyle="1">
+    <w:name w:val="Normal Table_edf9291b-3ec6-4841-95bc-693a3025119c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_552d5090-c916-4759-bb5a-1b2632dfcd6d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_29a4d42d-bf47-41d8-89e8-2a6fa8c86b8a"/>
+  <w:style w:type="table" w:styleId="TableGrid_46df5812-608b-4317-ae06-681ec6a54fa9" w:customStyle="1">
+    <w:name w:val="Table Grid_46df5812-608b-4317-ae06-681ec6a54fa9"/>
+    <w:basedOn w:val="NormalTable_edf9291b-3ec6-4841-95bc-693a3025119c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db4672f2-9e60-43ff-8191-0808d83fb004" w:customStyle="1">
-    <w:name w:val="Normal Table_db4672f2-9e60-43ff-8191-0808d83fb004"/>
+  <w:style w:type="table" w:styleId="NormalTable_d3b81f0c-4be6-4fa9-ab28-7f85cd062a7f" w:customStyle="1">
+    <w:name w:val="Normal Table_d3b81f0c-4be6-4fa9-ab28-7f85cd062a7f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a2eba30c-e147-4c9e-bd40-afb01ad02635" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db4672f2-9e60-43ff-8191-0808d83fb004"/>
+  <w:style w:type="table" w:styleId="TableGrid_4adf66cf-3212-40a1-80c1-498013a1950c" w:customStyle="1">
+    <w:name w:val="Table Grid_4adf66cf-3212-40a1-80c1-498013a1950c"/>
+    <w:basedOn w:val="NormalTable_d3b81f0c-4be6-4fa9-ab28-7f85cd062a7f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -8307,59 +8377,59 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A20E1AC4-3223-4ED8-B032-1F52BEF5F7F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>637-2-Faktaark - Brudd på sikkerhetsbestemmelser</Template>
+  <Template>637-2-Faktaark - Brudd på sikkerhetsbestemmelser.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4028</Characters>
+  <Pages>3</Pages>
+  <Words>696</Words>
+  <Characters>3692</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <Company/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lise Marcussen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" name="MSIP_Label_7a2396b7-5846-48ff-8468-5f49f8ad722a_Enabled" pid="2">
     <vt:lpstr>true</vt:lpstr>