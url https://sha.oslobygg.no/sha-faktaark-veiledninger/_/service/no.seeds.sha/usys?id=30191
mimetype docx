--- v1 (2025-12-22)
+++ v2 (2025-12-22)
@@ -6053,117 +6053,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8fec234b-9865-47d8-8e17-ed99e067cd96"/>
+      <w:tblStyle w:val="TableGrid_4c7f08d2-655e-4b16-ab41-bdd340475e53"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7001"/>
       <w:gridCol w:w="7001"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">22.12.2025 19:55:35 </w:t>
+            <w:t xml:space="preserve">22.12.2025 21:21:48 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6180,153 +6180,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_97cca1c3-606d-4901-949b-657c7d883450"/>
+      <w:tblStyle w:val="TableGrid_5de9fa81-cf0e-4db2-8e66-d5b6d0156a66"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9395"/>
       <w:gridCol w:w="3370"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9395"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_601da190-9a2a-4c5f-80c7-c716f20f784a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_505edc3a-b5c8-4533-ba01-41fd3761deb1"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 3</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e40865fa-7307-415a-b2e1-0abe2a0ba4d8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4cc3204a-5251-4313-ab7e-851fe1a7fb14"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Faktaark - Brudd på sikkerhetsbestemmelser - tabell</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3370"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e40865fa-7307-415a-b2e1-0abe2a0ba4d8"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4cc3204a-5251-4313-ab7e-851fe1a7fb14"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+            <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6339,59 +6339,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+      <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4adf66cf-3212-40a1-80c1-498013a1950c"/>
+      <w:tblStyle w:val="TableGrid_70670095-067f-45b7-a988-676253f5afb6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9101"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6402,373 +6402,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9101"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_299afc4c-e843-4bb6-9833-7d3097009a20"/>
+            <w:tblStyle w:val="TableGrid_7e848f73-08ab-4b16-bc05-d9b73a3db0eb"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+            <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_46df5812-608b-4317-ae06-681ec6a54fa9"/>
+            <w:tblStyle w:val="TableGrid_8ea827b8-45fb-42cf-b8bc-42856603d950"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+            <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+      <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12587B61"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -7446,629 +7446,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba" w:customStyle="1">
-    <w:name w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+  <w:style w:type="paragraph" w:styleId="Normal_b7b692f0-8423-42f5-8412-d78a5369c317" w:customStyle="1">
+    <w:name w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_91f08f23-b4ce-4bb4-b912-bd787e776598" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+    <w:basedOn w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7c027598-ab01-4946-bcc3-019299d58307" w:customStyle="1">
-    <w:name w:val="Normal Table_7c027598-ab01-4946-bcc3-019299d58307"/>
+  <w:style w:type="table" w:styleId="NormalTable_e02dcc24-6f2b-4cd6-a3b8-8ebfcc7dfaff" w:customStyle="1">
+    <w:name w:val="Normal Table_e02dcc24-6f2b-4cd6-a3b8-8ebfcc7dfaff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_55ea1098-1be8-4c33-8fc7-674168705569" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7c027598-ab01-4946-bcc3-019299d58307"/>
+  <w:style w:type="table" w:styleId="TableGrid_388a2650-c90c-4b96-9564-8a5829c24e7c" w:customStyle="1">
+    <w:name w:val="Table Grid_388a2650-c90c-4b96-9564-8a5829c24e7c"/>
+    <w:basedOn w:val="NormalTable_e02dcc24-6f2b-4cd6-a3b8-8ebfcc7dfaff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_601da190-9a2a-4c5f-80c7-c716f20f784a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_505edc3a-b5c8-4533-ba01-41fd3761deb1" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_505edc3a-b5c8-4533-ba01-41fd3761deb1"/>
+    <w:basedOn w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_e40865fa-7307-415a-b2e1-0abe2a0ba4d8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_c7ad7200-1f86-4edc-9e4b-8ffb46dc02ba"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_4cc3204a-5251-4313-ab7e-851fe1a7fb14" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4cc3204a-5251-4313-ab7e-851fe1a7fb14"/>
+    <w:basedOn w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a63a0085-4867-4bed-8f5c-7c41386b2a63" w:customStyle="1">
-    <w:name w:val="Normal Table_a63a0085-4867-4bed-8f5c-7c41386b2a63"/>
+  <w:style w:type="table" w:styleId="NormalTable_1f23ab0c-ebb0-4a7e-a3c5-1690e626c7b5" w:customStyle="1">
+    <w:name w:val="Normal Table_1f23ab0c-ebb0-4a7e-a3c5-1690e626c7b5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aad27845-9488-4487-8517-386ac545d10c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a63a0085-4867-4bed-8f5c-7c41386b2a63"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8ae349b-34db-44f0-9fb6-ac643d6b939b" w:customStyle="1">
+    <w:name w:val="Table Grid_c8ae349b-34db-44f0-9fb6-ac643d6b939b"/>
+    <w:basedOn w:val="NormalTable_1f23ab0c-ebb0-4a7e-a3c5-1690e626c7b5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c2b2571c-f268-4ad9-91d1-b13554b9c7dd" w:customStyle="1">
-    <w:name w:val="Normal Table_c2b2571c-f268-4ad9-91d1-b13554b9c7dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_bcd415be-cd0f-4d88-a975-fbf4b1f3a409" w:customStyle="1">
+    <w:name w:val="Normal Table_bcd415be-cd0f-4d88-a975-fbf4b1f3a409"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_04972c7a-55ed-4af8-beb2-4a0a80d2d9eb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c2b2571c-f268-4ad9-91d1-b13554b9c7dd"/>
+  <w:style w:type="table" w:styleId="TableGrid_8aebf5d2-aa13-4a07-a350-9df0648d0541" w:customStyle="1">
+    <w:name w:val="Table Grid_8aebf5d2-aa13-4a07-a350-9df0648d0541"/>
+    <w:basedOn w:val="NormalTable_bcd415be-cd0f-4d88-a975-fbf4b1f3a409"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bfb27d11-c3a3-4ad5-a209-fcf4b024318a" w:customStyle="1">
-    <w:name w:val="Normal Table_bfb27d11-c3a3-4ad5-a209-fcf4b024318a"/>
+  <w:style w:type="table" w:styleId="NormalTable_b79ae7bb-b19f-4466-a5f2-1ec7e1396963" w:customStyle="1">
+    <w:name w:val="Normal Table_b79ae7bb-b19f-4466-a5f2-1ec7e1396963"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_99cac97b-ae75-424b-8d24-1943d1d6619f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bfb27d11-c3a3-4ad5-a209-fcf4b024318a"/>
+  <w:style w:type="table" w:styleId="TableGrid_14e00682-c16e-4144-9c81-db75c2121c20" w:customStyle="1">
+    <w:name w:val="Table Grid_14e00682-c16e-4144-9c81-db75c2121c20"/>
+    <w:basedOn w:val="NormalTable_b79ae7bb-b19f-4466-a5f2-1ec7e1396963"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_779b7e54-4c4f-4363-a1c0-aa586b7c8623" w:customStyle="1">
-    <w:name w:val="Normal Table_779b7e54-4c4f-4363-a1c0-aa586b7c8623"/>
+  <w:style w:type="table" w:styleId="NormalTable_370a1ea8-5bf7-4eac-b1d0-58187aee6621" w:customStyle="1">
+    <w:name w:val="Normal Table_370a1ea8-5bf7-4eac-b1d0-58187aee6621"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1c7ce1f7-94fa-46e2-ad0a-5138b780270b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_779b7e54-4c4f-4363-a1c0-aa586b7c8623"/>
+  <w:style w:type="table" w:styleId="TableGrid_aaec8637-3c13-44cc-8566-0c5788d7a4dc" w:customStyle="1">
+    <w:name w:val="Table Grid_aaec8637-3c13-44cc-8566-0c5788d7a4dc"/>
+    <w:basedOn w:val="NormalTable_370a1ea8-5bf7-4eac-b1d0-58187aee6621"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f3a86106-7485-4423-be5c-c141a1f91866" w:customStyle="1">
-    <w:name w:val="Normal Table_f3a86106-7485-4423-be5c-c141a1f91866"/>
+  <w:style w:type="table" w:styleId="NormalTable_03183532-b394-4533-85d4-7adf01371311" w:customStyle="1">
+    <w:name w:val="Normal Table_03183532-b394-4533-85d4-7adf01371311"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8fec234b-9865-47d8-8e17-ed99e067cd96" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f3a86106-7485-4423-be5c-c141a1f91866"/>
+  <w:style w:type="table" w:styleId="TableGrid_4c7f08d2-655e-4b16-ab41-bdd340475e53" w:customStyle="1">
+    <w:name w:val="Table Grid_4c7f08d2-655e-4b16-ab41-bdd340475e53"/>
+    <w:basedOn w:val="NormalTable_03183532-b394-4533-85d4-7adf01371311"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_553fd63b-68f7-4b12-8511-08b88b732815" w:customStyle="1">
-    <w:name w:val="Normal Table_553fd63b-68f7-4b12-8511-08b88b732815"/>
+  <w:style w:type="table" w:styleId="NormalTable_81259cba-5156-4b82-ad4d-39e2d9cb26d5" w:customStyle="1">
+    <w:name w:val="Normal Table_81259cba-5156-4b82-ad4d-39e2d9cb26d5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97cca1c3-606d-4901-949b-657c7d883450" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_553fd63b-68f7-4b12-8511-08b88b732815"/>
+  <w:style w:type="table" w:styleId="TableGrid_5de9fa81-cf0e-4db2-8e66-d5b6d0156a66" w:customStyle="1">
+    <w:name w:val="Table Grid_5de9fa81-cf0e-4db2-8e66-d5b6d0156a66"/>
+    <w:basedOn w:val="NormalTable_81259cba-5156-4b82-ad4d-39e2d9cb26d5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f7677d05-f9a1-469c-8c93-b53e97c6b964" w:customStyle="1">
-    <w:name w:val="Normal Table_f7677d05-f9a1-469c-8c93-b53e97c6b964"/>
+  <w:style w:type="table" w:styleId="NormalTable_4fe6a7f6-f477-4808-b56d-8afafda49ac0" w:customStyle="1">
+    <w:name w:val="Normal Table_4fe6a7f6-f477-4808-b56d-8afafda49ac0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_299afc4c-e843-4bb6-9833-7d3097009a20" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f7677d05-f9a1-469c-8c93-b53e97c6b964"/>
+  <w:style w:type="table" w:styleId="TableGrid_7e848f73-08ab-4b16-bc05-d9b73a3db0eb" w:customStyle="1">
+    <w:name w:val="Table Grid_7e848f73-08ab-4b16-bc05-d9b73a3db0eb"/>
+    <w:basedOn w:val="NormalTable_4fe6a7f6-f477-4808-b56d-8afafda49ac0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_edf9291b-3ec6-4841-95bc-693a3025119c" w:customStyle="1">
-    <w:name w:val="Normal Table_edf9291b-3ec6-4841-95bc-693a3025119c"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b07b924-665c-494a-9992-23599d3080ba" w:customStyle="1">
+    <w:name w:val="Normal Table_2b07b924-665c-494a-9992-23599d3080ba"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_46df5812-608b-4317-ae06-681ec6a54fa9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_edf9291b-3ec6-4841-95bc-693a3025119c"/>
+  <w:style w:type="table" w:styleId="TableGrid_8ea827b8-45fb-42cf-b8bc-42856603d950" w:customStyle="1">
+    <w:name w:val="Table Grid_8ea827b8-45fb-42cf-b8bc-42856603d950"/>
+    <w:basedOn w:val="NormalTable_2b07b924-665c-494a-9992-23599d3080ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d3b81f0c-4be6-4fa9-ab28-7f85cd062a7f" w:customStyle="1">
-    <w:name w:val="Normal Table_d3b81f0c-4be6-4fa9-ab28-7f85cd062a7f"/>
+  <w:style w:type="table" w:styleId="NormalTable_3f33ced9-dab5-408b-a2d1-4d12e2a0869e" w:customStyle="1">
+    <w:name w:val="Normal Table_3f33ced9-dab5-408b-a2d1-4d12e2a0869e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4adf66cf-3212-40a1-80c1-498013a1950c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d3b81f0c-4be6-4fa9-ab28-7f85cd062a7f"/>
+  <w:style w:type="table" w:styleId="TableGrid_70670095-067f-45b7-a988-676253f5afb6" w:customStyle="1">
+    <w:name w:val="Table Grid_70670095-067f-45b7-a988-676253f5afb6"/>
+    <w:basedOn w:val="NormalTable_3f33ced9-dab5-408b-a2d1-4d12e2a0869e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>