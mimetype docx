--- v2 (2025-12-22)
+++ v3 (2026-02-09)
@@ -6053,117 +6053,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4c7f08d2-655e-4b16-ab41-bdd340475e53"/>
+      <w:tblStyle w:val="TableGrid_14c5f4ea-ffd6-4e2d-a13e-05f4e36f5dd5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7001"/>
       <w:gridCol w:w="7001"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">22.12.2025 21:21:48 </w:t>
+            <w:t xml:space="preserve">10.02.2026 00:57:45 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6180,153 +6180,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5de9fa81-cf0e-4db2-8e66-d5b6d0156a66"/>
+      <w:tblStyle w:val="TableGrid_8c82493e-01d2-4f02-8de8-a7ab109703c8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9395"/>
       <w:gridCol w:w="3370"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9395"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_505edc3a-b5c8-4533-ba01-41fd3761deb1"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_bc688774-4a8c-4e87-914b-c3690829f8df"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 3</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4cc3204a-5251-4313-ab7e-851fe1a7fb14"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_389a4b05-0b4d-4e66-b3a2-3cd0ba3fc014"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Faktaark - Brudd på sikkerhetsbestemmelser - tabell</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3370"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4cc3204a-5251-4313-ab7e-851fe1a7fb14"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_389a4b05-0b4d-4e66-b3a2-3cd0ba3fc014"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+            <w:pStyle w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6339,59 +6339,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+      <w:pStyle w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_70670095-067f-45b7-a988-676253f5afb6"/>
+      <w:tblStyle w:val="TableGrid_1706728f-4dd6-4d08-9d69-3d37b4918951"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9101"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6402,373 +6402,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9101"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7e848f73-08ab-4b16-bc05-d9b73a3db0eb"/>
+            <w:tblStyle w:val="TableGrid_0c8bc7bb-a29f-45f4-bf53-6159eeeea6e6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+            <w:pStyle w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8ea827b8-45fb-42cf-b8bc-42856603d950"/>
+            <w:tblStyle w:val="TableGrid_5c3a8e6d-51c2-435b-aff1-f3e4af25809f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+            <w:pStyle w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+      <w:pStyle w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12587B61"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -7446,629 +7446,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_b7b692f0-8423-42f5-8412-d78a5369c317" w:customStyle="1">
-    <w:name w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+  <w:style w:type="paragraph" w:styleId="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e" w:customStyle="1">
+    <w:name w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_dfa0a9ba-b449-4869-bc9f-c48905a6103a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f68309af-f754-4fec-86c3-c79ca9760ee2"/>
+    <w:basedOn w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e02dcc24-6f2b-4cd6-a3b8-8ebfcc7dfaff" w:customStyle="1">
-    <w:name w:val="Normal Table_e02dcc24-6f2b-4cd6-a3b8-8ebfcc7dfaff"/>
+  <w:style w:type="table" w:styleId="NormalTable_9133b930-4398-453d-8663-81f53692f70d" w:customStyle="1">
+    <w:name w:val="Normal Table_9133b930-4398-453d-8663-81f53692f70d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_388a2650-c90c-4b96-9564-8a5829c24e7c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e02dcc24-6f2b-4cd6-a3b8-8ebfcc7dfaff"/>
+  <w:style w:type="table" w:styleId="TableGrid_da7d6586-e588-4562-9268-e9ed4ae8de21" w:customStyle="1">
+    <w:name w:val="Table Grid_da7d6586-e588-4562-9268-e9ed4ae8de21"/>
+    <w:basedOn w:val="NormalTable_9133b930-4398-453d-8663-81f53692f70d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_505edc3a-b5c8-4533-ba01-41fd3761deb1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_bc688774-4a8c-4e87-914b-c3690829f8df" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_bc688774-4a8c-4e87-914b-c3690829f8df"/>
+    <w:basedOn w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_4cc3204a-5251-4313-ab7e-851fe1a7fb14" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b7b692f0-8423-42f5-8412-d78a5369c317"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_389a4b05-0b4d-4e66-b3a2-3cd0ba3fc014" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_389a4b05-0b4d-4e66-b3a2-3cd0ba3fc014"/>
+    <w:basedOn w:val="Normal_3d725792-dd80-41e6-b28f-c1d3d1b25b2e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1f23ab0c-ebb0-4a7e-a3c5-1690e626c7b5" w:customStyle="1">
-    <w:name w:val="Normal Table_1f23ab0c-ebb0-4a7e-a3c5-1690e626c7b5"/>
+  <w:style w:type="table" w:styleId="NormalTable_1468cfa8-b449-40f7-a15d-7b80a117a929" w:customStyle="1">
+    <w:name w:val="Normal Table_1468cfa8-b449-40f7-a15d-7b80a117a929"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c8ae349b-34db-44f0-9fb6-ac643d6b939b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1f23ab0c-ebb0-4a7e-a3c5-1690e626c7b5"/>
+  <w:style w:type="table" w:styleId="TableGrid_33ad4876-7a03-4f7c-bffe-936beb80bc1f" w:customStyle="1">
+    <w:name w:val="Table Grid_33ad4876-7a03-4f7c-bffe-936beb80bc1f"/>
+    <w:basedOn w:val="NormalTable_1468cfa8-b449-40f7-a15d-7b80a117a929"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bcd415be-cd0f-4d88-a975-fbf4b1f3a409" w:customStyle="1">
-    <w:name w:val="Normal Table_bcd415be-cd0f-4d88-a975-fbf4b1f3a409"/>
+  <w:style w:type="table" w:styleId="NormalTable_28ef0104-f059-4c7e-a7dd-731e85b84b8b" w:customStyle="1">
+    <w:name w:val="Normal Table_28ef0104-f059-4c7e-a7dd-731e85b84b8b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8aebf5d2-aa13-4a07-a350-9df0648d0541" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bcd415be-cd0f-4d88-a975-fbf4b1f3a409"/>
+  <w:style w:type="table" w:styleId="TableGrid_a2d2fb33-8f76-485f-91e3-64de1709f029" w:customStyle="1">
+    <w:name w:val="Table Grid_a2d2fb33-8f76-485f-91e3-64de1709f029"/>
+    <w:basedOn w:val="NormalTable_28ef0104-f059-4c7e-a7dd-731e85b84b8b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b79ae7bb-b19f-4466-a5f2-1ec7e1396963" w:customStyle="1">
-    <w:name w:val="Normal Table_b79ae7bb-b19f-4466-a5f2-1ec7e1396963"/>
+  <w:style w:type="table" w:styleId="NormalTable_ed65b654-a1a6-46ff-87d1-a52bdae95466" w:customStyle="1">
+    <w:name w:val="Normal Table_ed65b654-a1a6-46ff-87d1-a52bdae95466"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_14e00682-c16e-4144-9c81-db75c2121c20" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b79ae7bb-b19f-4466-a5f2-1ec7e1396963"/>
+  <w:style w:type="table" w:styleId="TableGrid_5af58567-8799-4a58-85c9-c9a6e7e546d0" w:customStyle="1">
+    <w:name w:val="Table Grid_5af58567-8799-4a58-85c9-c9a6e7e546d0"/>
+    <w:basedOn w:val="NormalTable_ed65b654-a1a6-46ff-87d1-a52bdae95466"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_370a1ea8-5bf7-4eac-b1d0-58187aee6621" w:customStyle="1">
-    <w:name w:val="Normal Table_370a1ea8-5bf7-4eac-b1d0-58187aee6621"/>
+  <w:style w:type="table" w:styleId="NormalTable_067ac7cb-0971-4c60-a423-59424303e242" w:customStyle="1">
+    <w:name w:val="Normal Table_067ac7cb-0971-4c60-a423-59424303e242"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aaec8637-3c13-44cc-8566-0c5788d7a4dc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_370a1ea8-5bf7-4eac-b1d0-58187aee6621"/>
+  <w:style w:type="table" w:styleId="TableGrid_b922bfe3-2576-4ce3-8adb-2d5993223cc2" w:customStyle="1">
+    <w:name w:val="Table Grid_b922bfe3-2576-4ce3-8adb-2d5993223cc2"/>
+    <w:basedOn w:val="NormalTable_067ac7cb-0971-4c60-a423-59424303e242"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_03183532-b394-4533-85d4-7adf01371311" w:customStyle="1">
-    <w:name w:val="Normal Table_03183532-b394-4533-85d4-7adf01371311"/>
+  <w:style w:type="table" w:styleId="NormalTable_ef797ac2-056a-453d-8e54-255ab44cd462" w:customStyle="1">
+    <w:name w:val="Normal Table_ef797ac2-056a-453d-8e54-255ab44cd462"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4c7f08d2-655e-4b16-ab41-bdd340475e53" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_03183532-b394-4533-85d4-7adf01371311"/>
+  <w:style w:type="table" w:styleId="TableGrid_14c5f4ea-ffd6-4e2d-a13e-05f4e36f5dd5" w:customStyle="1">
+    <w:name w:val="Table Grid_14c5f4ea-ffd6-4e2d-a13e-05f4e36f5dd5"/>
+    <w:basedOn w:val="NormalTable_ef797ac2-056a-453d-8e54-255ab44cd462"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_81259cba-5156-4b82-ad4d-39e2d9cb26d5" w:customStyle="1">
-    <w:name w:val="Normal Table_81259cba-5156-4b82-ad4d-39e2d9cb26d5"/>
+  <w:style w:type="table" w:styleId="NormalTable_49f3f58c-3e72-4c26-b1ac-86ea883715fc" w:customStyle="1">
+    <w:name w:val="Normal Table_49f3f58c-3e72-4c26-b1ac-86ea883715fc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5de9fa81-cf0e-4db2-8e66-d5b6d0156a66" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_81259cba-5156-4b82-ad4d-39e2d9cb26d5"/>
+  <w:style w:type="table" w:styleId="TableGrid_8c82493e-01d2-4f02-8de8-a7ab109703c8" w:customStyle="1">
+    <w:name w:val="Table Grid_8c82493e-01d2-4f02-8de8-a7ab109703c8"/>
+    <w:basedOn w:val="NormalTable_49f3f58c-3e72-4c26-b1ac-86ea883715fc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4fe6a7f6-f477-4808-b56d-8afafda49ac0" w:customStyle="1">
-    <w:name w:val="Normal Table_4fe6a7f6-f477-4808-b56d-8afafda49ac0"/>
+  <w:style w:type="table" w:styleId="NormalTable_848eb66e-a0fd-4d8d-8436-88c39ab0d64a" w:customStyle="1">
+    <w:name w:val="Normal Table_848eb66e-a0fd-4d8d-8436-88c39ab0d64a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7e848f73-08ab-4b16-bc05-d9b73a3db0eb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4fe6a7f6-f477-4808-b56d-8afafda49ac0"/>
+  <w:style w:type="table" w:styleId="TableGrid_0c8bc7bb-a29f-45f4-bf53-6159eeeea6e6" w:customStyle="1">
+    <w:name w:val="Table Grid_0c8bc7bb-a29f-45f4-bf53-6159eeeea6e6"/>
+    <w:basedOn w:val="NormalTable_848eb66e-a0fd-4d8d-8436-88c39ab0d64a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2b07b924-665c-494a-9992-23599d3080ba" w:customStyle="1">
-    <w:name w:val="Normal Table_2b07b924-665c-494a-9992-23599d3080ba"/>
+  <w:style w:type="table" w:styleId="NormalTable_4ccdc5e1-6d3a-4625-b312-c89bee8a3739" w:customStyle="1">
+    <w:name w:val="Normal Table_4ccdc5e1-6d3a-4625-b312-c89bee8a3739"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8ea827b8-45fb-42cf-b8bc-42856603d950" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2b07b924-665c-494a-9992-23599d3080ba"/>
+  <w:style w:type="table" w:styleId="TableGrid_5c3a8e6d-51c2-435b-aff1-f3e4af25809f" w:customStyle="1">
+    <w:name w:val="Table Grid_5c3a8e6d-51c2-435b-aff1-f3e4af25809f"/>
+    <w:basedOn w:val="NormalTable_4ccdc5e1-6d3a-4625-b312-c89bee8a3739"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3f33ced9-dab5-408b-a2d1-4d12e2a0869e" w:customStyle="1">
-    <w:name w:val="Normal Table_3f33ced9-dab5-408b-a2d1-4d12e2a0869e"/>
+  <w:style w:type="table" w:styleId="NormalTable_d120a1ea-06a9-4a97-9741-17c5d8f03dd5" w:customStyle="1">
+    <w:name w:val="Normal Table_d120a1ea-06a9-4a97-9741-17c5d8f03dd5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_70670095-067f-45b7-a988-676253f5afb6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3f33ced9-dab5-408b-a2d1-4d12e2a0869e"/>
+  <w:style w:type="table" w:styleId="TableGrid_1706728f-4dd6-4d08-9d69-3d37b4918951" w:customStyle="1">
+    <w:name w:val="Table Grid_1706728f-4dd6-4d08-9d69-3d37b4918951"/>
+    <w:basedOn w:val="NormalTable_d120a1ea-06a9-4a97-9741-17c5d8f03dd5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>