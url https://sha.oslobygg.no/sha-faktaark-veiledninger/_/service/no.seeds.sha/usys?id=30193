--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -13811,89 +13811,106 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ded09076-8203-4f8f-94fa-00fdffd7b407"/>
+      <w:tblStyle w:val="TableGrid_b35824ed-0876-4d26-9a7d-d34ec7bcdc66"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">02.11.2025 15:22:54 </w:t>
+            <w:t xml:space="preserve">22.12.2025 19:51:51 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13921,74 +13938,91 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_86d3b2c3-549b-4009-b4d5-4f1fe19049a4"/>
+      <w:tblStyle w:val="TableGrid_21c0f660-88a1-49f7-9d87-c6c0a2de6645"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 144. Versjonsnummer: 4</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
@@ -14006,408 +14040,493 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+            <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="0" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+      <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cd23a8ad-3410-4ce6-94a8-859e0204c2f5"/>
+      <w:tblStyle w:val="TableGrid_150b73b2-8116-48c8-a355-700a7c68f79e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
+      <w:tblPrEx>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4a5b219e-2e46-4618-a7b7-188474ea1850"/>
+            <w:tblStyle w:val="TableGrid_b153a663-4a42-4748-8c15-f0502676afa8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+            <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4af4c6a2-0501-45a0-ae17-a0c7134b9874"/>
+            <w:tblStyle w:val="TableGrid_9bf91f0a-5d15-4f6b-995e-c5bd065b5a7f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
+            <w:tblPrEx>
+              <w:tblBorders>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:tblBorders>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblCellMar>
+                <w:top w:w="0" w:type="dxa"/>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:bottom w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+            </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+            <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+      <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -14984,51 +15103,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="doNotCompress"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
   <w:listSeparator xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=";"/>
 </w:settings>
@@ -15567,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473" w:customStyle="1">
-    <w:name w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+  <w:style w:type="paragraph" w:styleId="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81" w:customStyle="1">
+    <w:name w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+    <w:basedOn w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2a1ad283-73ab-4251-8c84-b105fb00d1a4" w:customStyle="1">
-    <w:name w:val="Normal Table_2a1ad283-73ab-4251-8c84-b105fb00d1a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_20791d05-214f-44b2-948a-bc0bed61b937" w:customStyle="1">
+    <w:name w:val="Normal Table_20791d05-214f-44b2-948a-bc0bed61b937"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_814fd0b6-18ec-47a5-b65a-2f5e658b3a0c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2a1ad283-73ab-4251-8c84-b105fb00d1a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_706fbde5-2e49-41c8-a7e4-bcd92d79b43d" w:customStyle="1">
+    <w:name w:val="Table Grid_706fbde5-2e49-41c8-a7e4-bcd92d79b43d"/>
+    <w:basedOn w:val="NormalTable_20791d05-214f-44b2-948a-bc0bed61b937"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+    <w:basedOn w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_ca841dd1-1557-41b1-86f5-076c1a87b473"/>
+    <w:basedOn w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4550c341-71e0-49fc-9c54-f961fa0eb66b" w:customStyle="1">
-    <w:name w:val="Normal Table_4550c341-71e0-49fc-9c54-f961fa0eb66b"/>
+  <w:style w:type="table" w:styleId="NormalTable_da2ea9cc-b75b-4ba1-bb1f-623aa3b5fe59" w:customStyle="1">
+    <w:name w:val="Normal Table_da2ea9cc-b75b-4ba1-bb1f-623aa3b5fe59"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_394c3e26-f8aa-421b-93fb-b171fdcc5528" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4550c341-71e0-49fc-9c54-f961fa0eb66b"/>
+  <w:style w:type="table" w:styleId="TableGrid_347029df-3918-43b5-87cf-ef63db196be7" w:customStyle="1">
+    <w:name w:val="Table Grid_347029df-3918-43b5-87cf-ef63db196be7"/>
+    <w:basedOn w:val="NormalTable_da2ea9cc-b75b-4ba1-bb1f-623aa3b5fe59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ef2d792a-7025-4dcb-be45-f805b0bfa465" w:customStyle="1">
-    <w:name w:val="Normal Table_ef2d792a-7025-4dcb-be45-f805b0bfa465"/>
+  <w:style w:type="table" w:styleId="NormalTable_14e26509-9161-435f-9b8e-5993e2ef28c6" w:customStyle="1">
+    <w:name w:val="Normal Table_14e26509-9161-435f-9b8e-5993e2ef28c6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3029d491-44fa-4a49-b907-edbdf5aa4776" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ef2d792a-7025-4dcb-be45-f805b0bfa465"/>
+  <w:style w:type="table" w:styleId="TableGrid_57ac9c7e-7de7-4d0d-9076-1d393f4f21e6" w:customStyle="1">
+    <w:name w:val="Table Grid_57ac9c7e-7de7-4d0d-9076-1d393f4f21e6"/>
+    <w:basedOn w:val="NormalTable_14e26509-9161-435f-9b8e-5993e2ef28c6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4c3558d2-bba2-4207-8dc7-a24293f5cf7a" w:customStyle="1">
-    <w:name w:val="Normal Table_4c3558d2-bba2-4207-8dc7-a24293f5cf7a"/>
+  <w:style w:type="table" w:styleId="NormalTable_1331840a-29de-4afb-9ec4-319cf3299461" w:customStyle="1">
+    <w:name w:val="Normal Table_1331840a-29de-4afb-9ec4-319cf3299461"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_31b757b5-2409-41e3-8fc0-2759600f512b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4c3558d2-bba2-4207-8dc7-a24293f5cf7a"/>
+  <w:style w:type="table" w:styleId="TableGrid_7f1fb66d-b49e-4f39-94d9-0a57b02cf221" w:customStyle="1">
+    <w:name w:val="Table Grid_7f1fb66d-b49e-4f39-94d9-0a57b02cf221"/>
+    <w:basedOn w:val="NormalTable_1331840a-29de-4afb-9ec4-319cf3299461"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_134572e6-a0e6-4225-be93-7288b418167f" w:customStyle="1">
-    <w:name w:val="Normal Table_134572e6-a0e6-4225-be93-7288b418167f"/>
+  <w:style w:type="table" w:styleId="NormalTable_140bcb40-b482-4582-873b-8967c3747a7e" w:customStyle="1">
+    <w:name w:val="Normal Table_140bcb40-b482-4582-873b-8967c3747a7e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f9979cb6-eb9a-4138-82f5-420a1086df7a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_134572e6-a0e6-4225-be93-7288b418167f"/>
+  <w:style w:type="table" w:styleId="TableGrid_ae0549ba-16ef-414c-ada5-cbd95c9abfad" w:customStyle="1">
+    <w:name w:val="Table Grid_ae0549ba-16ef-414c-ada5-cbd95c9abfad"/>
+    <w:basedOn w:val="NormalTable_140bcb40-b482-4582-873b-8967c3747a7e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_29e35ee4-1bf6-4ae8-aba8-279c5278d390" w:customStyle="1">
-    <w:name w:val="Normal Table_29e35ee4-1bf6-4ae8-aba8-279c5278d390"/>
+  <w:style w:type="table" w:styleId="NormalTable_0005b62d-59e7-4f6f-b0fe-299ca2975f58" w:customStyle="1">
+    <w:name w:val="Normal Table_0005b62d-59e7-4f6f-b0fe-299ca2975f58"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ded09076-8203-4f8f-94fa-00fdffd7b407" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_29e35ee4-1bf6-4ae8-aba8-279c5278d390"/>
+  <w:style w:type="table" w:styleId="TableGrid_b35824ed-0876-4d26-9a7d-d34ec7bcdc66" w:customStyle="1">
+    <w:name w:val="Table Grid_b35824ed-0876-4d26-9a7d-d34ec7bcdc66"/>
+    <w:basedOn w:val="NormalTable_0005b62d-59e7-4f6f-b0fe-299ca2975f58"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6cb3104e-e497-43d4-9ad6-4a194905447a" w:customStyle="1">
-    <w:name w:val="Normal Table_6cb3104e-e497-43d4-9ad6-4a194905447a"/>
+  <w:style w:type="table" w:styleId="NormalTable_37c1ed8c-ac2e-4618-9881-362f8ddef0c4" w:customStyle="1">
+    <w:name w:val="Normal Table_37c1ed8c-ac2e-4618-9881-362f8ddef0c4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_86d3b2c3-549b-4009-b4d5-4f1fe19049a4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6cb3104e-e497-43d4-9ad6-4a194905447a"/>
+  <w:style w:type="table" w:styleId="TableGrid_21c0f660-88a1-49f7-9d87-c6c0a2de6645" w:customStyle="1">
+    <w:name w:val="Table Grid_21c0f660-88a1-49f7-9d87-c6c0a2de6645"/>
+    <w:basedOn w:val="NormalTable_37c1ed8c-ac2e-4618-9881-362f8ddef0c4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dc94bba5-4168-4d17-9d57-10ddbcbf1c6d" w:customStyle="1">
-    <w:name w:val="Normal Table_dc94bba5-4168-4d17-9d57-10ddbcbf1c6d"/>
+  <w:style w:type="table" w:styleId="NormalTable_1c1bda8b-77c4-4a7e-a1e5-c5f2c3408cc0" w:customStyle="1">
+    <w:name w:val="Normal Table_1c1bda8b-77c4-4a7e-a1e5-c5f2c3408cc0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4a5b219e-2e46-4618-a7b7-188474ea1850" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dc94bba5-4168-4d17-9d57-10ddbcbf1c6d"/>
+  <w:style w:type="table" w:styleId="TableGrid_b153a663-4a42-4748-8c15-f0502676afa8" w:customStyle="1">
+    <w:name w:val="Table Grid_b153a663-4a42-4748-8c15-f0502676afa8"/>
+    <w:basedOn w:val="NormalTable_1c1bda8b-77c4-4a7e-a1e5-c5f2c3408cc0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eabffc96-1e8a-41df-a82a-c47a486723da" w:customStyle="1">
-    <w:name w:val="Normal Table_eabffc96-1e8a-41df-a82a-c47a486723da"/>
+  <w:style w:type="table" w:styleId="NormalTable_47251c4c-334e-4249-8b49-3c0f157ddf5c" w:customStyle="1">
+    <w:name w:val="Normal Table_47251c4c-334e-4249-8b49-3c0f157ddf5c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4af4c6a2-0501-45a0-ae17-a0c7134b9874" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eabffc96-1e8a-41df-a82a-c47a486723da"/>
+  <w:style w:type="table" w:styleId="TableGrid_9bf91f0a-5d15-4f6b-995e-c5bd065b5a7f" w:customStyle="1">
+    <w:name w:val="Table Grid_9bf91f0a-5d15-4f6b-995e-c5bd065b5a7f"/>
+    <w:basedOn w:val="NormalTable_47251c4c-334e-4249-8b49-3c0f157ddf5c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c7de2380-9427-43f5-a870-e95d5d499a63" w:customStyle="1">
-    <w:name w:val="Normal Table_c7de2380-9427-43f5-a870-e95d5d499a63"/>
+  <w:style w:type="table" w:styleId="NormalTable_781143cd-10a6-4e2d-a2d1-61358298059d" w:customStyle="1">
+    <w:name w:val="Normal Table_781143cd-10a6-4e2d-a2d1-61358298059d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cd23a8ad-3410-4ce6-94a8-859e0204c2f5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c7de2380-9427-43f5-a870-e95d5d499a63"/>
+  <w:style w:type="table" w:styleId="TableGrid_150b73b2-8116-48c8-a355-700a7c68f79e" w:customStyle="1">
+    <w:name w:val="Table Grid_150b73b2-8116-48c8-a355-700a7c68f79e"/>
+    <w:basedOn w:val="NormalTable_781143cd-10a6-4e2d-a2d1-61358298059d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>