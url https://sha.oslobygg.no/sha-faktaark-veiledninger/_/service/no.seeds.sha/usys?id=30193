--- v1 (2025-12-22)
+++ v2 (2026-02-09)
@@ -13811,51 +13811,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b35824ed-0876-4d26-9a7d-d34ec7bcdc66"/>
+      <w:tblStyle w:val="TableGrid_4ac35a36-fd45-42e7-b769-3e2f0688f909"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -13866,51 +13866,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">22.12.2025 19:51:51 </w:t>
+            <w:t xml:space="preserve">10.02.2026 00:56:22 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13938,51 +13938,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_21c0f660-88a1-49f7-9d87-c6c0a2de6645"/>
+      <w:tblStyle w:val="TableGrid_5e216b8f-cb9a-47c0-b2a5-e997b8e0000b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14040,51 +14040,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+            <w:pStyle w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14097,59 +14097,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+      <w:pStyle w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_150b73b2-8116-48c8-a355-700a7c68f79e"/>
+      <w:tblStyle w:val="TableGrid_9b61d4da-e959-4e05-9a84-f835549f9391"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14160,51 +14160,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b153a663-4a42-4748-8c15-f0502676afa8"/>
+            <w:tblStyle w:val="TableGrid_2cae9402-0c75-4014-8143-529e051517d6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14305,72 +14305,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+            <w:pStyle w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9bf91f0a-5d15-4f6b-995e-c5bd065b5a7f"/>
+            <w:tblStyle w:val="TableGrid_d2b94ab6-d845-4da0-947b-759a7c2ba764"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14471,62 +14471,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+            <w:pStyle w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+      <w:pStyle w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15686,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81" w:customStyle="1">
-    <w:name w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+  <w:style w:type="paragraph" w:styleId="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa" w:customStyle="1">
+    <w:name w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+    <w:basedOn w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_20791d05-214f-44b2-948a-bc0bed61b937" w:customStyle="1">
-    <w:name w:val="Normal Table_20791d05-214f-44b2-948a-bc0bed61b937"/>
+  <w:style w:type="table" w:styleId="NormalTable_73d042ee-9fc3-4ba2-a0a0-5b9a4128d530" w:customStyle="1">
+    <w:name w:val="Normal Table_73d042ee-9fc3-4ba2-a0a0-5b9a4128d530"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_706fbde5-2e49-41c8-a7e4-bcd92d79b43d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_20791d05-214f-44b2-948a-bc0bed61b937"/>
+  <w:style w:type="table" w:styleId="TableGrid_bd37d23f-85b6-4b3e-a857-0d71d2ca8606" w:customStyle="1">
+    <w:name w:val="Table Grid_bd37d23f-85b6-4b3e-a857-0d71d2ca8606"/>
+    <w:basedOn w:val="NormalTable_73d042ee-9fc3-4ba2-a0a0-5b9a4128d530"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+    <w:basedOn w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_0a5d2b8b-207c-47b7-be9e-20677c012d81"/>
+    <w:basedOn w:val="Normal_79add4fc-71f0-49ed-8bfe-1eb2077860fa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_da2ea9cc-b75b-4ba1-bb1f-623aa3b5fe59" w:customStyle="1">
-    <w:name w:val="Normal Table_da2ea9cc-b75b-4ba1-bb1f-623aa3b5fe59"/>
+  <w:style w:type="table" w:styleId="NormalTable_1df9e20b-eb52-4394-8996-c313651a2be1" w:customStyle="1">
+    <w:name w:val="Normal Table_1df9e20b-eb52-4394-8996-c313651a2be1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_347029df-3918-43b5-87cf-ef63db196be7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_da2ea9cc-b75b-4ba1-bb1f-623aa3b5fe59"/>
+  <w:style w:type="table" w:styleId="TableGrid_3aa1e0ae-c090-45f5-9890-33cb2f011599" w:customStyle="1">
+    <w:name w:val="Table Grid_3aa1e0ae-c090-45f5-9890-33cb2f011599"/>
+    <w:basedOn w:val="NormalTable_1df9e20b-eb52-4394-8996-c313651a2be1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_14e26509-9161-435f-9b8e-5993e2ef28c6" w:customStyle="1">
-    <w:name w:val="Normal Table_14e26509-9161-435f-9b8e-5993e2ef28c6"/>
+  <w:style w:type="table" w:styleId="NormalTable_8430f29e-694a-4e96-bd09-e35b31821e1f" w:customStyle="1">
+    <w:name w:val="Normal Table_8430f29e-694a-4e96-bd09-e35b31821e1f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_57ac9c7e-7de7-4d0d-9076-1d393f4f21e6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_14e26509-9161-435f-9b8e-5993e2ef28c6"/>
+  <w:style w:type="table" w:styleId="TableGrid_dceb3a91-0023-465c-8fd1-1785bf8b93a9" w:customStyle="1">
+    <w:name w:val="Table Grid_dceb3a91-0023-465c-8fd1-1785bf8b93a9"/>
+    <w:basedOn w:val="NormalTable_8430f29e-694a-4e96-bd09-e35b31821e1f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1331840a-29de-4afb-9ec4-319cf3299461" w:customStyle="1">
-    <w:name w:val="Normal Table_1331840a-29de-4afb-9ec4-319cf3299461"/>
+  <w:style w:type="table" w:styleId="NormalTable_5eb15d00-1291-4aec-b27e-879c7e64c07f" w:customStyle="1">
+    <w:name w:val="Normal Table_5eb15d00-1291-4aec-b27e-879c7e64c07f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7f1fb66d-b49e-4f39-94d9-0a57b02cf221" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1331840a-29de-4afb-9ec4-319cf3299461"/>
+  <w:style w:type="table" w:styleId="TableGrid_bda41b17-5c67-4502-8e48-f486a905dbcf" w:customStyle="1">
+    <w:name w:val="Table Grid_bda41b17-5c67-4502-8e48-f486a905dbcf"/>
+    <w:basedOn w:val="NormalTable_5eb15d00-1291-4aec-b27e-879c7e64c07f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_140bcb40-b482-4582-873b-8967c3747a7e" w:customStyle="1">
-    <w:name w:val="Normal Table_140bcb40-b482-4582-873b-8967c3747a7e"/>
+  <w:style w:type="table" w:styleId="NormalTable_9686f107-d2cd-494e-9e95-d8bb820a5833" w:customStyle="1">
+    <w:name w:val="Normal Table_9686f107-d2cd-494e-9e95-d8bb820a5833"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ae0549ba-16ef-414c-ada5-cbd95c9abfad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_140bcb40-b482-4582-873b-8967c3747a7e"/>
+  <w:style w:type="table" w:styleId="TableGrid_6371cdcd-0d28-42b4-9ac3-2369ac9a1d08" w:customStyle="1">
+    <w:name w:val="Table Grid_6371cdcd-0d28-42b4-9ac3-2369ac9a1d08"/>
+    <w:basedOn w:val="NormalTable_9686f107-d2cd-494e-9e95-d8bb820a5833"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0005b62d-59e7-4f6f-b0fe-299ca2975f58" w:customStyle="1">
-    <w:name w:val="Normal Table_0005b62d-59e7-4f6f-b0fe-299ca2975f58"/>
+  <w:style w:type="table" w:styleId="NormalTable_06d70242-9d40-4a17-b630-fa1b102bb66f" w:customStyle="1">
+    <w:name w:val="Normal Table_06d70242-9d40-4a17-b630-fa1b102bb66f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b35824ed-0876-4d26-9a7d-d34ec7bcdc66" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0005b62d-59e7-4f6f-b0fe-299ca2975f58"/>
+  <w:style w:type="table" w:styleId="TableGrid_4ac35a36-fd45-42e7-b769-3e2f0688f909" w:customStyle="1">
+    <w:name w:val="Table Grid_4ac35a36-fd45-42e7-b769-3e2f0688f909"/>
+    <w:basedOn w:val="NormalTable_06d70242-9d40-4a17-b630-fa1b102bb66f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_37c1ed8c-ac2e-4618-9881-362f8ddef0c4" w:customStyle="1">
-    <w:name w:val="Normal Table_37c1ed8c-ac2e-4618-9881-362f8ddef0c4"/>
+  <w:style w:type="table" w:styleId="NormalTable_3386b821-dba3-4a7e-a606-9d798ad1d3b3" w:customStyle="1">
+    <w:name w:val="Normal Table_3386b821-dba3-4a7e-a606-9d798ad1d3b3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_21c0f660-88a1-49f7-9d87-c6c0a2de6645" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_37c1ed8c-ac2e-4618-9881-362f8ddef0c4"/>
+  <w:style w:type="table" w:styleId="TableGrid_5e216b8f-cb9a-47c0-b2a5-e997b8e0000b" w:customStyle="1">
+    <w:name w:val="Table Grid_5e216b8f-cb9a-47c0-b2a5-e997b8e0000b"/>
+    <w:basedOn w:val="NormalTable_3386b821-dba3-4a7e-a606-9d798ad1d3b3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1c1bda8b-77c4-4a7e-a1e5-c5f2c3408cc0" w:customStyle="1">
-    <w:name w:val="Normal Table_1c1bda8b-77c4-4a7e-a1e5-c5f2c3408cc0"/>
+  <w:style w:type="table" w:styleId="NormalTable_ef5da780-d421-4a49-a362-377203827e5a" w:customStyle="1">
+    <w:name w:val="Normal Table_ef5da780-d421-4a49-a362-377203827e5a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b153a663-4a42-4748-8c15-f0502676afa8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1c1bda8b-77c4-4a7e-a1e5-c5f2c3408cc0"/>
+  <w:style w:type="table" w:styleId="TableGrid_2cae9402-0c75-4014-8143-529e051517d6" w:customStyle="1">
+    <w:name w:val="Table Grid_2cae9402-0c75-4014-8143-529e051517d6"/>
+    <w:basedOn w:val="NormalTable_ef5da780-d421-4a49-a362-377203827e5a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_47251c4c-334e-4249-8b49-3c0f157ddf5c" w:customStyle="1">
-    <w:name w:val="Normal Table_47251c4c-334e-4249-8b49-3c0f157ddf5c"/>
+  <w:style w:type="table" w:styleId="NormalTable_c05bb4a3-58d1-4840-9f73-2eec5dcc459f" w:customStyle="1">
+    <w:name w:val="Normal Table_c05bb4a3-58d1-4840-9f73-2eec5dcc459f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9bf91f0a-5d15-4f6b-995e-c5bd065b5a7f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_47251c4c-334e-4249-8b49-3c0f157ddf5c"/>
+  <w:style w:type="table" w:styleId="TableGrid_d2b94ab6-d845-4da0-947b-759a7c2ba764" w:customStyle="1">
+    <w:name w:val="Table Grid_d2b94ab6-d845-4da0-947b-759a7c2ba764"/>
+    <w:basedOn w:val="NormalTable_c05bb4a3-58d1-4840-9f73-2eec5dcc459f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_781143cd-10a6-4e2d-a2d1-61358298059d" w:customStyle="1">
-    <w:name w:val="Normal Table_781143cd-10a6-4e2d-a2d1-61358298059d"/>
+  <w:style w:type="table" w:styleId="NormalTable_b472084a-67e6-4d6c-88c9-27a77e9e3ace" w:customStyle="1">
+    <w:name w:val="Normal Table_b472084a-67e6-4d6c-88c9-27a77e9e3ace"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_150b73b2-8116-48c8-a355-700a7c68f79e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_781143cd-10a6-4e2d-a2d1-61358298059d"/>
+  <w:style w:type="table" w:styleId="TableGrid_9b61d4da-e959-4e05-9a84-f835549f9391" w:customStyle="1">
+    <w:name w:val="Table Grid_9b61d4da-e959-4e05-9a84-f835549f9391"/>
+    <w:basedOn w:val="NormalTable_b472084a-67e6-4d6c-88c9-27a77e9e3ace"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>