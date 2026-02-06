--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -9468,51 +9468,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a824cf61-4e42-45b1-8671-08c6fb68b6c6"/>
+      <w:tblStyle w:val="TableGrid_ac100bd9-4c23-41f9-a216-af1e0c0f904c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9523,51 +9523,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:48:45 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:02:43 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -9595,51 +9595,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5aadfa69-cfc5-4167-a90c-4ac6a42e1aeb"/>
+      <w:tblStyle w:val="TableGrid_d50f0521-8ea0-4463-810f-4fcc854d9f5d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -9697,51 +9697,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+            <w:pStyle w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -9754,59 +9754,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+      <w:pStyle w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4744fce7-267d-4dcc-8028-d2b876af47e3"/>
+      <w:tblStyle w:val="TableGrid_7af6421b-e57b-40fe-8053-ecdc4ab4bc15"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9817,51 +9817,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3593779e-3c2e-4c1d-aba3-1544c2f1dbac"/>
+            <w:tblStyle w:val="TableGrid_2f314911-51cd-45e0-a352-67af902bb8c7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -9962,72 +9962,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.11.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+            <w:pStyle w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_1c8c52be-bbb7-435c-b5ca-9fefac43ef66"/>
+            <w:tblStyle w:val="TableGrid_b52fbcb3-7e59-4165-882d-502f6d0e6e6f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -10128,62 +10128,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+            <w:pStyle w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+      <w:pStyle w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -13569,629 +13569,629 @@
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be" w:customStyle="1">
-    <w:name w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+  <w:style w:type="paragraph" w:styleId="Normal_7ad337ad-b558-445c-affc-66e209b04a5f" w:customStyle="1">
+    <w:name w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+    <w:basedOn w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_924c3307-89bc-48de-9c2b-44beccd4c244" w:customStyle="1">
-    <w:name w:val="Normal Table_924c3307-89bc-48de-9c2b-44beccd4c244"/>
+  <w:style w:type="table" w:styleId="NormalTable_a1752ad5-21ca-4e2f-a294-ac0f27fbcb63" w:customStyle="1">
+    <w:name w:val="Normal Table_a1752ad5-21ca-4e2f-a294-ac0f27fbcb63"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ebcd381c-a3cc-4d66-9941-9879d301a67f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_924c3307-89bc-48de-9c2b-44beccd4c244"/>
+  <w:style w:type="table" w:styleId="TableGrid_809e2cde-1e68-4b03-ab34-185dacd7bc67" w:customStyle="1">
+    <w:name w:val="Table Grid_809e2cde-1e68-4b03-ab34-185dacd7bc67"/>
+    <w:basedOn w:val="NormalTable_a1752ad5-21ca-4e2f-a294-ac0f27fbcb63"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+    <w:basedOn w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_e5ad8195-1dfd-4462-8581-5ae17b1143be"/>
+    <w:basedOn w:val="Normal_7ad337ad-b558-445c-affc-66e209b04a5f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b0648a5f-7d26-4e20-af57-7d0432f38525" w:customStyle="1">
-    <w:name w:val="Normal Table_b0648a5f-7d26-4e20-af57-7d0432f38525"/>
+  <w:style w:type="table" w:styleId="NormalTable_84263555-d4ae-409a-b2b7-e5ca356dc590" w:customStyle="1">
+    <w:name w:val="Normal Table_84263555-d4ae-409a-b2b7-e5ca356dc590"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_df879ffb-2700-42ec-8d65-f6b15f6fe4ee" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b0648a5f-7d26-4e20-af57-7d0432f38525"/>
+  <w:style w:type="table" w:styleId="TableGrid_d8e04577-0e9e-480b-b747-2e2491738e94" w:customStyle="1">
+    <w:name w:val="Table Grid_d8e04577-0e9e-480b-b747-2e2491738e94"/>
+    <w:basedOn w:val="NormalTable_84263555-d4ae-409a-b2b7-e5ca356dc590"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_364583bd-7a53-4d96-b24f-a513e04a04b7" w:customStyle="1">
-    <w:name w:val="Normal Table_364583bd-7a53-4d96-b24f-a513e04a04b7"/>
+  <w:style w:type="table" w:styleId="NormalTable_561ada02-111c-4a1f-9ca5-4f621d76ba1a" w:customStyle="1">
+    <w:name w:val="Normal Table_561ada02-111c-4a1f-9ca5-4f621d76ba1a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97bf1846-90ab-44f3-a4d5-5626e5bce9cd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_364583bd-7a53-4d96-b24f-a513e04a04b7"/>
+  <w:style w:type="table" w:styleId="TableGrid_e9426f18-45c6-422f-b524-cdc0a647cd73" w:customStyle="1">
+    <w:name w:val="Table Grid_e9426f18-45c6-422f-b524-cdc0a647cd73"/>
+    <w:basedOn w:val="NormalTable_561ada02-111c-4a1f-9ca5-4f621d76ba1a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0941c92c-1d52-4b0b-bf66-94fd6fd43b4b" w:customStyle="1">
-    <w:name w:val="Normal Table_0941c92c-1d52-4b0b-bf66-94fd6fd43b4b"/>
+  <w:style w:type="table" w:styleId="NormalTable_7957cb2c-859c-4b5d-8c63-f029dd02735d" w:customStyle="1">
+    <w:name w:val="Normal Table_7957cb2c-859c-4b5d-8c63-f029dd02735d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eae1e077-75aa-4df7-83c2-ca7064822ced" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0941c92c-1d52-4b0b-bf66-94fd6fd43b4b"/>
+  <w:style w:type="table" w:styleId="TableGrid_bf07bbbf-1155-465b-8c40-bbf9f6e63d32" w:customStyle="1">
+    <w:name w:val="Table Grid_bf07bbbf-1155-465b-8c40-bbf9f6e63d32"/>
+    <w:basedOn w:val="NormalTable_7957cb2c-859c-4b5d-8c63-f029dd02735d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bf83ec92-8e8d-4a2e-a102-e627d1604323" w:customStyle="1">
-    <w:name w:val="Normal Table_bf83ec92-8e8d-4a2e-a102-e627d1604323"/>
+  <w:style w:type="table" w:styleId="NormalTable_162292c4-3429-4ad5-b235-b5cc167fe1a5" w:customStyle="1">
+    <w:name w:val="Normal Table_162292c4-3429-4ad5-b235-b5cc167fe1a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20fb3ceb-fed3-4499-8826-cf3701d1b116" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bf83ec92-8e8d-4a2e-a102-e627d1604323"/>
+  <w:style w:type="table" w:styleId="TableGrid_54982a7d-8041-4411-8856-160134572049" w:customStyle="1">
+    <w:name w:val="Table Grid_54982a7d-8041-4411-8856-160134572049"/>
+    <w:basedOn w:val="NormalTable_162292c4-3429-4ad5-b235-b5cc167fe1a5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5b3f46de-5b4e-4191-99c5-e814e57b5fe0" w:customStyle="1">
-    <w:name w:val="Normal Table_5b3f46de-5b4e-4191-99c5-e814e57b5fe0"/>
+  <w:style w:type="table" w:styleId="NormalTable_ae45010a-3a22-4940-9425-5916f7c24f7d" w:customStyle="1">
+    <w:name w:val="Normal Table_ae45010a-3a22-4940-9425-5916f7c24f7d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a824cf61-4e42-45b1-8671-08c6fb68b6c6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5b3f46de-5b4e-4191-99c5-e814e57b5fe0"/>
+  <w:style w:type="table" w:styleId="TableGrid_ac100bd9-4c23-41f9-a216-af1e0c0f904c" w:customStyle="1">
+    <w:name w:val="Table Grid_ac100bd9-4c23-41f9-a216-af1e0c0f904c"/>
+    <w:basedOn w:val="NormalTable_ae45010a-3a22-4940-9425-5916f7c24f7d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ffad63fc-5f20-46da-bd69-5c9b0c0fbefb" w:customStyle="1">
-    <w:name w:val="Normal Table_ffad63fc-5f20-46da-bd69-5c9b0c0fbefb"/>
+  <w:style w:type="table" w:styleId="NormalTable_87a7465f-8247-4ab0-8231-6ddf8d3733e7" w:customStyle="1">
+    <w:name w:val="Normal Table_87a7465f-8247-4ab0-8231-6ddf8d3733e7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5aadfa69-cfc5-4167-a90c-4ac6a42e1aeb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ffad63fc-5f20-46da-bd69-5c9b0c0fbefb"/>
+  <w:style w:type="table" w:styleId="TableGrid_d50f0521-8ea0-4463-810f-4fcc854d9f5d" w:customStyle="1">
+    <w:name w:val="Table Grid_d50f0521-8ea0-4463-810f-4fcc854d9f5d"/>
+    <w:basedOn w:val="NormalTable_87a7465f-8247-4ab0-8231-6ddf8d3733e7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_06057d63-7538-4eca-b728-c67f297d3a32" w:customStyle="1">
-    <w:name w:val="Normal Table_06057d63-7538-4eca-b728-c67f297d3a32"/>
+  <w:style w:type="table" w:styleId="NormalTable_4de28f1f-ba06-4b50-b9ae-dca91d3412ab" w:customStyle="1">
+    <w:name w:val="Normal Table_4de28f1f-ba06-4b50-b9ae-dca91d3412ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3593779e-3c2e-4c1d-aba3-1544c2f1dbac" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_06057d63-7538-4eca-b728-c67f297d3a32"/>
+  <w:style w:type="table" w:styleId="TableGrid_2f314911-51cd-45e0-a352-67af902bb8c7" w:customStyle="1">
+    <w:name w:val="Table Grid_2f314911-51cd-45e0-a352-67af902bb8c7"/>
+    <w:basedOn w:val="NormalTable_4de28f1f-ba06-4b50-b9ae-dca91d3412ab"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_71ad75a0-81a3-4b24-b480-300ed7e5736a" w:customStyle="1">
-    <w:name w:val="Normal Table_71ad75a0-81a3-4b24-b480-300ed7e5736a"/>
+  <w:style w:type="table" w:styleId="NormalTable_0bcad3d0-b050-4213-bad9-4ae835a46e72" w:customStyle="1">
+    <w:name w:val="Normal Table_0bcad3d0-b050-4213-bad9-4ae835a46e72"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1c8c52be-bbb7-435c-b5ca-9fefac43ef66" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_71ad75a0-81a3-4b24-b480-300ed7e5736a"/>
+  <w:style w:type="table" w:styleId="TableGrid_b52fbcb3-7e59-4165-882d-502f6d0e6e6f" w:customStyle="1">
+    <w:name w:val="Table Grid_b52fbcb3-7e59-4165-882d-502f6d0e6e6f"/>
+    <w:basedOn w:val="NormalTable_0bcad3d0-b050-4213-bad9-4ae835a46e72"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d2b4fc4d-67be-486c-a72e-ab1ead969534" w:customStyle="1">
-    <w:name w:val="Normal Table_d2b4fc4d-67be-486c-a72e-ab1ead969534"/>
+  <w:style w:type="table" w:styleId="NormalTable_2dc3c709-1cf0-4d50-8a01-d506c6da8f99" w:customStyle="1">
+    <w:name w:val="Normal Table_2dc3c709-1cf0-4d50-8a01-d506c6da8f99"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4744fce7-267d-4dcc-8028-d2b876af47e3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d2b4fc4d-67be-486c-a72e-ab1ead969534"/>
+  <w:style w:type="table" w:styleId="TableGrid_7af6421b-e57b-40fe-8053-ecdc4ab4bc15" w:customStyle="1">
+    <w:name w:val="Table Grid_7af6421b-e57b-40fe-8053-ecdc4ab4bc15"/>
+    <w:basedOn w:val="NormalTable_2dc3c709-1cf0-4d50-8a01-d506c6da8f99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>