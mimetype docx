--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -177,51 +177,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3cc7c41f-1ee9-49c4-811f-2d97fc2160f9"/>
+      <w:tblStyle w:val="TableGrid_2472c604-f51b-42a5-aec3-624d030091f2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -232,51 +232,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:50:37 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:05:40 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -304,51 +304,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_48557bd5-89c1-479f-8598-91f2b42025e2"/>
+      <w:tblStyle w:val="TableGrid_a41d644d-c4e4-4b6f-9758-0ed14e7c962a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -406,51 +406,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+            <w:pStyle w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -463,59 +463,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+      <w:pStyle w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c5490b5d-9e9e-42c8-ba53-1b5e4f7a524b"/>
+      <w:tblStyle w:val="TableGrid_68274978-028a-4b54-9453-0ec6d4268d5c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -526,51 +526,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_56e9c5d1-ed2d-4cde-8231-b9bb6c922633"/>
+            <w:tblStyle w:val="TableGrid_07ef51ae-d379-4670-894e-643b074de3a2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -671,72 +671,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+            <w:pStyle w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5dbc4177-a740-4d3e-a35a-17d4d005ba5d"/>
+            <w:tblStyle w:val="TableGrid_06940bd9-9e3f-4be2-af91-f6c45fa003c0"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -837,62 +837,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+            <w:pStyle w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+      <w:pStyle w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -1426,629 +1426,629 @@
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TopptekstTegn" w:customStyle="1">
     <w:name w:val="Topptekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512" w:customStyle="1">
-    <w:name w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+  <w:style w:type="paragraph" w:styleId="Normal_12dee857-156e-4906-9992-d6dee9b081ba" w:customStyle="1">
+    <w:name w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+    <w:basedOn w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9fcba2a3-70dc-4ffd-958b-98dd2120fe68" w:customStyle="1">
-    <w:name w:val="Normal Table_9fcba2a3-70dc-4ffd-958b-98dd2120fe68"/>
+  <w:style w:type="table" w:styleId="NormalTable_03921c2e-84d6-49a6-93dc-e525c81d52bb" w:customStyle="1">
+    <w:name w:val="Normal Table_03921c2e-84d6-49a6-93dc-e525c81d52bb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_9fcba2a3-70dc-4ffd-958b-98dd2120fe68"/>
+    <w:basedOn w:val="NormalTable_03921c2e-84d6-49a6-93dc-e525c81d52bb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+    <w:basedOn w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_de4875e7-06aa-43cc-a4b0-332f5ae50512"/>
+    <w:basedOn w:val="Normal_12dee857-156e-4906-9992-d6dee9b081ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7ffe0cc4-03a0-449e-a382-6d31c748b9ec" w:customStyle="1">
-    <w:name w:val="Normal Table_7ffe0cc4-03a0-449e-a382-6d31c748b9ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_622cc8ba-6bfe-4067-ac48-6a2e088bd89e" w:customStyle="1">
+    <w:name w:val="Normal Table_622cc8ba-6bfe-4067-ac48-6a2e088bd89e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3f3e8ce4-e3b7-4ba6-bf56-5ae237b888b9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7ffe0cc4-03a0-449e-a382-6d31c748b9ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_5eeff666-a7a8-4f7c-a886-779ae9622359" w:customStyle="1">
+    <w:name w:val="Table Grid_5eeff666-a7a8-4f7c-a886-779ae9622359"/>
+    <w:basedOn w:val="NormalTable_622cc8ba-6bfe-4067-ac48-6a2e088bd89e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8b2e2526-3f52-4e44-9198-50d56189d953" w:customStyle="1">
-    <w:name w:val="Normal Table_8b2e2526-3f52-4e44-9198-50d56189d953"/>
+  <w:style w:type="table" w:styleId="NormalTable_18d75c4e-35cc-4f32-8fb1-c6f002794bb3" w:customStyle="1">
+    <w:name w:val="Normal Table_18d75c4e-35cc-4f32-8fb1-c6f002794bb3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97677076-b765-4bfd-b74d-92cc26e8d981" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8b2e2526-3f52-4e44-9198-50d56189d953"/>
+  <w:style w:type="table" w:styleId="TableGrid_e700ca30-e633-4f53-b05b-d7b5c76d4a99" w:customStyle="1">
+    <w:name w:val="Table Grid_e700ca30-e633-4f53-b05b-d7b5c76d4a99"/>
+    <w:basedOn w:val="NormalTable_18d75c4e-35cc-4f32-8fb1-c6f002794bb3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ddd32929-e1a9-4bdd-87ef-867f33ba87a5" w:customStyle="1">
-    <w:name w:val="Normal Table_ddd32929-e1a9-4bdd-87ef-867f33ba87a5"/>
+  <w:style w:type="table" w:styleId="NormalTable_b5967c22-6dff-4b1e-a6ed-0753205703fe" w:customStyle="1">
+    <w:name w:val="Normal Table_b5967c22-6dff-4b1e-a6ed-0753205703fe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5473a3fa-71a1-4c74-a374-6ca33d53869f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ddd32929-e1a9-4bdd-87ef-867f33ba87a5"/>
+  <w:style w:type="table" w:styleId="TableGrid_2c665731-6432-4002-bae9-945da5c230d8" w:customStyle="1">
+    <w:name w:val="Table Grid_2c665731-6432-4002-bae9-945da5c230d8"/>
+    <w:basedOn w:val="NormalTable_b5967c22-6dff-4b1e-a6ed-0753205703fe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_630a0463-c023-4e86-8b19-6aae9023595a" w:customStyle="1">
-    <w:name w:val="Normal Table_630a0463-c023-4e86-8b19-6aae9023595a"/>
+  <w:style w:type="table" w:styleId="NormalTable_b7feceb1-ef3e-4f8b-b96c-8d2a8b13042a" w:customStyle="1">
+    <w:name w:val="Normal Table_b7feceb1-ef3e-4f8b-b96c-8d2a8b13042a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_579a3588-13de-4aed-b0a0-75e8741f623d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_630a0463-c023-4e86-8b19-6aae9023595a"/>
+  <w:style w:type="table" w:styleId="TableGrid_f3b20188-064b-46c3-8218-dbfb15d8c457" w:customStyle="1">
+    <w:name w:val="Table Grid_f3b20188-064b-46c3-8218-dbfb15d8c457"/>
+    <w:basedOn w:val="NormalTable_b7feceb1-ef3e-4f8b-b96c-8d2a8b13042a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ef89c3b4-89fe-4648-af52-e856e603c03f" w:customStyle="1">
-    <w:name w:val="Normal Table_ef89c3b4-89fe-4648-af52-e856e603c03f"/>
+  <w:style w:type="table" w:styleId="NormalTable_bfefe14c-8a19-4387-b289-c912ce52d565" w:customStyle="1">
+    <w:name w:val="Normal Table_bfefe14c-8a19-4387-b289-c912ce52d565"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3cc7c41f-1ee9-49c4-811f-2d97fc2160f9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ef89c3b4-89fe-4648-af52-e856e603c03f"/>
+  <w:style w:type="table" w:styleId="TableGrid_2472c604-f51b-42a5-aec3-624d030091f2" w:customStyle="1">
+    <w:name w:val="Table Grid_2472c604-f51b-42a5-aec3-624d030091f2"/>
+    <w:basedOn w:val="NormalTable_bfefe14c-8a19-4387-b289-c912ce52d565"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_13537ae0-1f0a-412e-8db4-20fed7b92892" w:customStyle="1">
-    <w:name w:val="Normal Table_13537ae0-1f0a-412e-8db4-20fed7b92892"/>
+  <w:style w:type="table" w:styleId="NormalTable_0bbbb731-207b-4dbc-9110-a8ca50207795" w:customStyle="1">
+    <w:name w:val="Normal Table_0bbbb731-207b-4dbc-9110-a8ca50207795"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_48557bd5-89c1-479f-8598-91f2b42025e2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_13537ae0-1f0a-412e-8db4-20fed7b92892"/>
+  <w:style w:type="table" w:styleId="TableGrid_a41d644d-c4e4-4b6f-9758-0ed14e7c962a" w:customStyle="1">
+    <w:name w:val="Table Grid_a41d644d-c4e4-4b6f-9758-0ed14e7c962a"/>
+    <w:basedOn w:val="NormalTable_0bbbb731-207b-4dbc-9110-a8ca50207795"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f946668f-07cb-4fad-9f8a-7d81f1692734" w:customStyle="1">
-    <w:name w:val="Normal Table_f946668f-07cb-4fad-9f8a-7d81f1692734"/>
+  <w:style w:type="table" w:styleId="NormalTable_4ea727ff-be8e-4eac-b7bb-9a643ddceb70" w:customStyle="1">
+    <w:name w:val="Normal Table_4ea727ff-be8e-4eac-b7bb-9a643ddceb70"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_56e9c5d1-ed2d-4cde-8231-b9bb6c922633" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f946668f-07cb-4fad-9f8a-7d81f1692734"/>
+  <w:style w:type="table" w:styleId="TableGrid_07ef51ae-d379-4670-894e-643b074de3a2" w:customStyle="1">
+    <w:name w:val="Table Grid_07ef51ae-d379-4670-894e-643b074de3a2"/>
+    <w:basedOn w:val="NormalTable_4ea727ff-be8e-4eac-b7bb-9a643ddceb70"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_acc00c14-480f-4591-8778-a46db7abbdf7" w:customStyle="1">
-    <w:name w:val="Normal Table_acc00c14-480f-4591-8778-a46db7abbdf7"/>
+  <w:style w:type="table" w:styleId="NormalTable_543e6c7a-6ce8-43b3-8d0c-c268e9a4d328" w:customStyle="1">
+    <w:name w:val="Normal Table_543e6c7a-6ce8-43b3-8d0c-c268e9a4d328"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5dbc4177-a740-4d3e-a35a-17d4d005ba5d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_acc00c14-480f-4591-8778-a46db7abbdf7"/>
+  <w:style w:type="table" w:styleId="TableGrid_06940bd9-9e3f-4be2-af91-f6c45fa003c0" w:customStyle="1">
+    <w:name w:val="Table Grid_06940bd9-9e3f-4be2-af91-f6c45fa003c0"/>
+    <w:basedOn w:val="NormalTable_543e6c7a-6ce8-43b3-8d0c-c268e9a4d328"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d77584f4-72c7-428e-a1be-45d1f0fe9519" w:customStyle="1">
-    <w:name w:val="Normal Table_d77584f4-72c7-428e-a1be-45d1f0fe9519"/>
+  <w:style w:type="table" w:styleId="NormalTable_d282859e-e252-4fd4-91dd-97ae71cc9f64" w:customStyle="1">
+    <w:name w:val="Normal Table_d282859e-e252-4fd4-91dd-97ae71cc9f64"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c5490b5d-9e9e-42c8-ba53-1b5e4f7a524b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d77584f4-72c7-428e-a1be-45d1f0fe9519"/>
+  <w:style w:type="table" w:styleId="TableGrid_68274978-028a-4b54-9453-0ec6d4268d5c" w:customStyle="1">
+    <w:name w:val="Table Grid_68274978-028a-4b54-9453-0ec6d4268d5c"/>
+    <w:basedOn w:val="NormalTable_d282859e-e252-4fd4-91dd-97ae71cc9f64"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>