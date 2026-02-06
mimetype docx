--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -4548,51 +4548,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9b54210f-aa62-4330-afce-a73e3e5bf720"/>
+      <w:tblStyle w:val="TableGrid_8e4086cd-8d42-42d5-89ef-e402b2058627"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4748"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4603,51 +4603,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:51:06 </w:t>
+            <w:t xml:space="preserve">06.02.2026 02:31:21 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4675,51 +4675,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_dca4212a-ef25-41d9-81b1-a39971fa9822"/>
+      <w:tblStyle w:val="TableGrid_c975f88c-03ec-47f1-a98f-cd6f7f641180"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6371"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4777,51 +4777,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+            <w:pStyle w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4834,59 +4834,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+      <w:pStyle w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d553d159-ae3a-4c81-800c-cf648b44931e"/>
+      <w:tblStyle w:val="TableGrid_65fd04d3-2e46-4857-a39a-95582ce8b6fc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6172"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4897,51 +4897,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6172"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3ff9c457-c837-400b-af68-2c301d71983b"/>
+            <w:tblStyle w:val="TableGrid_3567d895-4b67-4f19-94d1-3758e867f73b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5042,72 +5042,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">15.01.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+            <w:pStyle w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_95e28c00-620a-4a12-99f9-d617b3b6710c"/>
+            <w:tblStyle w:val="TableGrid_f9902bd6-a231-46d9-a714-8187002f4ec2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5208,62 +5208,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+            <w:pStyle w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+      <w:pStyle w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
@@ -9383,629 +9383,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="INNH3">
     <w:name w:val="TOC 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="StilOverskrift3LatinBrdtekstCalibriAutomatiskFr" w:customStyle="1">
     <w:name w:val="Stil Overskrift 3 + (Latin) +Brødtekst (Calibri) Automatisk Før:..."/>
     <w:basedOn w:val="Overskrift3"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654" w:customStyle="1">
-    <w:name w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+  <w:style w:type="paragraph" w:styleId="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5" w:customStyle="1">
+    <w:name w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+    <w:basedOn w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ffa66e43-fa1d-4bb2-a145-29f368039439" w:customStyle="1">
-    <w:name w:val="Normal Table_ffa66e43-fa1d-4bb2-a145-29f368039439"/>
+  <w:style w:type="table" w:styleId="NormalTable_d200169b-b487-429f-9f7b-cfcbebdf4f3e" w:customStyle="1">
+    <w:name w:val="Normal Table_d200169b-b487-429f-9f7b-cfcbebdf4f3e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b447dbb9-25f0-40de-a732-8354148f10fd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ffa66e43-fa1d-4bb2-a145-29f368039439"/>
+  <w:style w:type="table" w:styleId="TableGrid_bed63ca1-3921-4c4f-83c2-ff58f79cada6" w:customStyle="1">
+    <w:name w:val="Table Grid_bed63ca1-3921-4c4f-83c2-ff58f79cada6"/>
+    <w:basedOn w:val="NormalTable_d200169b-b487-429f-9f7b-cfcbebdf4f3e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+    <w:basedOn w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c8a8dfc1-ed0c-4a1f-b11d-3ea2f7211654"/>
+    <w:basedOn w:val="Normal_983d8bf9-995a-4d0b-880f-28428a06ccc5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c51f035c-a01b-413d-b86b-ce59dab33522" w:customStyle="1">
-    <w:name w:val="Normal Table_c51f035c-a01b-413d-b86b-ce59dab33522"/>
+  <w:style w:type="table" w:styleId="NormalTable_995a5ded-c270-4ed1-8d8a-f00ce72426f5" w:customStyle="1">
+    <w:name w:val="Normal Table_995a5ded-c270-4ed1-8d8a-f00ce72426f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c09067d3-b16c-482e-a335-ed622af8a51a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c51f035c-a01b-413d-b86b-ce59dab33522"/>
+  <w:style w:type="table" w:styleId="TableGrid_596acd57-87cf-4d6a-b25d-5742b47d755e" w:customStyle="1">
+    <w:name w:val="Table Grid_596acd57-87cf-4d6a-b25d-5742b47d755e"/>
+    <w:basedOn w:val="NormalTable_995a5ded-c270-4ed1-8d8a-f00ce72426f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7b17cd94-355f-49f2-a1ca-75c0db091b32" w:customStyle="1">
-    <w:name w:val="Normal Table_7b17cd94-355f-49f2-a1ca-75c0db091b32"/>
+  <w:style w:type="table" w:styleId="NormalTable_89763c4f-7c22-4b6b-a112-7366e256f2c7" w:customStyle="1">
+    <w:name w:val="Normal Table_89763c4f-7c22-4b6b-a112-7366e256f2c7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d6269ce5-850a-40bb-9e32-5356367e5937" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7b17cd94-355f-49f2-a1ca-75c0db091b32"/>
+  <w:style w:type="table" w:styleId="TableGrid_353f8280-fba8-4a1f-ae98-4ab4a52a819f" w:customStyle="1">
+    <w:name w:val="Table Grid_353f8280-fba8-4a1f-ae98-4ab4a52a819f"/>
+    <w:basedOn w:val="NormalTable_89763c4f-7c22-4b6b-a112-7366e256f2c7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_37681c63-fae1-4c59-9ff1-f5a99bb6568b" w:customStyle="1">
-    <w:name w:val="Normal Table_37681c63-fae1-4c59-9ff1-f5a99bb6568b"/>
+  <w:style w:type="table" w:styleId="NormalTable_977c6287-291a-4f03-b6cc-ce989bfe62b3" w:customStyle="1">
+    <w:name w:val="Normal Table_977c6287-291a-4f03-b6cc-ce989bfe62b3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_745cf7e6-6780-4010-bafe-7f1d1ac18dda" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_37681c63-fae1-4c59-9ff1-f5a99bb6568b"/>
+  <w:style w:type="table" w:styleId="TableGrid_d9651fca-3bbc-4ada-872d-d505b27b440b" w:customStyle="1">
+    <w:name w:val="Table Grid_d9651fca-3bbc-4ada-872d-d505b27b440b"/>
+    <w:basedOn w:val="NormalTable_977c6287-291a-4f03-b6cc-ce989bfe62b3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_efbc5a81-07f4-4aef-94a3-7819ee7601d3" w:customStyle="1">
-    <w:name w:val="Normal Table_efbc5a81-07f4-4aef-94a3-7819ee7601d3"/>
+  <w:style w:type="table" w:styleId="NormalTable_fbc4bc4c-ca43-4544-88bd-8466b37830bb" w:customStyle="1">
+    <w:name w:val="Normal Table_fbc4bc4c-ca43-4544-88bd-8466b37830bb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b8c03c51-b7cc-4bab-919f-e6485b86d58e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_efbc5a81-07f4-4aef-94a3-7819ee7601d3"/>
+  <w:style w:type="table" w:styleId="TableGrid_a45c8889-9318-43aa-8dd4-6325dead8b00" w:customStyle="1">
+    <w:name w:val="Table Grid_a45c8889-9318-43aa-8dd4-6325dead8b00"/>
+    <w:basedOn w:val="NormalTable_fbc4bc4c-ca43-4544-88bd-8466b37830bb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e1a510b9-e189-41e8-92ca-86635272bf63" w:customStyle="1">
-    <w:name w:val="Normal Table_e1a510b9-e189-41e8-92ca-86635272bf63"/>
+  <w:style w:type="table" w:styleId="NormalTable_6b738926-394d-4934-9e35-348004a58879" w:customStyle="1">
+    <w:name w:val="Normal Table_6b738926-394d-4934-9e35-348004a58879"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9b54210f-aa62-4330-afce-a73e3e5bf720" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e1a510b9-e189-41e8-92ca-86635272bf63"/>
+  <w:style w:type="table" w:styleId="TableGrid_8e4086cd-8d42-42d5-89ef-e402b2058627" w:customStyle="1">
+    <w:name w:val="Table Grid_8e4086cd-8d42-42d5-89ef-e402b2058627"/>
+    <w:basedOn w:val="NormalTable_6b738926-394d-4934-9e35-348004a58879"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_46d7d293-d5c5-46ea-a548-c5b4fe13d595" w:customStyle="1">
-    <w:name w:val="Normal Table_46d7d293-d5c5-46ea-a548-c5b4fe13d595"/>
+  <w:style w:type="table" w:styleId="NormalTable_a42b1f16-9731-4846-b52a-5a6089555b31" w:customStyle="1">
+    <w:name w:val="Normal Table_a42b1f16-9731-4846-b52a-5a6089555b31"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dca4212a-ef25-41d9-81b1-a39971fa9822" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_46d7d293-d5c5-46ea-a548-c5b4fe13d595"/>
+  <w:style w:type="table" w:styleId="TableGrid_c975f88c-03ec-47f1-a98f-cd6f7f641180" w:customStyle="1">
+    <w:name w:val="Table Grid_c975f88c-03ec-47f1-a98f-cd6f7f641180"/>
+    <w:basedOn w:val="NormalTable_a42b1f16-9731-4846-b52a-5a6089555b31"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2cf89001-e266-4304-84a0-c89f43ee4c89" w:customStyle="1">
-    <w:name w:val="Normal Table_2cf89001-e266-4304-84a0-c89f43ee4c89"/>
+  <w:style w:type="table" w:styleId="NormalTable_be953f06-cbbc-4974-b976-c97c39ac2882" w:customStyle="1">
+    <w:name w:val="Normal Table_be953f06-cbbc-4974-b976-c97c39ac2882"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3ff9c457-c837-400b-af68-2c301d71983b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2cf89001-e266-4304-84a0-c89f43ee4c89"/>
+  <w:style w:type="table" w:styleId="TableGrid_3567d895-4b67-4f19-94d1-3758e867f73b" w:customStyle="1">
+    <w:name w:val="Table Grid_3567d895-4b67-4f19-94d1-3758e867f73b"/>
+    <w:basedOn w:val="NormalTable_be953f06-cbbc-4974-b976-c97c39ac2882"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c9984ff4-6e5b-4d1c-bfd4-42033bd7eca7" w:customStyle="1">
-    <w:name w:val="Normal Table_c9984ff4-6e5b-4d1c-bfd4-42033bd7eca7"/>
+  <w:style w:type="table" w:styleId="NormalTable_ef3dae4e-82a5-445f-9965-4c114cdedda4" w:customStyle="1">
+    <w:name w:val="Normal Table_ef3dae4e-82a5-445f-9965-4c114cdedda4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_95e28c00-620a-4a12-99f9-d617b3b6710c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c9984ff4-6e5b-4d1c-bfd4-42033bd7eca7"/>
+  <w:style w:type="table" w:styleId="TableGrid_f9902bd6-a231-46d9-a714-8187002f4ec2" w:customStyle="1">
+    <w:name w:val="Table Grid_f9902bd6-a231-46d9-a714-8187002f4ec2"/>
+    <w:basedOn w:val="NormalTable_ef3dae4e-82a5-445f-9965-4c114cdedda4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc67ed9b-bcba-4ea4-ac6e-1645d2e24973" w:customStyle="1">
-    <w:name w:val="Normal Table_fc67ed9b-bcba-4ea4-ac6e-1645d2e24973"/>
+  <w:style w:type="table" w:styleId="NormalTable_5cd30a5e-5fb8-4257-879a-d872b86f0041" w:customStyle="1">
+    <w:name w:val="Normal Table_5cd30a5e-5fb8-4257-879a-d872b86f0041"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d553d159-ae3a-4c81-800c-cf648b44931e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc67ed9b-bcba-4ea4-ac6e-1645d2e24973"/>
+  <w:style w:type="table" w:styleId="TableGrid_65fd04d3-2e46-4857-a39a-95582ce8b6fc" w:customStyle="1">
+    <w:name w:val="Table Grid_65fd04d3-2e46-4857-a39a-95582ce8b6fc"/>
+    <w:basedOn w:val="NormalTable_5cd30a5e-5fb8-4257-879a-d872b86f0041"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>