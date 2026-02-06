--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -2362,51 +2362,51 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0a72f256-7a3b-43ee-a606-4a354d3de382"/>
+      <w:tblStyle w:val="TableGrid_618d9200-f770-4f08-98e4-0f3beb0f5c3f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2417,51 +2417,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:49:40 </w:t>
+            <w:t xml:space="preserve">06.02.2026 00:55:05 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2489,51 +2489,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_97a1fbbc-600d-4dc4-8432-94f5697a23b4"/>
+      <w:tblStyle w:val="TableGrid_b220ba72-05aa-4565-bc48-6c993b115dce"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2591,51 +2591,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+            <w:pStyle w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="20" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2648,59 +2648,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+      <w:pStyle w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1a3a21af-fdc5-44e9-a6f0-d31d55bbcefd"/>
+      <w:tblStyle w:val="TableGrid_591724b2-4c3e-4549-bdd2-f88f27e84dcf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2711,51 +2711,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5f93f62b-21e4-47c9-a0ff-28cdcaccf565"/>
+            <w:tblStyle w:val="TableGrid_ff49ebc1-440a-4237-a932-162d97019612"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2856,72 +2856,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+            <w:pStyle w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_57cdec1d-e7d2-4b9b-a9d1-7cf17cedb570"/>
+            <w:tblStyle w:val="TableGrid_fb096e90-e242-4e21-9f2b-ac8da06c3e78"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3022,62 +3022,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+            <w:pStyle w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+      <w:pStyle w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="229"/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
@@ -3592,629 +3592,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02" w:customStyle="1">
-    <w:name w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+  <w:style w:type="paragraph" w:styleId="Normal_f62cded6-4481-430e-beff-cfab10de4f25" w:customStyle="1">
+    <w:name w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+    <w:basedOn w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ffeefc77-86f9-4386-a0dd-ced69e0e74c6" w:customStyle="1">
-    <w:name w:val="Normal Table_ffeefc77-86f9-4386-a0dd-ced69e0e74c6"/>
+  <w:style w:type="table" w:styleId="NormalTable_63dd5ed6-afdd-431c-b09e-c8d20287ce36" w:customStyle="1">
+    <w:name w:val="Normal Table_63dd5ed6-afdd-431c-b09e-c8d20287ce36"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_ffeefc77-86f9-4386-a0dd-ced69e0e74c6"/>
+    <w:basedOn w:val="NormalTable_63dd5ed6-afdd-431c-b09e-c8d20287ce36"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+    <w:basedOn w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_6cf754c6-3b69-4da5-afbc-0a6750793b02"/>
+    <w:basedOn w:val="Normal_f62cded6-4481-430e-beff-cfab10de4f25"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e11f809c-322e-4eb0-9dc5-f56e5970ed37" w:customStyle="1">
-    <w:name w:val="Normal Table_e11f809c-322e-4eb0-9dc5-f56e5970ed37"/>
+  <w:style w:type="table" w:styleId="NormalTable_1422ce98-8e8b-44af-b93d-70945d0beb2d" w:customStyle="1">
+    <w:name w:val="Normal Table_1422ce98-8e8b-44af-b93d-70945d0beb2d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ef931a1a-2dd5-46ac-86b4-01a4acb49e90" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e11f809c-322e-4eb0-9dc5-f56e5970ed37"/>
+  <w:style w:type="table" w:styleId="TableGrid_92170c17-567e-4b76-aba1-6cf756472339" w:customStyle="1">
+    <w:name w:val="Table Grid_92170c17-567e-4b76-aba1-6cf756472339"/>
+    <w:basedOn w:val="NormalTable_1422ce98-8e8b-44af-b93d-70945d0beb2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1890aaf4-a1d2-4dcf-a11e-aeeba0437fcf" w:customStyle="1">
-    <w:name w:val="Normal Table_1890aaf4-a1d2-4dcf-a11e-aeeba0437fcf"/>
+  <w:style w:type="table" w:styleId="NormalTable_f8e60741-835d-4c7b-a9a2-4ceffa5ff789" w:customStyle="1">
+    <w:name w:val="Normal Table_f8e60741-835d-4c7b-a9a2-4ceffa5ff789"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_23d0b18c-5995-4fbb-a729-0936b8e15220" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1890aaf4-a1d2-4dcf-a11e-aeeba0437fcf"/>
+  <w:style w:type="table" w:styleId="TableGrid_8f91ddc1-b079-4b39-8675-89aaebf586a5" w:customStyle="1">
+    <w:name w:val="Table Grid_8f91ddc1-b079-4b39-8675-89aaebf586a5"/>
+    <w:basedOn w:val="NormalTable_f8e60741-835d-4c7b-a9a2-4ceffa5ff789"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_de6f1d55-bd85-4bb4-a49c-be761a6ef1a8" w:customStyle="1">
-    <w:name w:val="Normal Table_de6f1d55-bd85-4bb4-a49c-be761a6ef1a8"/>
+  <w:style w:type="table" w:styleId="NormalTable_3fa71f2f-18b6-46f6-9d0d-4be3a44b8e5e" w:customStyle="1">
+    <w:name w:val="Normal Table_3fa71f2f-18b6-46f6-9d0d-4be3a44b8e5e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_05de42f5-300e-4e6d-8dc5-f80780b1bb00" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_de6f1d55-bd85-4bb4-a49c-be761a6ef1a8"/>
+  <w:style w:type="table" w:styleId="TableGrid_46b4c243-e01a-477f-88c0-880dab85d5bd" w:customStyle="1">
+    <w:name w:val="Table Grid_46b4c243-e01a-477f-88c0-880dab85d5bd"/>
+    <w:basedOn w:val="NormalTable_3fa71f2f-18b6-46f6-9d0d-4be3a44b8e5e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_611908d6-28e9-4c97-bc44-97ab6cf183f9" w:customStyle="1">
-    <w:name w:val="Normal Table_611908d6-28e9-4c97-bc44-97ab6cf183f9"/>
+  <w:style w:type="table" w:styleId="NormalTable_d279f9c0-5fbc-4482-9277-17bb4c5d7c02" w:customStyle="1">
+    <w:name w:val="Normal Table_d279f9c0-5fbc-4482-9277-17bb4c5d7c02"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_907d5630-2124-4cd7-b9b7-331cadf9734b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_611908d6-28e9-4c97-bc44-97ab6cf183f9"/>
+  <w:style w:type="table" w:styleId="TableGrid_17f6a40e-5d00-4a04-a754-d1c5cfb4cc3a" w:customStyle="1">
+    <w:name w:val="Table Grid_17f6a40e-5d00-4a04-a754-d1c5cfb4cc3a"/>
+    <w:basedOn w:val="NormalTable_d279f9c0-5fbc-4482-9277-17bb4c5d7c02"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d3184cc-c192-416c-a74f-60ca0a6bf7d3" w:customStyle="1">
-    <w:name w:val="Normal Table_6d3184cc-c192-416c-a74f-60ca0a6bf7d3"/>
+  <w:style w:type="table" w:styleId="NormalTable_d986b943-9654-4b86-8184-0e16c4740812" w:customStyle="1">
+    <w:name w:val="Normal Table_d986b943-9654-4b86-8184-0e16c4740812"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0a72f256-7a3b-43ee-a606-4a354d3de382" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6d3184cc-c192-416c-a74f-60ca0a6bf7d3"/>
+  <w:style w:type="table" w:styleId="TableGrid_618d9200-f770-4f08-98e4-0f3beb0f5c3f" w:customStyle="1">
+    <w:name w:val="Table Grid_618d9200-f770-4f08-98e4-0f3beb0f5c3f"/>
+    <w:basedOn w:val="NormalTable_d986b943-9654-4b86-8184-0e16c4740812"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b2af9bf-e13e-4e2c-8c3d-e951779034eb" w:customStyle="1">
-    <w:name w:val="Normal Table_4b2af9bf-e13e-4e2c-8c3d-e951779034eb"/>
+  <w:style w:type="table" w:styleId="NormalTable_4456fb9b-2301-4b43-995b-7e90dbd1aebb" w:customStyle="1">
+    <w:name w:val="Normal Table_4456fb9b-2301-4b43-995b-7e90dbd1aebb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97a1fbbc-600d-4dc4-8432-94f5697a23b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b2af9bf-e13e-4e2c-8c3d-e951779034eb"/>
+  <w:style w:type="table" w:styleId="TableGrid_b220ba72-05aa-4565-bc48-6c993b115dce" w:customStyle="1">
+    <w:name w:val="Table Grid_b220ba72-05aa-4565-bc48-6c993b115dce"/>
+    <w:basedOn w:val="NormalTable_4456fb9b-2301-4b43-995b-7e90dbd1aebb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_54fde789-22b4-4edd-a048-4e940eed4d6e" w:customStyle="1">
-    <w:name w:val="Normal Table_54fde789-22b4-4edd-a048-4e940eed4d6e"/>
+  <w:style w:type="table" w:styleId="NormalTable_e638b8b9-cb3b-4567-86b3-a1cc1f352054" w:customStyle="1">
+    <w:name w:val="Normal Table_e638b8b9-cb3b-4567-86b3-a1cc1f352054"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5f93f62b-21e4-47c9-a0ff-28cdcaccf565" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_54fde789-22b4-4edd-a048-4e940eed4d6e"/>
+  <w:style w:type="table" w:styleId="TableGrid_ff49ebc1-440a-4237-a932-162d97019612" w:customStyle="1">
+    <w:name w:val="Table Grid_ff49ebc1-440a-4237-a932-162d97019612"/>
+    <w:basedOn w:val="NormalTable_e638b8b9-cb3b-4567-86b3-a1cc1f352054"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_276d9f6e-0a9a-4a13-be54-bf2a60f6987b" w:customStyle="1">
-    <w:name w:val="Normal Table_276d9f6e-0a9a-4a13-be54-bf2a60f6987b"/>
+  <w:style w:type="table" w:styleId="NormalTable_f27a76f0-8bc3-4d2c-b4bc-b358858bbff7" w:customStyle="1">
+    <w:name w:val="Normal Table_f27a76f0-8bc3-4d2c-b4bc-b358858bbff7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_57cdec1d-e7d2-4b9b-a9d1-7cf17cedb570" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_276d9f6e-0a9a-4a13-be54-bf2a60f6987b"/>
+  <w:style w:type="table" w:styleId="TableGrid_fb096e90-e242-4e21-9f2b-ac8da06c3e78" w:customStyle="1">
+    <w:name w:val="Table Grid_fb096e90-e242-4e21-9f2b-ac8da06c3e78"/>
+    <w:basedOn w:val="NormalTable_f27a76f0-8bc3-4d2c-b4bc-b358858bbff7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dbaa97a5-9c8c-41ee-a7c5-b73b94bbe184" w:customStyle="1">
-    <w:name w:val="Normal Table_dbaa97a5-9c8c-41ee-a7c5-b73b94bbe184"/>
+  <w:style w:type="table" w:styleId="NormalTable_874cb7e5-620a-406d-936a-6700f4d8cf39" w:customStyle="1">
+    <w:name w:val="Normal Table_874cb7e5-620a-406d-936a-6700f4d8cf39"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1a3a21af-fdc5-44e9-a6f0-d31d55bbcefd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dbaa97a5-9c8c-41ee-a7c5-b73b94bbe184"/>
+  <w:style w:type="table" w:styleId="TableGrid_591724b2-4c3e-4549-bdd2-f88f27e84dcf" w:customStyle="1">
+    <w:name w:val="Table Grid_591724b2-4c3e-4549-bdd2-f88f27e84dcf"/>
+    <w:basedOn w:val="NormalTable_874cb7e5-620a-406d-936a-6700f4d8cf39"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>