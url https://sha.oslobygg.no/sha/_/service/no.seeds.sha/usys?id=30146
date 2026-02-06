--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -21288,51 +21288,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_81fe4576-9cce-43b5-b9f8-b17803341a14"/>
+      <w:tblStyle w:val="TableGrid_360b564a-1469-443d-a4ef-c2d398cc1d97"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11405"/>
       <w:gridCol w:w="11405"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21343,51 +21343,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11405"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:47:48 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:21 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11405"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21415,51 +21415,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_89bba5f4-b1e2-4d27-9952-8b15f1b79072"/>
+      <w:tblStyle w:val="TableGrid_b9c6bd70-fff7-49d9-9918-f5a9eab7f43a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21470,51 +21470,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:47:48 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:21 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21542,51 +21542,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b17baecf-3b99-458e-9ab6-9fc76e120cc8"/>
+      <w:tblStyle w:val="TableGrid_eb8c0b8b-3e09-4b7b-a80d-83144f1b7c73"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21597,51 +21597,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:47:48 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:21 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -21669,51 +21669,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_017c15ba-1b20-46f7-b2c1-fb549b0ef199"/>
+      <w:tblStyle w:val="TableGrid_abfda7fe-15a0-4cff-92bf-e96a0f13e12e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15305"/>
       <w:gridCol w:w="5490"/>
       <w:gridCol w:w="2015"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -21771,51 +21771,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2015"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -21828,59 +21828,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+      <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7912c3d9-cd42-42a8-b90d-758ca186e001"/>
+      <w:tblStyle w:val="TableGrid_a8a9df48-202e-4864-a22a-6fd9faaa3e8d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14827"/>
       <w:gridCol w:w="7983"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -21891,51 +21891,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14827"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f4621d99-8c60-4136-b5f7-92270e9a8d94"/>
+            <w:tblStyle w:val="TableGrid_75646faa-3422-415e-936c-03811d6f6d9e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22036,72 +22036,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7983"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_881d50b7-eabc-4061-98e6-303e03559cef"/>
+            <w:tblStyle w:val="TableGrid_4c17ba1c-9aa8-41d0-8c40-50f71ae292d7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22202,75 +22202,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+      <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_432f4f40-5d05-4d1a-8727-97861f40ff25"/>
+      <w:tblStyle w:val="TableGrid_42180442-dd5d-4972-ab0a-5260b2063ff4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -22328,51 +22328,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -22385,59 +22385,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+      <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3fd2c7ee-5fe2-462a-9561-16a0c811d82f"/>
+      <w:tblStyle w:val="TableGrid_77d6158c-a20e-4497-8589-c5a91342e13e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22448,51 +22448,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_effa019d-c774-4aab-be0a-117cb51654dd"/>
+            <w:tblStyle w:val="TableGrid_3d2a207a-1742-47f6-b30e-c2467424cdf3"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22593,72 +22593,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_03328d26-1457-412f-93e0-0078fbd68c49"/>
+            <w:tblStyle w:val="TableGrid_427d1124-bb6d-41e9-b923-396d4b697f90"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -22759,75 +22759,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+      <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2a273ba2-f4df-408d-bcbf-18f1508faab0"/>
+      <w:tblStyle w:val="TableGrid_36bceb51-25f4-4b45-bae5-c16cae043758"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -22885,51 +22885,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -22942,59 +22942,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+      <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1242064d-f0fa-4b6e-b3b7-b70d474e5e98"/>
+      <w:tblStyle w:val="TableGrid_1a243482-359b-4deb-b2f5-aef558779ad6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23005,51 +23005,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0b67ef95-b75e-45dc-9fa4-59363d4d6203"/>
+            <w:tblStyle w:val="TableGrid_ac189f8a-29ec-4295-a2e2-1307567f9092"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23150,72 +23150,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6105a03b-689a-48c9-a89c-448b38616e57"/>
+            <w:tblStyle w:val="TableGrid_2e4c1ec0-f2d3-465c-94e5-7cd1b3d357dd"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -23316,62 +23316,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+            <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+      <w:pStyle w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E31E63"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -25053,1729 +25053,1729 @@
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_934398c8-cfed-4598-a2b2-af561133c561" w:customStyle="1">
-    <w:name w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+  <w:style w:type="paragraph" w:styleId="Normal_657fb530-428a-45cc-918d-6c4af88f26ba" w:customStyle="1">
+    <w:name w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+    <w:basedOn w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a101c4c3-ca5e-450e-8c30-02a05da3d774" w:customStyle="1">
-    <w:name w:val="Normal Table_a101c4c3-ca5e-450e-8c30-02a05da3d774"/>
+  <w:style w:type="table" w:styleId="NormalTable_68a5d34c-9b87-4f16-85d2-7b6edf96746e" w:customStyle="1">
+    <w:name w:val="Normal Table_68a5d34c-9b87-4f16-85d2-7b6edf96746e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1309f752-99df-478e-8c53-f1048f125755" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a101c4c3-ca5e-450e-8c30-02a05da3d774"/>
+  <w:style w:type="table" w:styleId="TableGrid_9cae5749-3b90-474e-82cb-4882150e578f" w:customStyle="1">
+    <w:name w:val="Table Grid_9cae5749-3b90-474e-82cb-4882150e578f"/>
+    <w:basedOn w:val="NormalTable_68a5d34c-9b87-4f16-85d2-7b6edf96746e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+    <w:basedOn w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_934398c8-cfed-4598-a2b2-af561133c561"/>
+    <w:basedOn w:val="Normal_657fb530-428a-45cc-918d-6c4af88f26ba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bcf212c8-d633-49a2-b90a-01b16017d0ec" w:customStyle="1">
-    <w:name w:val="Normal Table_bcf212c8-d633-49a2-b90a-01b16017d0ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_0813022a-78eb-4c9c-9489-71733f6f08bd" w:customStyle="1">
+    <w:name w:val="Normal Table_0813022a-78eb-4c9c-9489-71733f6f08bd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_468c8195-9719-4bbb-a609-c3b1d50cdfde" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bcf212c8-d633-49a2-b90a-01b16017d0ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_592d72e4-4e41-4581-9476-4837b65e0474" w:customStyle="1">
+    <w:name w:val="Table Grid_592d72e4-4e41-4581-9476-4837b65e0474"/>
+    <w:basedOn w:val="NormalTable_0813022a-78eb-4c9c-9489-71733f6f08bd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_977edf3c-fe33-45f9-a248-05ecdfa41b4f" w:customStyle="1">
-    <w:name w:val="Normal Table_977edf3c-fe33-45f9-a248-05ecdfa41b4f"/>
+  <w:style w:type="table" w:styleId="NormalTable_61577cad-9b48-4e38-8887-5517e731ea2d" w:customStyle="1">
+    <w:name w:val="Normal Table_61577cad-9b48-4e38-8887-5517e731ea2d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3eff05b5-c6ae-4743-87d9-27dcbc03f52a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_977edf3c-fe33-45f9-a248-05ecdfa41b4f"/>
+  <w:style w:type="table" w:styleId="TableGrid_9b6e3962-bc00-4fe9-bd76-f0acbb5ae76c" w:customStyle="1">
+    <w:name w:val="Table Grid_9b6e3962-bc00-4fe9-bd76-f0acbb5ae76c"/>
+    <w:basedOn w:val="NormalTable_61577cad-9b48-4e38-8887-5517e731ea2d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_81ea1acf-2325-4cdc-8116-0903c3fa74ba" w:customStyle="1">
-    <w:name w:val="Normal Table_81ea1acf-2325-4cdc-8116-0903c3fa74ba"/>
+  <w:style w:type="table" w:styleId="NormalTable_67795aea-618d-4e80-a9dc-841318563a1a" w:customStyle="1">
+    <w:name w:val="Normal Table_67795aea-618d-4e80-a9dc-841318563a1a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9717ac96-b482-4abb-86dd-bad8d6e30744" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_81ea1acf-2325-4cdc-8116-0903c3fa74ba"/>
+  <w:style w:type="table" w:styleId="TableGrid_4ad228b1-5b47-4c81-95d1-ee6c7b9be980" w:customStyle="1">
+    <w:name w:val="Table Grid_4ad228b1-5b47-4c81-95d1-ee6c7b9be980"/>
+    <w:basedOn w:val="NormalTable_67795aea-618d-4e80-a9dc-841318563a1a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8962ce3d-90c8-443c-9822-8e94b595f5fa" w:customStyle="1">
-    <w:name w:val="Normal Table_8962ce3d-90c8-443c-9822-8e94b595f5fa"/>
+  <w:style w:type="table" w:styleId="NormalTable_1433a670-4420-4b5b-9752-709d71d3c289" w:customStyle="1">
+    <w:name w:val="Normal Table_1433a670-4420-4b5b-9752-709d71d3c289"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3c3b4ff4-c7c4-4ebd-8e76-80dfd2e51620" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8962ce3d-90c8-443c-9822-8e94b595f5fa"/>
+  <w:style w:type="table" w:styleId="TableGrid_19eea834-9c5d-49ce-b3cf-e0dd9eb5868b" w:customStyle="1">
+    <w:name w:val="Table Grid_19eea834-9c5d-49ce-b3cf-e0dd9eb5868b"/>
+    <w:basedOn w:val="NormalTable_1433a670-4420-4b5b-9752-709d71d3c289"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eaa03b9f-126b-4dab-a675-ec93a7fff94a" w:customStyle="1">
-    <w:name w:val="Normal Table_eaa03b9f-126b-4dab-a675-ec93a7fff94a"/>
+  <w:style w:type="table" w:styleId="NormalTable_c7e33a42-1471-4f1b-93bf-c46ef8533a0d" w:customStyle="1">
+    <w:name w:val="Normal Table_c7e33a42-1471-4f1b-93bf-c46ef8533a0d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_81fe4576-9cce-43b5-b9f8-b17803341a14" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eaa03b9f-126b-4dab-a675-ec93a7fff94a"/>
+  <w:style w:type="table" w:styleId="TableGrid_360b564a-1469-443d-a4ef-c2d398cc1d97" w:customStyle="1">
+    <w:name w:val="Table Grid_360b564a-1469-443d-a4ef-c2d398cc1d97"/>
+    <w:basedOn w:val="NormalTable_c7e33a42-1471-4f1b-93bf-c46ef8533a0d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_95445545-b15e-40a5-be7f-5d03e7689421" w:customStyle="1">
-    <w:name w:val="Normal Table_95445545-b15e-40a5-be7f-5d03e7689421"/>
+  <w:style w:type="table" w:styleId="NormalTable_68a45853-bc91-4f3b-9635-ce236ace207a" w:customStyle="1">
+    <w:name w:val="Normal Table_68a45853-bc91-4f3b-9635-ce236ace207a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_017c15ba-1b20-46f7-b2c1-fb549b0ef199" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_95445545-b15e-40a5-be7f-5d03e7689421"/>
+  <w:style w:type="table" w:styleId="TableGrid_abfda7fe-15a0-4cff-92bf-e96a0f13e12e" w:customStyle="1">
+    <w:name w:val="Table Grid_abfda7fe-15a0-4cff-92bf-e96a0f13e12e"/>
+    <w:basedOn w:val="NormalTable_68a45853-bc91-4f3b-9635-ce236ace207a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_529eeed8-1297-4259-9686-3696ac7d3760" w:customStyle="1">
-    <w:name w:val="Normal Table_529eeed8-1297-4259-9686-3696ac7d3760"/>
+  <w:style w:type="table" w:styleId="NormalTable_a708cc38-14a3-41db-87ad-41aae2a8e733" w:customStyle="1">
+    <w:name w:val="Normal Table_a708cc38-14a3-41db-87ad-41aae2a8e733"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f4621d99-8c60-4136-b5f7-92270e9a8d94" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_529eeed8-1297-4259-9686-3696ac7d3760"/>
+  <w:style w:type="table" w:styleId="TableGrid_75646faa-3422-415e-936c-03811d6f6d9e" w:customStyle="1">
+    <w:name w:val="Table Grid_75646faa-3422-415e-936c-03811d6f6d9e"/>
+    <w:basedOn w:val="NormalTable_a708cc38-14a3-41db-87ad-41aae2a8e733"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_29d6c48a-e509-425e-8f76-6de037e669f0" w:customStyle="1">
-    <w:name w:val="Normal Table_29d6c48a-e509-425e-8f76-6de037e669f0"/>
+  <w:style w:type="table" w:styleId="NormalTable_804add86-9bf6-4fd7-b846-5a8825d02713" w:customStyle="1">
+    <w:name w:val="Normal Table_804add86-9bf6-4fd7-b846-5a8825d02713"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_881d50b7-eabc-4061-98e6-303e03559cef" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_29d6c48a-e509-425e-8f76-6de037e669f0"/>
+  <w:style w:type="table" w:styleId="TableGrid_4c17ba1c-9aa8-41d0-8c40-50f71ae292d7" w:customStyle="1">
+    <w:name w:val="Table Grid_4c17ba1c-9aa8-41d0-8c40-50f71ae292d7"/>
+    <w:basedOn w:val="NormalTable_804add86-9bf6-4fd7-b846-5a8825d02713"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6c1f4be7-b4e1-40bb-8c67-3f521a96d0bb" w:customStyle="1">
-    <w:name w:val="Normal Table_6c1f4be7-b4e1-40bb-8c67-3f521a96d0bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_cc4f726e-d312-4010-8c96-f6ef5649109f" w:customStyle="1">
+    <w:name w:val="Normal Table_cc4f726e-d312-4010-8c96-f6ef5649109f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7912c3d9-cd42-42a8-b90d-758ca186e001" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6c1f4be7-b4e1-40bb-8c67-3f521a96d0bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_a8a9df48-202e-4864-a22a-6fd9faaa3e8d" w:customStyle="1">
+    <w:name w:val="Table Grid_a8a9df48-202e-4864-a22a-6fd9faaa3e8d"/>
+    <w:basedOn w:val="NormalTable_cc4f726e-d312-4010-8c96-f6ef5649109f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ac557224-a26a-4757-bd69-edb82609d8c6" w:customStyle="1">
-    <w:name w:val="Normal Table_ac557224-a26a-4757-bd69-edb82609d8c6"/>
+  <w:style w:type="table" w:styleId="NormalTable_9f1f78a8-3a41-45de-a502-85956cf85b86" w:customStyle="1">
+    <w:name w:val="Normal Table_9f1f78a8-3a41-45de-a502-85956cf85b86"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_50045112-1a6f-430c-a460-bd842b0f3a4a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ac557224-a26a-4757-bd69-edb82609d8c6"/>
+  <w:style w:type="table" w:styleId="TableGrid_22d864bc-e3f4-43d0-9c5a-6fa28b2d0b7d" w:customStyle="1">
+    <w:name w:val="Table Grid_22d864bc-e3f4-43d0-9c5a-6fa28b2d0b7d"/>
+    <w:basedOn w:val="NormalTable_9f1f78a8-3a41-45de-a502-85956cf85b86"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8faaec56-035e-4cb2-aa5e-156df108e3b5" w:customStyle="1">
-    <w:name w:val="Normal Table_8faaec56-035e-4cb2-aa5e-156df108e3b5"/>
+  <w:style w:type="table" w:styleId="NormalTable_23b206ec-9361-43e8-8380-86f904df38c3" w:customStyle="1">
+    <w:name w:val="Normal Table_23b206ec-9361-43e8-8380-86f904df38c3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9a9f5373-7515-4361-85b1-0416e121ef59" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8faaec56-035e-4cb2-aa5e-156df108e3b5"/>
+  <w:style w:type="table" w:styleId="TableGrid_15aa492c-105f-419f-8323-008d07ccc8a3" w:customStyle="1">
+    <w:name w:val="Table Grid_15aa492c-105f-419f-8323-008d07ccc8a3"/>
+    <w:basedOn w:val="NormalTable_23b206ec-9361-43e8-8380-86f904df38c3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b7844c35-5ef9-45ca-8abb-e53a47b9d220" w:customStyle="1">
-    <w:name w:val="Normal Table_b7844c35-5ef9-45ca-8abb-e53a47b9d220"/>
+  <w:style w:type="table" w:styleId="NormalTable_7291df9d-09ca-47a4-86d3-85b1411c35f3" w:customStyle="1">
+    <w:name w:val="Normal Table_7291df9d-09ca-47a4-86d3-85b1411c35f3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_26245edd-fc13-4948-af7b-c209caba996f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b7844c35-5ef9-45ca-8abb-e53a47b9d220"/>
+  <w:style w:type="table" w:styleId="TableGrid_328111df-3118-4f07-8436-1462947f0f39" w:customStyle="1">
+    <w:name w:val="Table Grid_328111df-3118-4f07-8436-1462947f0f39"/>
+    <w:basedOn w:val="NormalTable_7291df9d-09ca-47a4-86d3-85b1411c35f3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_71af2a13-a606-4131-9adf-4e86c4558e1f" w:customStyle="1">
-    <w:name w:val="Normal Table_71af2a13-a606-4131-9adf-4e86c4558e1f"/>
+  <w:style w:type="table" w:styleId="NormalTable_00d73f0d-55d0-4683-a30f-fb755b0a1170" w:customStyle="1">
+    <w:name w:val="Normal Table_00d73f0d-55d0-4683-a30f-fb755b0a1170"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6f37722c-81f5-43b4-b45e-ab6eabc77feb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_71af2a13-a606-4131-9adf-4e86c4558e1f"/>
+  <w:style w:type="table" w:styleId="TableGrid_e5b14bc6-6486-4888-9a3c-aeb5a5d7a51e" w:customStyle="1">
+    <w:name w:val="Table Grid_e5b14bc6-6486-4888-9a3c-aeb5a5d7a51e"/>
+    <w:basedOn w:val="NormalTable_00d73f0d-55d0-4683-a30f-fb755b0a1170"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_60a72cdf-6f36-4876-9e31-73b6c19f7d6b" w:customStyle="1">
-    <w:name w:val="Normal Table_60a72cdf-6f36-4876-9e31-73b6c19f7d6b"/>
+  <w:style w:type="table" w:styleId="NormalTable_454dabaf-8938-490e-b051-67d34b6a62df" w:customStyle="1">
+    <w:name w:val="Normal Table_454dabaf-8938-490e-b051-67d34b6a62df"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e9b84397-2562-4427-94d6-bfe33dbca292" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_60a72cdf-6f36-4876-9e31-73b6c19f7d6b"/>
+  <w:style w:type="table" w:styleId="TableGrid_fa4de8e3-f000-4ccb-9187-4e129e0bc8e6" w:customStyle="1">
+    <w:name w:val="Table Grid_fa4de8e3-f000-4ccb-9187-4e129e0bc8e6"/>
+    <w:basedOn w:val="NormalTable_454dabaf-8938-490e-b051-67d34b6a62df"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a7ef7e98-cfba-4171-aa0f-96b89c3b5cd3" w:customStyle="1">
-    <w:name w:val="Normal Table_a7ef7e98-cfba-4171-aa0f-96b89c3b5cd3"/>
+  <w:style w:type="table" w:styleId="NormalTable_c32aac6a-8951-4f5c-954e-96a76c10835f" w:customStyle="1">
+    <w:name w:val="Normal Table_c32aac6a-8951-4f5c-954e-96a76c10835f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_89bba5f4-b1e2-4d27-9952-8b15f1b79072" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a7ef7e98-cfba-4171-aa0f-96b89c3b5cd3"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9c6bd70-fff7-49d9-9918-f5a9eab7f43a" w:customStyle="1">
+    <w:name w:val="Table Grid_b9c6bd70-fff7-49d9-9918-f5a9eab7f43a"/>
+    <w:basedOn w:val="NormalTable_c32aac6a-8951-4f5c-954e-96a76c10835f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cfc7de17-4008-4de2-a363-0bd46c3c7667" w:customStyle="1">
-    <w:name w:val="Normal Table_cfc7de17-4008-4de2-a363-0bd46c3c7667"/>
+  <w:style w:type="table" w:styleId="NormalTable_b4a5fdab-66f1-43fc-ae0b-6fe362a0bfa1" w:customStyle="1">
+    <w:name w:val="Normal Table_b4a5fdab-66f1-43fc-ae0b-6fe362a0bfa1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_432f4f40-5d05-4d1a-8727-97861f40ff25" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cfc7de17-4008-4de2-a363-0bd46c3c7667"/>
+  <w:style w:type="table" w:styleId="TableGrid_42180442-dd5d-4972-ab0a-5260b2063ff4" w:customStyle="1">
+    <w:name w:val="Table Grid_42180442-dd5d-4972-ab0a-5260b2063ff4"/>
+    <w:basedOn w:val="NormalTable_b4a5fdab-66f1-43fc-ae0b-6fe362a0bfa1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b3dee1da-2159-4cc5-88e3-4c1df5c5de8d" w:customStyle="1">
-    <w:name w:val="Normal Table_b3dee1da-2159-4cc5-88e3-4c1df5c5de8d"/>
+  <w:style w:type="table" w:styleId="NormalTable_845c34e1-de30-47d3-aa88-66989e970634" w:customStyle="1">
+    <w:name w:val="Normal Table_845c34e1-de30-47d3-aa88-66989e970634"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_effa019d-c774-4aab-be0a-117cb51654dd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b3dee1da-2159-4cc5-88e3-4c1df5c5de8d"/>
+  <w:style w:type="table" w:styleId="TableGrid_3d2a207a-1742-47f6-b30e-c2467424cdf3" w:customStyle="1">
+    <w:name w:val="Table Grid_3d2a207a-1742-47f6-b30e-c2467424cdf3"/>
+    <w:basedOn w:val="NormalTable_845c34e1-de30-47d3-aa88-66989e970634"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_23b44cac-77ab-4f4f-b95e-ae886ad8c5fe" w:customStyle="1">
-    <w:name w:val="Normal Table_23b44cac-77ab-4f4f-b95e-ae886ad8c5fe"/>
+  <w:style w:type="table" w:styleId="NormalTable_f72e6592-e3a7-4877-a926-5ff20d64bf3a" w:customStyle="1">
+    <w:name w:val="Normal Table_f72e6592-e3a7-4877-a926-5ff20d64bf3a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_03328d26-1457-412f-93e0-0078fbd68c49" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_23b44cac-77ab-4f4f-b95e-ae886ad8c5fe"/>
+  <w:style w:type="table" w:styleId="TableGrid_427d1124-bb6d-41e9-b923-396d4b697f90" w:customStyle="1">
+    <w:name w:val="Table Grid_427d1124-bb6d-41e9-b923-396d4b697f90"/>
+    <w:basedOn w:val="NormalTable_f72e6592-e3a7-4877-a926-5ff20d64bf3a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9eb995fe-4c78-4a79-831b-01f6cc691f38" w:customStyle="1">
-    <w:name w:val="Normal Table_9eb995fe-4c78-4a79-831b-01f6cc691f38"/>
+  <w:style w:type="table" w:styleId="NormalTable_ddb4a2d3-9a5d-4e5d-a5a4-b33bf52867c7" w:customStyle="1">
+    <w:name w:val="Normal Table_ddb4a2d3-9a5d-4e5d-a5a4-b33bf52867c7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3fd2c7ee-5fe2-462a-9561-16a0c811d82f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9eb995fe-4c78-4a79-831b-01f6cc691f38"/>
+  <w:style w:type="table" w:styleId="TableGrid_77d6158c-a20e-4497-8589-c5a91342e13e" w:customStyle="1">
+    <w:name w:val="Table Grid_77d6158c-a20e-4497-8589-c5a91342e13e"/>
+    <w:basedOn w:val="NormalTable_ddb4a2d3-9a5d-4e5d-a5a4-b33bf52867c7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cd2e2834-4a6f-4a98-a6a3-54ec9d6c8533" w:customStyle="1">
-    <w:name w:val="Normal Table_cd2e2834-4a6f-4a98-a6a3-54ec9d6c8533"/>
+  <w:style w:type="table" w:styleId="NormalTable_b8b742a7-987e-4dbb-9b5c-56f8c78faee5" w:customStyle="1">
+    <w:name w:val="Normal Table_b8b742a7-987e-4dbb-9b5c-56f8c78faee5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_78f9bdbf-77aa-492e-aeef-015e6ce2daad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cd2e2834-4a6f-4a98-a6a3-54ec9d6c8533"/>
+  <w:style w:type="table" w:styleId="TableGrid_d61c1901-d7a2-436e-9d2f-00bc470116ab" w:customStyle="1">
+    <w:name w:val="Table Grid_d61c1901-d7a2-436e-9d2f-00bc470116ab"/>
+    <w:basedOn w:val="NormalTable_b8b742a7-987e-4dbb-9b5c-56f8c78faee5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_09abadaa-af8b-4fa4-a45f-4b71a2e654fd" w:customStyle="1">
-    <w:name w:val="Normal Table_09abadaa-af8b-4fa4-a45f-4b71a2e654fd"/>
+  <w:style w:type="table" w:styleId="NormalTable_58caf0a7-4085-4aea-9236-942ec156154e" w:customStyle="1">
+    <w:name w:val="Normal Table_58caf0a7-4085-4aea-9236-942ec156154e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_40cf9d5d-9c67-454a-8935-2900713aa550" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_09abadaa-af8b-4fa4-a45f-4b71a2e654fd"/>
+  <w:style w:type="table" w:styleId="TableGrid_88624923-1ebb-47d2-99b2-0714d16a20d8" w:customStyle="1">
+    <w:name w:val="Table Grid_88624923-1ebb-47d2-99b2-0714d16a20d8"/>
+    <w:basedOn w:val="NormalTable_58caf0a7-4085-4aea-9236-942ec156154e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_82866c4a-900d-4d87-8eeb-8413ddd76ce5" w:customStyle="1">
-    <w:name w:val="Normal Table_82866c4a-900d-4d87-8eeb-8413ddd76ce5"/>
+  <w:style w:type="table" w:styleId="NormalTable_5a4b9855-60b6-411d-918c-5721bfbfff98" w:customStyle="1">
+    <w:name w:val="Normal Table_5a4b9855-60b6-411d-918c-5721bfbfff98"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fec4da41-c51a-4554-9b7e-93435e78c13c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_82866c4a-900d-4d87-8eeb-8413ddd76ce5"/>
+  <w:style w:type="table" w:styleId="TableGrid_fd58a925-2c86-4fdb-b18a-1914d9d66ae5" w:customStyle="1">
+    <w:name w:val="Table Grid_fd58a925-2c86-4fdb-b18a-1914d9d66ae5"/>
+    <w:basedOn w:val="NormalTable_5a4b9855-60b6-411d-918c-5721bfbfff98"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc3b3467-8562-4ff3-a5f9-3c603b236564" w:customStyle="1">
-    <w:name w:val="Normal Table_fc3b3467-8562-4ff3-a5f9-3c603b236564"/>
+  <w:style w:type="table" w:styleId="NormalTable_e86a3f65-9442-4711-9e71-a32152225a17" w:customStyle="1">
+    <w:name w:val="Normal Table_e86a3f65-9442-4711-9e71-a32152225a17"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ab3d909b-4388-4013-af95-c3cda4def9bb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc3b3467-8562-4ff3-a5f9-3c603b236564"/>
+  <w:style w:type="table" w:styleId="TableGrid_004622d3-beea-4918-abda-4e02c7fb7ac7" w:customStyle="1">
+    <w:name w:val="Table Grid_004622d3-beea-4918-abda-4e02c7fb7ac7"/>
+    <w:basedOn w:val="NormalTable_e86a3f65-9442-4711-9e71-a32152225a17"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d9371b2c-8736-4e55-bcec-ce4cd754a00c" w:customStyle="1">
-    <w:name w:val="Normal Table_d9371b2c-8736-4e55-bcec-ce4cd754a00c"/>
+  <w:style w:type="table" w:styleId="NormalTable_1ee869e5-5f9d-4a87-bae3-972e3069f857" w:customStyle="1">
+    <w:name w:val="Normal Table_1ee869e5-5f9d-4a87-bae3-972e3069f857"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_133751e2-bfdd-43b0-84d4-f765d9f8588f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d9371b2c-8736-4e55-bcec-ce4cd754a00c"/>
+  <w:style w:type="table" w:styleId="TableGrid_c86c405c-abe6-491b-bdf7-ae1ad586e3fd" w:customStyle="1">
+    <w:name w:val="Table Grid_c86c405c-abe6-491b-bdf7-ae1ad586e3fd"/>
+    <w:basedOn w:val="NormalTable_1ee869e5-5f9d-4a87-bae3-972e3069f857"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_21f005db-3875-4ecb-aa0a-3e9bd25ec5ed" w:customStyle="1">
-    <w:name w:val="Normal Table_21f005db-3875-4ecb-aa0a-3e9bd25ec5ed"/>
+  <w:style w:type="table" w:styleId="NormalTable_ff979f78-ddad-48ad-af72-03d5f8c62bd4" w:customStyle="1">
+    <w:name w:val="Normal Table_ff979f78-ddad-48ad-af72-03d5f8c62bd4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b17baecf-3b99-458e-9ab6-9fc76e120cc8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_21f005db-3875-4ecb-aa0a-3e9bd25ec5ed"/>
+  <w:style w:type="table" w:styleId="TableGrid_eb8c0b8b-3e09-4b7b-a80d-83144f1b7c73" w:customStyle="1">
+    <w:name w:val="Table Grid_eb8c0b8b-3e09-4b7b-a80d-83144f1b7c73"/>
+    <w:basedOn w:val="NormalTable_ff979f78-ddad-48ad-af72-03d5f8c62bd4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5fd2dac9-3f0b-40e7-82cc-cccdaa6b116e" w:customStyle="1">
-    <w:name w:val="Normal Table_5fd2dac9-3f0b-40e7-82cc-cccdaa6b116e"/>
+  <w:style w:type="table" w:styleId="NormalTable_9ecc0a31-578f-441d-83a7-46e24823f288" w:customStyle="1">
+    <w:name w:val="Normal Table_9ecc0a31-578f-441d-83a7-46e24823f288"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2a273ba2-f4df-408d-bcbf-18f1508faab0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5fd2dac9-3f0b-40e7-82cc-cccdaa6b116e"/>
+  <w:style w:type="table" w:styleId="TableGrid_36bceb51-25f4-4b45-bae5-c16cae043758" w:customStyle="1">
+    <w:name w:val="Table Grid_36bceb51-25f4-4b45-bae5-c16cae043758"/>
+    <w:basedOn w:val="NormalTable_9ecc0a31-578f-441d-83a7-46e24823f288"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_79a051ea-3665-45f6-9062-5208d6ef2e42" w:customStyle="1">
-    <w:name w:val="Normal Table_79a051ea-3665-45f6-9062-5208d6ef2e42"/>
+  <w:style w:type="table" w:styleId="NormalTable_38b274f4-09f3-45bf-a801-09f9d22c6334" w:customStyle="1">
+    <w:name w:val="Normal Table_38b274f4-09f3-45bf-a801-09f9d22c6334"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0b67ef95-b75e-45dc-9fa4-59363d4d6203" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_79a051ea-3665-45f6-9062-5208d6ef2e42"/>
+  <w:style w:type="table" w:styleId="TableGrid_ac189f8a-29ec-4295-a2e2-1307567f9092" w:customStyle="1">
+    <w:name w:val="Table Grid_ac189f8a-29ec-4295-a2e2-1307567f9092"/>
+    <w:basedOn w:val="NormalTable_38b274f4-09f3-45bf-a801-09f9d22c6334"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f26fb2dc-36ff-4245-8129-31720835bdd7" w:customStyle="1">
-    <w:name w:val="Normal Table_f26fb2dc-36ff-4245-8129-31720835bdd7"/>
+  <w:style w:type="table" w:styleId="NormalTable_0529eebb-53de-41e7-b360-45e7be0409c7" w:customStyle="1">
+    <w:name w:val="Normal Table_0529eebb-53de-41e7-b360-45e7be0409c7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6105a03b-689a-48c9-a89c-448b38616e57" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f26fb2dc-36ff-4245-8129-31720835bdd7"/>
+  <w:style w:type="table" w:styleId="TableGrid_2e4c1ec0-f2d3-465c-94e5-7cd1b3d357dd" w:customStyle="1">
+    <w:name w:val="Table Grid_2e4c1ec0-f2d3-465c-94e5-7cd1b3d357dd"/>
+    <w:basedOn w:val="NormalTable_0529eebb-53de-41e7-b360-45e7be0409c7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_041f8a0e-499e-4c82-b90f-6d7235f4c5dd" w:customStyle="1">
-    <w:name w:val="Normal Table_041f8a0e-499e-4c82-b90f-6d7235f4c5dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_f18f9219-9e9a-454e-85ec-bbec2f652f00" w:customStyle="1">
+    <w:name w:val="Normal Table_f18f9219-9e9a-454e-85ec-bbec2f652f00"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1242064d-f0fa-4b6e-b3b7-b70d474e5e98" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_041f8a0e-499e-4c82-b90f-6d7235f4c5dd"/>
+  <w:style w:type="table" w:styleId="TableGrid_1a243482-359b-4deb-b2f5-aef558779ad6" w:customStyle="1">
+    <w:name w:val="Table Grid_1a243482-359b-4deb-b2f5-aef558779ad6"/>
+    <w:basedOn w:val="NormalTable_f18f9219-9e9a-454e-85ec-bbec2f652f00"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>