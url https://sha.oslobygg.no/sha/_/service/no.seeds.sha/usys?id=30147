--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -1923,51 +1923,51 @@
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_618fd023-1218-4052-8d70-f34c0ee5261d"/>
+      <w:tblStyle w:val="TableGrid_40f4e1db-c841-492b-bb45-37bb744a11cd"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1978,51 +1978,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:51:23 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:03 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2050,51 +2050,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_790b471d-baef-44b6-9dda-9648e60925d5"/>
+      <w:tblStyle w:val="TableGrid_b9b6f950-c17f-4f4a-96af-f5a5d55f6aa0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2152,51 +2152,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+            <w:pStyle w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2209,59 +2209,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+      <w:pStyle w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e9256c4a-716a-44a3-aa43-00c1bf7ef40c"/>
+      <w:tblStyle w:val="TableGrid_0df14996-94fc-4e83-b7c4-98a28a253d68"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2272,51 +2272,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_979b5b5c-18a6-4430-ab52-b0f2e68e212e"/>
+            <w:tblStyle w:val="TableGrid_f53751a3-9b9a-40d8-918f-af80cf266e58"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2417,72 +2417,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+            <w:pStyle w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e0dc95db-c93e-4b57-aafb-6c4a6aa31534"/>
+            <w:tblStyle w:val="TableGrid_b70fa3a1-7a6b-4147-8a6f-71913c3b1a72"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2583,62 +2583,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+            <w:pStyle w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+      <w:pStyle w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="27034A2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -4037,629 +4037,629 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tiltak1" w:customStyle="1">
     <w:name w:val="Tiltak1"/>
     <w:basedOn w:val="Overskrift3"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:ind w:left="266" w:hanging="96"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_44491556-ceae-467a-ba26-39e37acbc220" w:customStyle="1">
-    <w:name w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+  <w:style w:type="paragraph" w:styleId="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c" w:customStyle="1">
+    <w:name w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+    <w:basedOn w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c680fdcd-aab3-4096-91fa-cb2e1a53b291" w:customStyle="1">
-    <w:name w:val="Normal Table_c680fdcd-aab3-4096-91fa-cb2e1a53b291"/>
+  <w:style w:type="table" w:styleId="NormalTable_9a70dccd-010c-4460-a0f3-c63402fd0cb8" w:customStyle="1">
+    <w:name w:val="Normal Table_9a70dccd-010c-4460-a0f3-c63402fd0cb8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cfefa591-19fa-409f-90a8-4b4744342876" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c680fdcd-aab3-4096-91fa-cb2e1a53b291"/>
+  <w:style w:type="table" w:styleId="TableGrid_14b07771-d9d2-47d5-9277-2aa910d44f5a" w:customStyle="1">
+    <w:name w:val="Table Grid_14b07771-d9d2-47d5-9277-2aa910d44f5a"/>
+    <w:basedOn w:val="NormalTable_9a70dccd-010c-4460-a0f3-c63402fd0cb8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+    <w:basedOn w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_44491556-ceae-467a-ba26-39e37acbc220"/>
+    <w:basedOn w:val="Normal_ca0ec135-7f46-4ded-a5dc-70ba8c8cf69c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1824633c-6d15-4d90-831c-95f53105ad29" w:customStyle="1">
-    <w:name w:val="Normal Table_1824633c-6d15-4d90-831c-95f53105ad29"/>
+  <w:style w:type="table" w:styleId="NormalTable_8d23dab4-1936-40db-bffd-f0724458b5e1" w:customStyle="1">
+    <w:name w:val="Normal Table_8d23dab4-1936-40db-bffd-f0724458b5e1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2988eeb3-e41f-4a85-97a8-37c9d06736ce" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1824633c-6d15-4d90-831c-95f53105ad29"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6871159-24ff-43ee-87bd-8f275b036e73" w:customStyle="1">
+    <w:name w:val="Table Grid_e6871159-24ff-43ee-87bd-8f275b036e73"/>
+    <w:basedOn w:val="NormalTable_8d23dab4-1936-40db-bffd-f0724458b5e1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2fdd8281-afa8-4bc3-8a47-69b10328d5a6" w:customStyle="1">
-    <w:name w:val="Normal Table_2fdd8281-afa8-4bc3-8a47-69b10328d5a6"/>
+  <w:style w:type="table" w:styleId="NormalTable_278b3fee-9db4-4000-9abd-7349efd7adb3" w:customStyle="1">
+    <w:name w:val="Normal Table_278b3fee-9db4-4000-9abd-7349efd7adb3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8c02bd00-cb9f-4ace-8caf-01b8dc30d1fe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2fdd8281-afa8-4bc3-8a47-69b10328d5a6"/>
+  <w:style w:type="table" w:styleId="TableGrid_5565cb59-336b-4516-87e6-1f5bd5f4cac5" w:customStyle="1">
+    <w:name w:val="Table Grid_5565cb59-336b-4516-87e6-1f5bd5f4cac5"/>
+    <w:basedOn w:val="NormalTable_278b3fee-9db4-4000-9abd-7349efd7adb3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a70426aa-561b-4af8-a0ea-97bc1c1dafab" w:customStyle="1">
-    <w:name w:val="Normal Table_a70426aa-561b-4af8-a0ea-97bc1c1dafab"/>
+  <w:style w:type="table" w:styleId="NormalTable_8e341014-2433-4eec-b922-17be30bd26cf" w:customStyle="1">
+    <w:name w:val="Normal Table_8e341014-2433-4eec-b922-17be30bd26cf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ec5e60c5-143b-468e-9fc3-9d7beef82403" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a70426aa-561b-4af8-a0ea-97bc1c1dafab"/>
+  <w:style w:type="table" w:styleId="TableGrid_ebf63497-d7ff-4f02-9dc1-a5cfb3bdf366" w:customStyle="1">
+    <w:name w:val="Table Grid_ebf63497-d7ff-4f02-9dc1-a5cfb3bdf366"/>
+    <w:basedOn w:val="NormalTable_8e341014-2433-4eec-b922-17be30bd26cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_64bf72fe-15ad-4ee8-9327-536b2146be66" w:customStyle="1">
-    <w:name w:val="Normal Table_64bf72fe-15ad-4ee8-9327-536b2146be66"/>
+  <w:style w:type="table" w:styleId="NormalTable_a1753782-1d47-4ef5-8796-f274a9654b4c" w:customStyle="1">
+    <w:name w:val="Normal Table_a1753782-1d47-4ef5-8796-f274a9654b4c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6fb75912-83b7-4c3d-b74f-7488d9db5f36" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_64bf72fe-15ad-4ee8-9327-536b2146be66"/>
+  <w:style w:type="table" w:styleId="TableGrid_d2d98ade-0ce6-4ff1-b3b5-a3effc71ae35" w:customStyle="1">
+    <w:name w:val="Table Grid_d2d98ade-0ce6-4ff1-b3b5-a3effc71ae35"/>
+    <w:basedOn w:val="NormalTable_a1753782-1d47-4ef5-8796-f274a9654b4c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9736289c-c368-4673-9f80-0800c4fb51a8" w:customStyle="1">
-    <w:name w:val="Normal Table_9736289c-c368-4673-9f80-0800c4fb51a8"/>
+  <w:style w:type="table" w:styleId="NormalTable_19fbe5f8-d1c9-49af-83aa-ffa88361591c" w:customStyle="1">
+    <w:name w:val="Normal Table_19fbe5f8-d1c9-49af-83aa-ffa88361591c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_618fd023-1218-4052-8d70-f34c0ee5261d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9736289c-c368-4673-9f80-0800c4fb51a8"/>
+  <w:style w:type="table" w:styleId="TableGrid_40f4e1db-c841-492b-bb45-37bb744a11cd" w:customStyle="1">
+    <w:name w:val="Table Grid_40f4e1db-c841-492b-bb45-37bb744a11cd"/>
+    <w:basedOn w:val="NormalTable_19fbe5f8-d1c9-49af-83aa-ffa88361591c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d58c1f0f-4aba-4666-af60-e07e15e8f5f9" w:customStyle="1">
-    <w:name w:val="Normal Table_d58c1f0f-4aba-4666-af60-e07e15e8f5f9"/>
+  <w:style w:type="table" w:styleId="NormalTable_17930fb6-91b3-4eff-901e-bba0ca46a066" w:customStyle="1">
+    <w:name w:val="Normal Table_17930fb6-91b3-4eff-901e-bba0ca46a066"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_790b471d-baef-44b6-9dda-9648e60925d5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d58c1f0f-4aba-4666-af60-e07e15e8f5f9"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9b6f950-c17f-4f4a-96af-f5a5d55f6aa0" w:customStyle="1">
+    <w:name w:val="Table Grid_b9b6f950-c17f-4f4a-96af-f5a5d55f6aa0"/>
+    <w:basedOn w:val="NormalTable_17930fb6-91b3-4eff-901e-bba0ca46a066"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_40931de9-3654-4dde-9129-f57e20baeae4" w:customStyle="1">
-    <w:name w:val="Normal Table_40931de9-3654-4dde-9129-f57e20baeae4"/>
+  <w:style w:type="table" w:styleId="NormalTable_1fae6150-eb3f-4ee5-b0f0-534ec8a6dc73" w:customStyle="1">
+    <w:name w:val="Normal Table_1fae6150-eb3f-4ee5-b0f0-534ec8a6dc73"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_979b5b5c-18a6-4430-ab52-b0f2e68e212e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_40931de9-3654-4dde-9129-f57e20baeae4"/>
+  <w:style w:type="table" w:styleId="TableGrid_f53751a3-9b9a-40d8-918f-af80cf266e58" w:customStyle="1">
+    <w:name w:val="Table Grid_f53751a3-9b9a-40d8-918f-af80cf266e58"/>
+    <w:basedOn w:val="NormalTable_1fae6150-eb3f-4ee5-b0f0-534ec8a6dc73"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b26fdff7-49cf-45ba-bbf6-ccb1b97ebaf4" w:customStyle="1">
-    <w:name w:val="Normal Table_b26fdff7-49cf-45ba-bbf6-ccb1b97ebaf4"/>
+  <w:style w:type="table" w:styleId="NormalTable_7d671c6a-28ac-4d70-97e8-dbf1029f6997" w:customStyle="1">
+    <w:name w:val="Normal Table_7d671c6a-28ac-4d70-97e8-dbf1029f6997"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e0dc95db-c93e-4b57-aafb-6c4a6aa31534" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b26fdff7-49cf-45ba-bbf6-ccb1b97ebaf4"/>
+  <w:style w:type="table" w:styleId="TableGrid_b70fa3a1-7a6b-4147-8a6f-71913c3b1a72" w:customStyle="1">
+    <w:name w:val="Table Grid_b70fa3a1-7a6b-4147-8a6f-71913c3b1a72"/>
+    <w:basedOn w:val="NormalTable_7d671c6a-28ac-4d70-97e8-dbf1029f6997"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_27f140d1-e146-44aa-83ee-e66e0a0f0e25" w:customStyle="1">
-    <w:name w:val="Normal Table_27f140d1-e146-44aa-83ee-e66e0a0f0e25"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b9fa2e2-b07f-41dc-b090-621b3fe27146" w:customStyle="1">
+    <w:name w:val="Normal Table_2b9fa2e2-b07f-41dc-b090-621b3fe27146"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e9256c4a-716a-44a3-aa43-00c1bf7ef40c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_27f140d1-e146-44aa-83ee-e66e0a0f0e25"/>
+  <w:style w:type="table" w:styleId="TableGrid_0df14996-94fc-4e83-b7c4-98a28a253d68" w:customStyle="1">
+    <w:name w:val="Table Grid_0df14996-94fc-4e83-b7c4-98a28a253d68"/>
+    <w:basedOn w:val="NormalTable_2b9fa2e2-b07f-41dc-b090-621b3fe27146"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>