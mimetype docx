--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -2074,51 +2074,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4d661afc-d83d-4d31-9455-f07c87dce535"/>
+      <w:tblStyle w:val="TableGrid_e3384c69-f4b5-451e-bb96-b9662c65868d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4960"/>
       <w:gridCol w:w="4961"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2129,51 +2129,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4960"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:47:34 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:05:05 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4960"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2201,51 +2201,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b8316553-5d9c-4a78-87f0-b1090e582c5c"/>
+      <w:tblStyle w:val="TableGrid_3dfbca68-70ea-4582-8626-0eebe05db972"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6657"/>
       <w:gridCol w:w="2388"/>
       <w:gridCol w:w="876"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2303,51 +2303,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="876"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+            <w:pStyle w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2360,59 +2360,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+      <w:pStyle w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7512492a-f00e-44ab-82f6-d2a810ea95bd"/>
+      <w:tblStyle w:val="TableGrid_b92547cc-bf4c-4e06-b466-7493f03f31fc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6449"/>
       <w:gridCol w:w="3472"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2423,51 +2423,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6449"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c9091b26-bd38-4d51-b517-d58bc6a4fba0"/>
+            <w:tblStyle w:val="TableGrid_d007bda2-db60-4a6f-8906-0677a7cf32b0"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2568,72 +2568,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+            <w:pStyle w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3472"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5c5178d3-6fec-4ee6-b0ed-3d6aeef146b2"/>
+            <w:tblStyle w:val="TableGrid_750910cb-c81f-4a93-ba5c-aba0f3851bcc"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2734,62 +2734,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+            <w:pStyle w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+      <w:pStyle w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="257650BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="*"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3920,629 +3920,629 @@
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a" w:customStyle="1">
-    <w:name w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+  <w:style w:type="paragraph" w:styleId="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06" w:customStyle="1">
+    <w:name w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+    <w:basedOn w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_98dc8e0b-b31d-43a0-b988-428cb4ad9e89" w:customStyle="1">
-    <w:name w:val="Normal Table_98dc8e0b-b31d-43a0-b988-428cb4ad9e89"/>
+  <w:style w:type="table" w:styleId="NormalTable_fe5244fa-1199-4e1a-be53-4e0e0c2e20b8" w:customStyle="1">
+    <w:name w:val="Normal Table_fe5244fa-1199-4e1a-be53-4e0e0c2e20b8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_98dc8e0b-b31d-43a0-b988-428cb4ad9e89"/>
+    <w:basedOn w:val="NormalTable_fe5244fa-1199-4e1a-be53-4e0e0c2e20b8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+    <w:basedOn w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_80df8b7c-aa3c-48e2-a5f3-5770fe63a99a"/>
+    <w:basedOn w:val="Normal_7862b5ca-507e-43bc-8ebf-9128301cfe06"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_266585b5-4087-402e-8890-53904f30145a" w:customStyle="1">
-    <w:name w:val="Normal Table_266585b5-4087-402e-8890-53904f30145a"/>
+  <w:style w:type="table" w:styleId="NormalTable_e3baa936-cd08-4a22-8c11-02247c18c89a" w:customStyle="1">
+    <w:name w:val="Normal Table_e3baa936-cd08-4a22-8c11-02247c18c89a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e6fab5e3-5e9e-4f09-9bbd-9551e2fe4918" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_266585b5-4087-402e-8890-53904f30145a"/>
+  <w:style w:type="table" w:styleId="TableGrid_9eed505b-a376-4b73-9f40-25cee1068b07" w:customStyle="1">
+    <w:name w:val="Table Grid_9eed505b-a376-4b73-9f40-25cee1068b07"/>
+    <w:basedOn w:val="NormalTable_e3baa936-cd08-4a22-8c11-02247c18c89a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d0897537-9ae8-4739-b79a-9837f41653bd" w:customStyle="1">
-    <w:name w:val="Normal Table_d0897537-9ae8-4739-b79a-9837f41653bd"/>
+  <w:style w:type="table" w:styleId="NormalTable_26f7c227-e779-4e87-b981-29bee4843ef1" w:customStyle="1">
+    <w:name w:val="Normal Table_26f7c227-e779-4e87-b981-29bee4843ef1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8bacccbd-a503-4cf6-add2-30bb42325d51" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d0897537-9ae8-4739-b79a-9837f41653bd"/>
+  <w:style w:type="table" w:styleId="TableGrid_c7760a2d-4a08-4af0-8c72-4f896c81fc1a" w:customStyle="1">
+    <w:name w:val="Table Grid_c7760a2d-4a08-4af0-8c72-4f896c81fc1a"/>
+    <w:basedOn w:val="NormalTable_26f7c227-e779-4e87-b981-29bee4843ef1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_10464ed4-8af3-4c2d-8c32-46a9483f4cc6" w:customStyle="1">
-    <w:name w:val="Normal Table_10464ed4-8af3-4c2d-8c32-46a9483f4cc6"/>
+  <w:style w:type="table" w:styleId="NormalTable_253da689-6334-423e-a232-bafca90b7fba" w:customStyle="1">
+    <w:name w:val="Normal Table_253da689-6334-423e-a232-bafca90b7fba"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d6bb34a7-85d0-4973-8eb8-0a0de03fabef" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_10464ed4-8af3-4c2d-8c32-46a9483f4cc6"/>
+  <w:style w:type="table" w:styleId="TableGrid_cc9cbe93-9984-4ad7-9125-e54dcb34a269" w:customStyle="1">
+    <w:name w:val="Table Grid_cc9cbe93-9984-4ad7-9125-e54dcb34a269"/>
+    <w:basedOn w:val="NormalTable_253da689-6334-423e-a232-bafca90b7fba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_08aed4b4-0c73-4c27-9cb9-9450823076fa" w:customStyle="1">
-    <w:name w:val="Normal Table_08aed4b4-0c73-4c27-9cb9-9450823076fa"/>
+  <w:style w:type="table" w:styleId="NormalTable_c5076395-0cdd-4c60-90b4-337a18d0b51b" w:customStyle="1">
+    <w:name w:val="Normal Table_c5076395-0cdd-4c60-90b4-337a18d0b51b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ccad045e-6401-4b59-ba8b-97026e8c7c0f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_08aed4b4-0c73-4c27-9cb9-9450823076fa"/>
+  <w:style w:type="table" w:styleId="TableGrid_8feb9971-9e4c-49c2-b629-0ffa27982ffa" w:customStyle="1">
+    <w:name w:val="Table Grid_8feb9971-9e4c-49c2-b629-0ffa27982ffa"/>
+    <w:basedOn w:val="NormalTable_c5076395-0cdd-4c60-90b4-337a18d0b51b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d5d06db8-5a1a-451c-be84-073bf4229298" w:customStyle="1">
-    <w:name w:val="Normal Table_d5d06db8-5a1a-451c-be84-073bf4229298"/>
+  <w:style w:type="table" w:styleId="NormalTable_76237a32-a9db-4b56-927f-d477e0d27bd0" w:customStyle="1">
+    <w:name w:val="Normal Table_76237a32-a9db-4b56-927f-d477e0d27bd0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4d661afc-d83d-4d31-9455-f07c87dce535" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d5d06db8-5a1a-451c-be84-073bf4229298"/>
+  <w:style w:type="table" w:styleId="TableGrid_e3384c69-f4b5-451e-bb96-b9662c65868d" w:customStyle="1">
+    <w:name w:val="Table Grid_e3384c69-f4b5-451e-bb96-b9662c65868d"/>
+    <w:basedOn w:val="NormalTable_76237a32-a9db-4b56-927f-d477e0d27bd0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4217f404-fb6e-4549-8a55-8afb0512d8c9" w:customStyle="1">
-    <w:name w:val="Normal Table_4217f404-fb6e-4549-8a55-8afb0512d8c9"/>
+  <w:style w:type="table" w:styleId="NormalTable_54dc1b82-c599-48e3-85be-7b4cd582ad4f" w:customStyle="1">
+    <w:name w:val="Normal Table_54dc1b82-c599-48e3-85be-7b4cd582ad4f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b8316553-5d9c-4a78-87f0-b1090e582c5c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4217f404-fb6e-4549-8a55-8afb0512d8c9"/>
+  <w:style w:type="table" w:styleId="TableGrid_3dfbca68-70ea-4582-8626-0eebe05db972" w:customStyle="1">
+    <w:name w:val="Table Grid_3dfbca68-70ea-4582-8626-0eebe05db972"/>
+    <w:basedOn w:val="NormalTable_54dc1b82-c599-48e3-85be-7b4cd582ad4f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a697ca2b-bfdb-4cee-b417-5ec01cbb6249" w:customStyle="1">
-    <w:name w:val="Normal Table_a697ca2b-bfdb-4cee-b417-5ec01cbb6249"/>
+  <w:style w:type="table" w:styleId="NormalTable_b6534b13-701f-4e46-8b22-6304de6c9a7f" w:customStyle="1">
+    <w:name w:val="Normal Table_b6534b13-701f-4e46-8b22-6304de6c9a7f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c9091b26-bd38-4d51-b517-d58bc6a4fba0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a697ca2b-bfdb-4cee-b417-5ec01cbb6249"/>
+  <w:style w:type="table" w:styleId="TableGrid_d007bda2-db60-4a6f-8906-0677a7cf32b0" w:customStyle="1">
+    <w:name w:val="Table Grid_d007bda2-db60-4a6f-8906-0677a7cf32b0"/>
+    <w:basedOn w:val="NormalTable_b6534b13-701f-4e46-8b22-6304de6c9a7f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8d43190b-fc67-4bb7-aa76-1926c51ec3d8" w:customStyle="1">
-    <w:name w:val="Normal Table_8d43190b-fc67-4bb7-aa76-1926c51ec3d8"/>
+  <w:style w:type="table" w:styleId="NormalTable_aecdb267-2e45-4ac2-add4-41e79c89915a" w:customStyle="1">
+    <w:name w:val="Normal Table_aecdb267-2e45-4ac2-add4-41e79c89915a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5c5178d3-6fec-4ee6-b0ed-3d6aeef146b2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8d43190b-fc67-4bb7-aa76-1926c51ec3d8"/>
+  <w:style w:type="table" w:styleId="TableGrid_750910cb-c81f-4a93-ba5c-aba0f3851bcc" w:customStyle="1">
+    <w:name w:val="Table Grid_750910cb-c81f-4a93-ba5c-aba0f3851bcc"/>
+    <w:basedOn w:val="NormalTable_aecdb267-2e45-4ac2-add4-41e79c89915a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_16754b43-678a-4673-bbc3-b8c1c323e9b6" w:customStyle="1">
-    <w:name w:val="Normal Table_16754b43-678a-4673-bbc3-b8c1c323e9b6"/>
+  <w:style w:type="table" w:styleId="NormalTable_4429ed52-fc6f-4ee2-9429-c05a77caf35e" w:customStyle="1">
+    <w:name w:val="Normal Table_4429ed52-fc6f-4ee2-9429-c05a77caf35e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7512492a-f00e-44ab-82f6-d2a810ea95bd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_16754b43-678a-4673-bbc3-b8c1c323e9b6"/>
+  <w:style w:type="table" w:styleId="TableGrid_b92547cc-bf4c-4e06-b466-7493f03f31fc" w:customStyle="1">
+    <w:name w:val="Table Grid_b92547cc-bf4c-4e06-b466-7493f03f31fc"/>
+    <w:basedOn w:val="NormalTable_4429ed52-fc6f-4ee2-9429-c05a77caf35e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>