--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -18145,51 +18145,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_25f6ccd3-7c8d-4fae-8412-4fd6e4b44431"/>
+      <w:tblStyle w:val="TableGrid_0b394638-7b55-4d3e-ac8a-29ef95913028"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18200,51 +18200,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:52:39 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:05:03 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18272,51 +18272,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_39de6bd6-9fed-4252-8ac7-2a2a6e3a04ed"/>
+      <w:tblStyle w:val="TableGrid_73d6ecb3-c7e6-49eb-ba0c-e8f901e6e3eb"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18327,51 +18327,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:52:39 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:05:03 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18399,51 +18399,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1a6f37bd-2848-4ba9-b049-513330979d2b"/>
+      <w:tblStyle w:val="TableGrid_ed28249d-ef2c-45c2-b4fb-3bbc7619122c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="11187"/>
       <w:gridCol w:w="11187"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18454,51 +18454,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:52:39 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:05:03 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="11187"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -18526,51 +18526,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_76b0cca6-170a-4413-9541-5917513940f4"/>
+      <w:tblStyle w:val="TableGrid_f3db82bd-bcf3-4bce-a360-deb131c08838"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -18628,51 +18628,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -18685,59 +18685,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+      <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2314177b-f6cb-4e27-8cb3-cf314e79c4cd"/>
+      <w:tblStyle w:val="TableGrid_14a1a664-b4bc-45ca-bc69-361051a689bf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18748,51 +18748,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_87c6b979-dd73-4345-a31b-82fd0ca7cc79"/>
+            <w:tblStyle w:val="TableGrid_548a6a75-5f7e-4e72-8f75-139056c4095a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -18893,72 +18893,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6d43d279-8ec6-4415-b629-0c4f88d4f415"/>
+            <w:tblStyle w:val="TableGrid_18c0fcc5-b0f6-4d90-a9be-895b1f701ab0"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19059,75 +19059,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+      <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b2fbb1e3-addb-4626-8adc-c2b919d3d779"/>
+      <w:tblStyle w:val="TableGrid_5ad22a6a-efd2-44fd-8419-264be0394ef0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -19185,51 +19185,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -19242,59 +19242,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+      <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_16c71255-3c49-42d0-92dc-9115e00e84b2"/>
+      <w:tblStyle w:val="TableGrid_b064e2ae-c52f-4711-92db-e51d385cb739"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19305,51 +19305,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_104a75b1-fe31-477b-acdb-0b894d5cf586"/>
+            <w:tblStyle w:val="TableGrid_3c424519-426f-4ec0-a2c6-8a1e15d1aaf5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19450,72 +19450,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_349aebf7-9470-403e-bd7f-39f8d9166877"/>
+            <w:tblStyle w:val="TableGrid_7519e732-fbe9-4fe7-86f8-bcadb3165363"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19616,75 +19616,75 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+      <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0eaf2ca7-5729-47ab-a4e4-fa4d19753ff3"/>
+      <w:tblStyle w:val="TableGrid_c8562761-54f7-4fb6-9cc1-f7d4f68bdaee"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="15012"/>
       <w:gridCol w:w="5386"/>
       <w:gridCol w:w="1976"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -19742,51 +19742,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1976"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -19799,59 +19799,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+      <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b7722ad6-a45f-44f4-802d-f21a62678b5c"/>
+      <w:tblStyle w:val="TableGrid_f5d8f5c2-d781-49c2-9831-281e15f01fe9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="14543"/>
       <w:gridCol w:w="7831"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -19862,51 +19862,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="14543"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5e88867a-4656-4326-93fa-409df2ff83da"/>
+            <w:tblStyle w:val="TableGrid_30741ed9-aee5-44d5-8c29-b6fe2b30050b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20007,72 +20007,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.09.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7831"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5285d24c-cc88-480b-a40c-37bbf24c113f"/>
+            <w:tblStyle w:val="TableGrid_e04e36c3-0026-4754-8bc4-65ae823b68bb"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -20173,62 +20173,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+            <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+      <w:pStyle w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E31E63"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -22137,1729 +22137,1729 @@
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24" w:customStyle="1">
-    <w:name w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+  <w:style w:type="paragraph" w:styleId="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959" w:customStyle="1">
+    <w:name w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+    <w:basedOn w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_25d502ac-9a53-476c-b4fb-fadb593f132c" w:customStyle="1">
-    <w:name w:val="Normal Table_25d502ac-9a53-476c-b4fb-fadb593f132c"/>
+  <w:style w:type="table" w:styleId="NormalTable_de56da5b-ddd7-4cb0-9f78-9b8a20092e62" w:customStyle="1">
+    <w:name w:val="Normal Table_de56da5b-ddd7-4cb0-9f78-9b8a20092e62"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20d78175-fb22-42da-bde4-7334ee74fb60" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_25d502ac-9a53-476c-b4fb-fadb593f132c"/>
+  <w:style w:type="table" w:styleId="TableGrid_3eed41d1-f07c-44da-9f9f-9070fe45bffe" w:customStyle="1">
+    <w:name w:val="Table Grid_3eed41d1-f07c-44da-9f9f-9070fe45bffe"/>
+    <w:basedOn w:val="NormalTable_de56da5b-ddd7-4cb0-9f78-9b8a20092e62"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+    <w:basedOn w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_acf71ba1-96d0-4f20-9ea1-04da84d09f24"/>
+    <w:basedOn w:val="Normal_ff91f8fc-b4bd-46d5-b7c4-67b05c8b5959"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c6894237-78c2-4095-9576-859147c628fe" w:customStyle="1">
-    <w:name w:val="Normal Table_c6894237-78c2-4095-9576-859147c628fe"/>
+  <w:style w:type="table" w:styleId="NormalTable_dde6db12-6d00-471d-8197-afa478f8cbfc" w:customStyle="1">
+    <w:name w:val="Normal Table_dde6db12-6d00-471d-8197-afa478f8cbfc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c71828af-51b6-4991-82f6-0a6a74e8d6b1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c6894237-78c2-4095-9576-859147c628fe"/>
+  <w:style w:type="table" w:styleId="TableGrid_71c2cd40-d6a2-4f65-a508-edbebd65f119" w:customStyle="1">
+    <w:name w:val="Table Grid_71c2cd40-d6a2-4f65-a508-edbebd65f119"/>
+    <w:basedOn w:val="NormalTable_dde6db12-6d00-471d-8197-afa478f8cbfc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5c180a34-3ad6-4ba7-9546-fe28450031c1" w:customStyle="1">
-    <w:name w:val="Normal Table_5c180a34-3ad6-4ba7-9546-fe28450031c1"/>
+  <w:style w:type="table" w:styleId="NormalTable_ed214adb-de86-4391-8f1a-bca558ad3cef" w:customStyle="1">
+    <w:name w:val="Normal Table_ed214adb-de86-4391-8f1a-bca558ad3cef"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ae6b25a7-5062-44b9-b28f-e8b0d974f659" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5c180a34-3ad6-4ba7-9546-fe28450031c1"/>
+  <w:style w:type="table" w:styleId="TableGrid_a3e82b0b-54eb-44a0-9dd5-7f220bf82e5a" w:customStyle="1">
+    <w:name w:val="Table Grid_a3e82b0b-54eb-44a0-9dd5-7f220bf82e5a"/>
+    <w:basedOn w:val="NormalTable_ed214adb-de86-4391-8f1a-bca558ad3cef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_35dfd03b-ec6a-4217-afe9-a95b7d3be0a0" w:customStyle="1">
-    <w:name w:val="Normal Table_35dfd03b-ec6a-4217-afe9-a95b7d3be0a0"/>
+  <w:style w:type="table" w:styleId="NormalTable_d6b3f083-8571-4fdb-a3ba-24a32ac8ac52" w:customStyle="1">
+    <w:name w:val="Normal Table_d6b3f083-8571-4fdb-a3ba-24a32ac8ac52"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_02b4db1a-6e71-4a14-87ec-bb471ae0fad2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_35dfd03b-ec6a-4217-afe9-a95b7d3be0a0"/>
+  <w:style w:type="table" w:styleId="TableGrid_8863dca9-2fc5-48c9-a330-d6267535e0cc" w:customStyle="1">
+    <w:name w:val="Table Grid_8863dca9-2fc5-48c9-a330-d6267535e0cc"/>
+    <w:basedOn w:val="NormalTable_d6b3f083-8571-4fdb-a3ba-24a32ac8ac52"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3c763799-cde1-43b4-8ad4-d451c43a4984" w:customStyle="1">
-    <w:name w:val="Normal Table_3c763799-cde1-43b4-8ad4-d451c43a4984"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b7e4b61-ecb8-4ef3-b8dc-0447937a85aa" w:customStyle="1">
+    <w:name w:val="Normal Table_2b7e4b61-ecb8-4ef3-b8dc-0447937a85aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ac6c3a55-3825-46ff-8e8c-de98eea2ae6c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3c763799-cde1-43b4-8ad4-d451c43a4984"/>
+  <w:style w:type="table" w:styleId="TableGrid_7b7af4b3-8c92-4134-a333-6b1891d3ad8f" w:customStyle="1">
+    <w:name w:val="Table Grid_7b7af4b3-8c92-4134-a333-6b1891d3ad8f"/>
+    <w:basedOn w:val="NormalTable_2b7e4b61-ecb8-4ef3-b8dc-0447937a85aa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e61b643a-b83f-405d-80c6-8b267cc7eb39" w:customStyle="1">
-    <w:name w:val="Normal Table_e61b643a-b83f-405d-80c6-8b267cc7eb39"/>
+  <w:style w:type="table" w:styleId="NormalTable_6baae113-742c-49db-8fe7-85235a294142" w:customStyle="1">
+    <w:name w:val="Normal Table_6baae113-742c-49db-8fe7-85235a294142"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_25f6ccd3-7c8d-4fae-8412-4fd6e4b44431" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e61b643a-b83f-405d-80c6-8b267cc7eb39"/>
+  <w:style w:type="table" w:styleId="TableGrid_0b394638-7b55-4d3e-ac8a-29ef95913028" w:customStyle="1">
+    <w:name w:val="Table Grid_0b394638-7b55-4d3e-ac8a-29ef95913028"/>
+    <w:basedOn w:val="NormalTable_6baae113-742c-49db-8fe7-85235a294142"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f016fd20-202a-43d1-b2f3-24890f232761" w:customStyle="1">
-    <w:name w:val="Normal Table_f016fd20-202a-43d1-b2f3-24890f232761"/>
+  <w:style w:type="table" w:styleId="NormalTable_5e963d7c-d75a-4d06-b7ac-2e22b2cc9535" w:customStyle="1">
+    <w:name w:val="Normal Table_5e963d7c-d75a-4d06-b7ac-2e22b2cc9535"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_76b0cca6-170a-4413-9541-5917513940f4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f016fd20-202a-43d1-b2f3-24890f232761"/>
+  <w:style w:type="table" w:styleId="TableGrid_f3db82bd-bcf3-4bce-a360-deb131c08838" w:customStyle="1">
+    <w:name w:val="Table Grid_f3db82bd-bcf3-4bce-a360-deb131c08838"/>
+    <w:basedOn w:val="NormalTable_5e963d7c-d75a-4d06-b7ac-2e22b2cc9535"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_828b02da-cacf-4354-aa67-3627ca65bed7" w:customStyle="1">
-    <w:name w:val="Normal Table_828b02da-cacf-4354-aa67-3627ca65bed7"/>
+  <w:style w:type="table" w:styleId="NormalTable_e25cd0a4-cc9e-488a-a6c1-1b344c5faf37" w:customStyle="1">
+    <w:name w:val="Normal Table_e25cd0a4-cc9e-488a-a6c1-1b344c5faf37"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_87c6b979-dd73-4345-a31b-82fd0ca7cc79" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_828b02da-cacf-4354-aa67-3627ca65bed7"/>
+  <w:style w:type="table" w:styleId="TableGrid_548a6a75-5f7e-4e72-8f75-139056c4095a" w:customStyle="1">
+    <w:name w:val="Table Grid_548a6a75-5f7e-4e72-8f75-139056c4095a"/>
+    <w:basedOn w:val="NormalTable_e25cd0a4-cc9e-488a-a6c1-1b344c5faf37"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_57ffc2af-5274-402f-a7d4-cade16966650" w:customStyle="1">
-    <w:name w:val="Normal Table_57ffc2af-5274-402f-a7d4-cade16966650"/>
+  <w:style w:type="table" w:styleId="NormalTable_bde50414-f497-4d32-b0cc-dd20ba2c8140" w:customStyle="1">
+    <w:name w:val="Normal Table_bde50414-f497-4d32-b0cc-dd20ba2c8140"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6d43d279-8ec6-4415-b629-0c4f88d4f415" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_57ffc2af-5274-402f-a7d4-cade16966650"/>
+  <w:style w:type="table" w:styleId="TableGrid_18c0fcc5-b0f6-4d90-a9be-895b1f701ab0" w:customStyle="1">
+    <w:name w:val="Table Grid_18c0fcc5-b0f6-4d90-a9be-895b1f701ab0"/>
+    <w:basedOn w:val="NormalTable_bde50414-f497-4d32-b0cc-dd20ba2c8140"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3953a372-239d-4e81-a598-5e7f2f390513" w:customStyle="1">
-    <w:name w:val="Normal Table_3953a372-239d-4e81-a598-5e7f2f390513"/>
+  <w:style w:type="table" w:styleId="NormalTable_9ae0de68-c369-458e-9355-42273f5b4d54" w:customStyle="1">
+    <w:name w:val="Normal Table_9ae0de68-c369-458e-9355-42273f5b4d54"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2314177b-f6cb-4e27-8cb3-cf314e79c4cd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3953a372-239d-4e81-a598-5e7f2f390513"/>
+  <w:style w:type="table" w:styleId="TableGrid_14a1a664-b4bc-45ca-bc69-361051a689bf" w:customStyle="1">
+    <w:name w:val="Table Grid_14a1a664-b4bc-45ca-bc69-361051a689bf"/>
+    <w:basedOn w:val="NormalTable_9ae0de68-c369-458e-9355-42273f5b4d54"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d56a5d37-0e0c-4230-a475-90448433fe7f" w:customStyle="1">
-    <w:name w:val="Normal Table_d56a5d37-0e0c-4230-a475-90448433fe7f"/>
+  <w:style w:type="table" w:styleId="NormalTable_e7cdb796-8356-4d84-8641-927663ac874e" w:customStyle="1">
+    <w:name w:val="Normal Table_e7cdb796-8356-4d84-8641-927663ac874e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7f776314-6800-443c-89e6-63217811c150" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d56a5d37-0e0c-4230-a475-90448433fe7f"/>
+  <w:style w:type="table" w:styleId="TableGrid_501b0dc6-71f9-4d0a-93bf-668268c7ad27" w:customStyle="1">
+    <w:name w:val="Table Grid_501b0dc6-71f9-4d0a-93bf-668268c7ad27"/>
+    <w:basedOn w:val="NormalTable_e7cdb796-8356-4d84-8641-927663ac874e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a514d3de-837d-44bf-af24-7634e063cd42" w:customStyle="1">
-    <w:name w:val="Normal Table_a514d3de-837d-44bf-af24-7634e063cd42"/>
+  <w:style w:type="table" w:styleId="NormalTable_3eec4cc2-103c-46c8-b84d-9b7205b09ea4" w:customStyle="1">
+    <w:name w:val="Normal Table_3eec4cc2-103c-46c8-b84d-9b7205b09ea4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e705ba36-97da-4aa5-b63d-8e21de62dcb2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a514d3de-837d-44bf-af24-7634e063cd42"/>
+  <w:style w:type="table" w:styleId="TableGrid_9a7fac73-99b8-4a4a-93dc-ab849e2ddab0" w:customStyle="1">
+    <w:name w:val="Table Grid_9a7fac73-99b8-4a4a-93dc-ab849e2ddab0"/>
+    <w:basedOn w:val="NormalTable_3eec4cc2-103c-46c8-b84d-9b7205b09ea4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_083f136d-3888-494b-8868-555ca742ef8c" w:customStyle="1">
-    <w:name w:val="Normal Table_083f136d-3888-494b-8868-555ca742ef8c"/>
+  <w:style w:type="table" w:styleId="NormalTable_47b6913c-c710-4416-b35e-a6e0cb7f0513" w:customStyle="1">
+    <w:name w:val="Normal Table_47b6913c-c710-4416-b35e-a6e0cb7f0513"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_53340e1b-c35f-4e83-975e-b601280202e6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_083f136d-3888-494b-8868-555ca742ef8c"/>
+  <w:style w:type="table" w:styleId="TableGrid_4371af4b-2e0f-484c-b60c-4a34dc3d03b3" w:customStyle="1">
+    <w:name w:val="Table Grid_4371af4b-2e0f-484c-b60c-4a34dc3d03b3"/>
+    <w:basedOn w:val="NormalTable_47b6913c-c710-4416-b35e-a6e0cb7f0513"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e557bdae-f7e4-4e9b-a93b-11dfda54f50d" w:customStyle="1">
-    <w:name w:val="Normal Table_e557bdae-f7e4-4e9b-a93b-11dfda54f50d"/>
+  <w:style w:type="table" w:styleId="NormalTable_0644ab68-bac5-462c-a706-7c34cfa3ff38" w:customStyle="1">
+    <w:name w:val="Normal Table_0644ab68-bac5-462c-a706-7c34cfa3ff38"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bcbc9c7d-aec1-4905-87e1-1f7c63927f0a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e557bdae-f7e4-4e9b-a93b-11dfda54f50d"/>
+  <w:style w:type="table" w:styleId="TableGrid_1cca5f81-b59c-43e9-896b-516c46993ff6" w:customStyle="1">
+    <w:name w:val="Table Grid_1cca5f81-b59c-43e9-896b-516c46993ff6"/>
+    <w:basedOn w:val="NormalTable_0644ab68-bac5-462c-a706-7c34cfa3ff38"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_249155fd-c858-41a9-8c93-e92c2a048e06" w:customStyle="1">
-    <w:name w:val="Normal Table_249155fd-c858-41a9-8c93-e92c2a048e06"/>
+  <w:style w:type="table" w:styleId="NormalTable_cb9a2b4b-0ae8-457b-81f7-481f73bb93de" w:customStyle="1">
+    <w:name w:val="Normal Table_cb9a2b4b-0ae8-457b-81f7-481f73bb93de"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_89c6e771-4a1e-48a0-8d2d-9b9b19089876" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_249155fd-c858-41a9-8c93-e92c2a048e06"/>
+  <w:style w:type="table" w:styleId="TableGrid_a47c7164-c482-49da-b4c8-41bcfd254d20" w:customStyle="1">
+    <w:name w:val="Table Grid_a47c7164-c482-49da-b4c8-41bcfd254d20"/>
+    <w:basedOn w:val="NormalTable_cb9a2b4b-0ae8-457b-81f7-481f73bb93de"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db053b18-ba34-403a-a94e-4f61bce365dd" w:customStyle="1">
-    <w:name w:val="Normal Table_db053b18-ba34-403a-a94e-4f61bce365dd"/>
+  <w:style w:type="table" w:styleId="NormalTable_e403805d-2f5b-43ff-82a8-b18c2bcb6a6e" w:customStyle="1">
+    <w:name w:val="Normal Table_e403805d-2f5b-43ff-82a8-b18c2bcb6a6e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_39de6bd6-9fed-4252-8ac7-2a2a6e3a04ed" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db053b18-ba34-403a-a94e-4f61bce365dd"/>
+  <w:style w:type="table" w:styleId="TableGrid_73d6ecb3-c7e6-49eb-ba0c-e8f901e6e3eb" w:customStyle="1">
+    <w:name w:val="Table Grid_73d6ecb3-c7e6-49eb-ba0c-e8f901e6e3eb"/>
+    <w:basedOn w:val="NormalTable_e403805d-2f5b-43ff-82a8-b18c2bcb6a6e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_12e23ba6-0a5b-43a7-928a-a65d6c38e26c" w:customStyle="1">
-    <w:name w:val="Normal Table_12e23ba6-0a5b-43a7-928a-a65d6c38e26c"/>
+  <w:style w:type="table" w:styleId="NormalTable_523c916d-2cd3-4d5d-916a-7f8b74fa3842" w:customStyle="1">
+    <w:name w:val="Normal Table_523c916d-2cd3-4d5d-916a-7f8b74fa3842"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b2fbb1e3-addb-4626-8adc-c2b919d3d779" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_12e23ba6-0a5b-43a7-928a-a65d6c38e26c"/>
+  <w:style w:type="table" w:styleId="TableGrid_5ad22a6a-efd2-44fd-8419-264be0394ef0" w:customStyle="1">
+    <w:name w:val="Table Grid_5ad22a6a-efd2-44fd-8419-264be0394ef0"/>
+    <w:basedOn w:val="NormalTable_523c916d-2cd3-4d5d-916a-7f8b74fa3842"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_50389ae8-799c-4d5d-a4e0-1656b2105e66" w:customStyle="1">
-    <w:name w:val="Normal Table_50389ae8-799c-4d5d-a4e0-1656b2105e66"/>
+  <w:style w:type="table" w:styleId="NormalTable_1d305911-25e2-41ad-9a80-f86fd97d5edf" w:customStyle="1">
+    <w:name w:val="Normal Table_1d305911-25e2-41ad-9a80-f86fd97d5edf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_104a75b1-fe31-477b-acdb-0b894d5cf586" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_50389ae8-799c-4d5d-a4e0-1656b2105e66"/>
+  <w:style w:type="table" w:styleId="TableGrid_3c424519-426f-4ec0-a2c6-8a1e15d1aaf5" w:customStyle="1">
+    <w:name w:val="Table Grid_3c424519-426f-4ec0-a2c6-8a1e15d1aaf5"/>
+    <w:basedOn w:val="NormalTable_1d305911-25e2-41ad-9a80-f86fd97d5edf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3b9077e4-0f13-44d5-9ceb-074e85b3f2b1" w:customStyle="1">
-    <w:name w:val="Normal Table_3b9077e4-0f13-44d5-9ceb-074e85b3f2b1"/>
+  <w:style w:type="table" w:styleId="NormalTable_01a6e862-530d-4b86-a496-ae21e8fb93a3" w:customStyle="1">
+    <w:name w:val="Normal Table_01a6e862-530d-4b86-a496-ae21e8fb93a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_349aebf7-9470-403e-bd7f-39f8d9166877" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3b9077e4-0f13-44d5-9ceb-074e85b3f2b1"/>
+  <w:style w:type="table" w:styleId="TableGrid_7519e732-fbe9-4fe7-86f8-bcadb3165363" w:customStyle="1">
+    <w:name w:val="Table Grid_7519e732-fbe9-4fe7-86f8-bcadb3165363"/>
+    <w:basedOn w:val="NormalTable_01a6e862-530d-4b86-a496-ae21e8fb93a3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6973bf68-3881-44d4-bc66-4d9a15fa2008" w:customStyle="1">
-    <w:name w:val="Normal Table_6973bf68-3881-44d4-bc66-4d9a15fa2008"/>
+  <w:style w:type="table" w:styleId="NormalTable_6f07d591-93fd-471a-b858-d032a3b08e4b" w:customStyle="1">
+    <w:name w:val="Normal Table_6f07d591-93fd-471a-b858-d032a3b08e4b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_16c71255-3c49-42d0-92dc-9115e00e84b2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6973bf68-3881-44d4-bc66-4d9a15fa2008"/>
+  <w:style w:type="table" w:styleId="TableGrid_b064e2ae-c52f-4711-92db-e51d385cb739" w:customStyle="1">
+    <w:name w:val="Table Grid_b064e2ae-c52f-4711-92db-e51d385cb739"/>
+    <w:basedOn w:val="NormalTable_6f07d591-93fd-471a-b858-d032a3b08e4b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_96072f38-f187-431e-9a24-317c54d2752c" w:customStyle="1">
-    <w:name w:val="Normal Table_96072f38-f187-431e-9a24-317c54d2752c"/>
+  <w:style w:type="table" w:styleId="NormalTable_1f7fe84a-6141-429f-9acf-26bd716cbc41" w:customStyle="1">
+    <w:name w:val="Normal Table_1f7fe84a-6141-429f-9acf-26bd716cbc41"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d906d472-fa4f-4c2e-b905-94612795a94e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_96072f38-f187-431e-9a24-317c54d2752c"/>
+  <w:style w:type="table" w:styleId="TableGrid_0d09ec95-004e-4fd4-9bb0-b6312452fd62" w:customStyle="1">
+    <w:name w:val="Table Grid_0d09ec95-004e-4fd4-9bb0-b6312452fd62"/>
+    <w:basedOn w:val="NormalTable_1f7fe84a-6141-429f-9acf-26bd716cbc41"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_15eb85c3-ab80-4c6a-abff-d3468d1eb74e" w:customStyle="1">
-    <w:name w:val="Normal Table_15eb85c3-ab80-4c6a-abff-d3468d1eb74e"/>
+  <w:style w:type="table" w:styleId="NormalTable_55088519-e4a0-4cd5-8612-3ad8afb3b47c" w:customStyle="1">
+    <w:name w:val="Normal Table_55088519-e4a0-4cd5-8612-3ad8afb3b47c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4e974e8e-999d-40f1-a69a-85bf0ed55990" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_15eb85c3-ab80-4c6a-abff-d3468d1eb74e"/>
+  <w:style w:type="table" w:styleId="TableGrid_beb30e95-a400-4b14-8e5c-ad39ee38c233" w:customStyle="1">
+    <w:name w:val="Table Grid_beb30e95-a400-4b14-8e5c-ad39ee38c233"/>
+    <w:basedOn w:val="NormalTable_55088519-e4a0-4cd5-8612-3ad8afb3b47c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7250ce2c-75fa-43f9-8b77-06a799e29aaf" w:customStyle="1">
-    <w:name w:val="Normal Table_7250ce2c-75fa-43f9-8b77-06a799e29aaf"/>
+  <w:style w:type="table" w:styleId="NormalTable_cfea515c-7bfc-4d3e-94a6-fe305126f6ff" w:customStyle="1">
+    <w:name w:val="Normal Table_cfea515c-7bfc-4d3e-94a6-fe305126f6ff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c87659e-814b-4c05-a2cc-4e9eb05ea18c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7250ce2c-75fa-43f9-8b77-06a799e29aaf"/>
+  <w:style w:type="table" w:styleId="TableGrid_5ea2a537-b938-40bc-a2bc-ff9ed153c20f" w:customStyle="1">
+    <w:name w:val="Table Grid_5ea2a537-b938-40bc-a2bc-ff9ed153c20f"/>
+    <w:basedOn w:val="NormalTable_cfea515c-7bfc-4d3e-94a6-fe305126f6ff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_00cb4eca-1235-4214-8494-decaf83d1f1b" w:customStyle="1">
-    <w:name w:val="Normal Table_00cb4eca-1235-4214-8494-decaf83d1f1b"/>
+  <w:style w:type="table" w:styleId="NormalTable_db342a68-511c-491b-9aae-ae111232ac19" w:customStyle="1">
+    <w:name w:val="Normal Table_db342a68-511c-491b-9aae-ae111232ac19"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6fdb3404-b8a1-4dec-87e8-fddd34b9f21c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_00cb4eca-1235-4214-8494-decaf83d1f1b"/>
+  <w:style w:type="table" w:styleId="TableGrid_c14b5365-6c27-431b-b5c0-9e644e3f061c" w:customStyle="1">
+    <w:name w:val="Table Grid_c14b5365-6c27-431b-b5c0-9e644e3f061c"/>
+    <w:basedOn w:val="NormalTable_db342a68-511c-491b-9aae-ae111232ac19"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_45d7b6cf-1bb2-43a7-8279-e24c72fa01a3" w:customStyle="1">
-    <w:name w:val="Normal Table_45d7b6cf-1bb2-43a7-8279-e24c72fa01a3"/>
+  <w:style w:type="table" w:styleId="NormalTable_cccfe382-5d64-456d-8ee8-11149d8a5d40" w:customStyle="1">
+    <w:name w:val="Normal Table_cccfe382-5d64-456d-8ee8-11149d8a5d40"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b8bb7b43-5a15-4613-abfa-c000f680c115" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_45d7b6cf-1bb2-43a7-8279-e24c72fa01a3"/>
+  <w:style w:type="table" w:styleId="TableGrid_be5ef2fa-6884-474c-8e15-d8f3d1ec3733" w:customStyle="1">
+    <w:name w:val="Table Grid_be5ef2fa-6884-474c-8e15-d8f3d1ec3733"/>
+    <w:basedOn w:val="NormalTable_cccfe382-5d64-456d-8ee8-11149d8a5d40"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c4b3e82a-b2f2-4afd-83c7-a2d0007c18a3" w:customStyle="1">
-    <w:name w:val="Normal Table_c4b3e82a-b2f2-4afd-83c7-a2d0007c18a3"/>
+  <w:style w:type="table" w:styleId="NormalTable_ac3531ca-5800-4d4c-ab12-8f717d5fdc66" w:customStyle="1">
+    <w:name w:val="Normal Table_ac3531ca-5800-4d4c-ab12-8f717d5fdc66"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1a6f37bd-2848-4ba9-b049-513330979d2b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c4b3e82a-b2f2-4afd-83c7-a2d0007c18a3"/>
+  <w:style w:type="table" w:styleId="TableGrid_ed28249d-ef2c-45c2-b4fb-3bbc7619122c" w:customStyle="1">
+    <w:name w:val="Table Grid_ed28249d-ef2c-45c2-b4fb-3bbc7619122c"/>
+    <w:basedOn w:val="NormalTable_ac3531ca-5800-4d4c-ab12-8f717d5fdc66"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ca9fa39c-3542-4821-9b7e-897a2bae3c5b" w:customStyle="1">
-    <w:name w:val="Normal Table_ca9fa39c-3542-4821-9b7e-897a2bae3c5b"/>
+  <w:style w:type="table" w:styleId="NormalTable_a5bb2d07-a5b7-4e53-85cd-acf8096d9c76" w:customStyle="1">
+    <w:name w:val="Normal Table_a5bb2d07-a5b7-4e53-85cd-acf8096d9c76"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0eaf2ca7-5729-47ab-a4e4-fa4d19753ff3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ca9fa39c-3542-4821-9b7e-897a2bae3c5b"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8562761-54f7-4fb6-9cc1-f7d4f68bdaee" w:customStyle="1">
+    <w:name w:val="Table Grid_c8562761-54f7-4fb6-9cc1-f7d4f68bdaee"/>
+    <w:basedOn w:val="NormalTable_a5bb2d07-a5b7-4e53-85cd-acf8096d9c76"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_688a115f-91ac-466e-abb4-750ba363e31b" w:customStyle="1">
-    <w:name w:val="Normal Table_688a115f-91ac-466e-abb4-750ba363e31b"/>
+  <w:style w:type="table" w:styleId="NormalTable_aec15814-d8de-4409-ab55-44f921c3ff7a" w:customStyle="1">
+    <w:name w:val="Normal Table_aec15814-d8de-4409-ab55-44f921c3ff7a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5e88867a-4656-4326-93fa-409df2ff83da" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_688a115f-91ac-466e-abb4-750ba363e31b"/>
+  <w:style w:type="table" w:styleId="TableGrid_30741ed9-aee5-44d5-8c29-b6fe2b30050b" w:customStyle="1">
+    <w:name w:val="Table Grid_30741ed9-aee5-44d5-8c29-b6fe2b30050b"/>
+    <w:basedOn w:val="NormalTable_aec15814-d8de-4409-ab55-44f921c3ff7a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ccf0a5b1-5739-4bdb-bbe9-130edf51ed4a" w:customStyle="1">
-    <w:name w:val="Normal Table_ccf0a5b1-5739-4bdb-bbe9-130edf51ed4a"/>
+  <w:style w:type="table" w:styleId="NormalTable_42eac1b0-fa00-4b90-96f1-2bfd9f1e3e4b" w:customStyle="1">
+    <w:name w:val="Normal Table_42eac1b0-fa00-4b90-96f1-2bfd9f1e3e4b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5285d24c-cc88-480b-a40c-37bbf24c113f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ccf0a5b1-5739-4bdb-bbe9-130edf51ed4a"/>
+  <w:style w:type="table" w:styleId="TableGrid_e04e36c3-0026-4754-8bc4-65ae823b68bb" w:customStyle="1">
+    <w:name w:val="Table Grid_e04e36c3-0026-4754-8bc4-65ae823b68bb"/>
+    <w:basedOn w:val="NormalTable_42eac1b0-fa00-4b90-96f1-2bfd9f1e3e4b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5b8f1310-1993-49e7-b5b1-203972b305ad" w:customStyle="1">
-    <w:name w:val="Normal Table_5b8f1310-1993-49e7-b5b1-203972b305ad"/>
+  <w:style w:type="table" w:styleId="NormalTable_c3326b9b-eecf-410b-8d72-62f479746f12" w:customStyle="1">
+    <w:name w:val="Normal Table_c3326b9b-eecf-410b-8d72-62f479746f12"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b7722ad6-a45f-44f4-802d-f21a62678b5c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5b8f1310-1993-49e7-b5b1-203972b305ad"/>
+  <w:style w:type="table" w:styleId="TableGrid_f5d8f5c2-d781-49c2-9831-281e15f01fe9" w:customStyle="1">
+    <w:name w:val="Table Grid_f5d8f5c2-d781-49c2-9831-281e15f01fe9"/>
+    <w:basedOn w:val="NormalTable_c3326b9b-eecf-410b-8d72-62f479746f12"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>