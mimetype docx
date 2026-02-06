--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -11902,51 +11902,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5e2da29a-ffac-48d7-8c05-cfa312ab4885"/>
+      <w:tblStyle w:val="TableGrid_5ca2a9d7-8be2-47ab-b57f-735ecbfaba90"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -11957,51 +11957,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:51:19 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:07:53 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -12029,51 +12029,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_bcb762bf-eac3-4c30-b278-91111061e8d3"/>
+      <w:tblStyle w:val="TableGrid_62db05ef-f3b4-4d28-b343-4b929ab53aaf"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -12131,51 +12131,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+            <w:pStyle w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -12188,59 +12188,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+      <w:pStyle w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7f3bf210-46a0-41e6-893d-c4f38c257f00"/>
+      <w:tblStyle w:val="TableGrid_bb1c3b5c-8b3b-421e-a650-aea2a337267b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12251,51 +12251,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_231bbce5-013b-42ae-9c08-ae57d8ef9348"/>
+            <w:tblStyle w:val="TableGrid_73624b61-bdef-4db3-84af-9ca3fae5911c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12396,72 +12396,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+            <w:pStyle w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3ea1e068-e81b-47d6-886f-27e5920ab4b4"/>
+            <w:tblStyle w:val="TableGrid_40a90c2e-8eb7-4ce8-979b-e67e52cfa7f1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -12562,62 +12562,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+            <w:pStyle w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+      <w:pStyle w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0261707B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -16492,629 +16492,629 @@
     <w:pPr>
       <w:spacing w:after="80"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TittelTegn" w:customStyle="1">
     <w:name w:val="Tittel Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11" w:customStyle="1">
-    <w:name w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+  <w:style w:type="paragraph" w:styleId="Normal_821deaaa-e854-4249-86f4-ed34c5cab535" w:customStyle="1">
+    <w:name w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+    <w:basedOn w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d40a823-31d5-4463-ad81-6d12298b5ef9" w:customStyle="1">
-    <w:name w:val="Normal Table_6d40a823-31d5-4463-ad81-6d12298b5ef9"/>
+  <w:style w:type="table" w:styleId="NormalTable_f63de36d-b26d-4d7a-ab81-e288e1ab8eac" w:customStyle="1">
+    <w:name w:val="Normal Table_f63de36d-b26d-4d7a-ab81-e288e1ab8eac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_60f17897-26ad-4f40-8ab7-d44d187a0d75" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6d40a823-31d5-4463-ad81-6d12298b5ef9"/>
+  <w:style w:type="table" w:styleId="TableGrid_b9c10a9f-550c-4751-98c9-96911e617b58" w:customStyle="1">
+    <w:name w:val="Table Grid_b9c10a9f-550c-4751-98c9-96911e617b58"/>
+    <w:basedOn w:val="NormalTable_f63de36d-b26d-4d7a-ab81-e288e1ab8eac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+    <w:basedOn w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_efd50ccc-bdda-42e3-a94a-4c28f1bd7b11"/>
+    <w:basedOn w:val="Normal_821deaaa-e854-4249-86f4-ed34c5cab535"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2b1feb76-b6f9-48b6-b1c3-65a7b2344c7b" w:customStyle="1">
-    <w:name w:val="Normal Table_2b1feb76-b6f9-48b6-b1c3-65a7b2344c7b"/>
+  <w:style w:type="table" w:styleId="NormalTable_5132b03d-baf8-4251-95ec-3bd36d713534" w:customStyle="1">
+    <w:name w:val="Normal Table_5132b03d-baf8-4251-95ec-3bd36d713534"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cbc378fe-9be4-461a-ab3c-1ce2cbea8448" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2b1feb76-b6f9-48b6-b1c3-65a7b2344c7b"/>
+  <w:style w:type="table" w:styleId="TableGrid_cfcaac0f-82db-4961-8948-21ba73cc30c3" w:customStyle="1">
+    <w:name w:val="Table Grid_cfcaac0f-82db-4961-8948-21ba73cc30c3"/>
+    <w:basedOn w:val="NormalTable_5132b03d-baf8-4251-95ec-3bd36d713534"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bd825b2c-5f7e-4636-9d9a-ff9b429ecbc7" w:customStyle="1">
-    <w:name w:val="Normal Table_bd825b2c-5f7e-4636-9d9a-ff9b429ecbc7"/>
+  <w:style w:type="table" w:styleId="NormalTable_20f01e67-6ed9-4882-a550-29fa049b0abe" w:customStyle="1">
+    <w:name w:val="Normal Table_20f01e67-6ed9-4882-a550-29fa049b0abe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_13dae28a-ea79-451e-a618-b00275760e22" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bd825b2c-5f7e-4636-9d9a-ff9b429ecbc7"/>
+  <w:style w:type="table" w:styleId="TableGrid_779a2735-2197-4da4-a760-47f0230cecbc" w:customStyle="1">
+    <w:name w:val="Table Grid_779a2735-2197-4da4-a760-47f0230cecbc"/>
+    <w:basedOn w:val="NormalTable_20f01e67-6ed9-4882-a550-29fa049b0abe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f825f0a-5fe1-402f-86df-282821df919d" w:customStyle="1">
-    <w:name w:val="Normal Table_2f825f0a-5fe1-402f-86df-282821df919d"/>
+  <w:style w:type="table" w:styleId="NormalTable_33812d88-705c-487e-9b4b-4651d46f3d69" w:customStyle="1">
+    <w:name w:val="Normal Table_33812d88-705c-487e-9b4b-4651d46f3d69"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a7738568-804e-492f-93da-b515164b12ab" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f825f0a-5fe1-402f-86df-282821df919d"/>
+  <w:style w:type="table" w:styleId="TableGrid_b94e9573-ab86-42e3-8efd-d0084e106b0d" w:customStyle="1">
+    <w:name w:val="Table Grid_b94e9573-ab86-42e3-8efd-d0084e106b0d"/>
+    <w:basedOn w:val="NormalTable_33812d88-705c-487e-9b4b-4651d46f3d69"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_87291f9a-23b3-4086-b072-cc43818ca2c4" w:customStyle="1">
-    <w:name w:val="Normal Table_87291f9a-23b3-4086-b072-cc43818ca2c4"/>
+  <w:style w:type="table" w:styleId="NormalTable_d98a22a0-1f45-40ad-9a97-8bcc5829fc31" w:customStyle="1">
+    <w:name w:val="Normal Table_d98a22a0-1f45-40ad-9a97-8bcc5829fc31"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f47ac193-3ea0-40ca-917e-4ad58271249b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_87291f9a-23b3-4086-b072-cc43818ca2c4"/>
+  <w:style w:type="table" w:styleId="TableGrid_bf6fe7d9-d074-4db6-8dcc-417dfe85a419" w:customStyle="1">
+    <w:name w:val="Table Grid_bf6fe7d9-d074-4db6-8dcc-417dfe85a419"/>
+    <w:basedOn w:val="NormalTable_d98a22a0-1f45-40ad-9a97-8bcc5829fc31"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ddabf505-338b-400a-a29f-215eeb58b146" w:customStyle="1">
-    <w:name w:val="Normal Table_ddabf505-338b-400a-a29f-215eeb58b146"/>
+  <w:style w:type="table" w:styleId="NormalTable_33e886a6-31d7-4cde-96ba-31f8a250bd34" w:customStyle="1">
+    <w:name w:val="Normal Table_33e886a6-31d7-4cde-96ba-31f8a250bd34"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5e2da29a-ffac-48d7-8c05-cfa312ab4885" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ddabf505-338b-400a-a29f-215eeb58b146"/>
+  <w:style w:type="table" w:styleId="TableGrid_5ca2a9d7-8be2-47ab-b57f-735ecbfaba90" w:customStyle="1">
+    <w:name w:val="Table Grid_5ca2a9d7-8be2-47ab-b57f-735ecbfaba90"/>
+    <w:basedOn w:val="NormalTable_33e886a6-31d7-4cde-96ba-31f8a250bd34"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_06424620-dfd4-4d6f-b3ea-ee7f28e6082c" w:customStyle="1">
-    <w:name w:val="Normal Table_06424620-dfd4-4d6f-b3ea-ee7f28e6082c"/>
+  <w:style w:type="table" w:styleId="NormalTable_e401fe07-0f35-4209-83ac-33a9fbffd412" w:customStyle="1">
+    <w:name w:val="Normal Table_e401fe07-0f35-4209-83ac-33a9fbffd412"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bcb762bf-eac3-4c30-b278-91111061e8d3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_06424620-dfd4-4d6f-b3ea-ee7f28e6082c"/>
+  <w:style w:type="table" w:styleId="TableGrid_62db05ef-f3b4-4d28-b343-4b929ab53aaf" w:customStyle="1">
+    <w:name w:val="Table Grid_62db05ef-f3b4-4d28-b343-4b929ab53aaf"/>
+    <w:basedOn w:val="NormalTable_e401fe07-0f35-4209-83ac-33a9fbffd412"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_02b54e5f-c511-490d-8b89-c99119ed5613" w:customStyle="1">
-    <w:name w:val="Normal Table_02b54e5f-c511-490d-8b89-c99119ed5613"/>
+  <w:style w:type="table" w:styleId="NormalTable_51cd6623-2ae1-4cc7-a8eb-c644d95100b6" w:customStyle="1">
+    <w:name w:val="Normal Table_51cd6623-2ae1-4cc7-a8eb-c644d95100b6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_231bbce5-013b-42ae-9c08-ae57d8ef9348" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_02b54e5f-c511-490d-8b89-c99119ed5613"/>
+  <w:style w:type="table" w:styleId="TableGrid_73624b61-bdef-4db3-84af-9ca3fae5911c" w:customStyle="1">
+    <w:name w:val="Table Grid_73624b61-bdef-4db3-84af-9ca3fae5911c"/>
+    <w:basedOn w:val="NormalTable_51cd6623-2ae1-4cc7-a8eb-c644d95100b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4afeb993-483a-496d-8161-b9499689c288" w:customStyle="1">
-    <w:name w:val="Normal Table_4afeb993-483a-496d-8161-b9499689c288"/>
+  <w:style w:type="table" w:styleId="NormalTable_12b6e539-7995-4fb1-8c2f-f845bc7fb7be" w:customStyle="1">
+    <w:name w:val="Normal Table_12b6e539-7995-4fb1-8c2f-f845bc7fb7be"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3ea1e068-e81b-47d6-886f-27e5920ab4b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4afeb993-483a-496d-8161-b9499689c288"/>
+  <w:style w:type="table" w:styleId="TableGrid_40a90c2e-8eb7-4ce8-979b-e67e52cfa7f1" w:customStyle="1">
+    <w:name w:val="Table Grid_40a90c2e-8eb7-4ce8-979b-e67e52cfa7f1"/>
+    <w:basedOn w:val="NormalTable_12b6e539-7995-4fb1-8c2f-f845bc7fb7be"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5a756a33-1645-4a7e-9780-931c989efe28" w:customStyle="1">
-    <w:name w:val="Normal Table_5a756a33-1645-4a7e-9780-931c989efe28"/>
+  <w:style w:type="table" w:styleId="NormalTable_4d4cc925-214f-4e5d-ad87-cbd68eac721c" w:customStyle="1">
+    <w:name w:val="Normal Table_4d4cc925-214f-4e5d-ad87-cbd68eac721c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7f3bf210-46a0-41e6-893d-c4f38c257f00" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5a756a33-1645-4a7e-9780-931c989efe28"/>
+  <w:style w:type="table" w:styleId="TableGrid_bb1c3b5c-8b3b-421e-a650-aea2a337267b" w:customStyle="1">
+    <w:name w:val="Table Grid_bb1c3b5c-8b3b-421e-a650-aea2a337267b"/>
+    <w:basedOn w:val="NormalTable_4d4cc925-214f-4e5d-ad87-cbd68eac721c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>