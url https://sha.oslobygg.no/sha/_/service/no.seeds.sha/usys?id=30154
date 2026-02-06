--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -2581,51 +2581,51 @@
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1ee2c555-9e1e-4230-97d8-76169f925cdf"/>
+      <w:tblStyle w:val="TableGrid_b8c3762f-d4e7-4762-8ad6-ab294e1bcb42"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2636,51 +2636,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:52:04 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:13 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2708,51 +2708,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7967b82e-cc54-42a6-b563-5405823dccd7"/>
+      <w:tblStyle w:val="TableGrid_f074de60-c751-4d58-8cd5-bb4213e2a305"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2810,51 +2810,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+            <w:pStyle w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2867,59 +2867,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+      <w:pStyle w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_8be9c23f-bf5f-403b-b4dc-627810778b49"/>
+      <w:tblStyle w:val="TableGrid_46fb7e89-e735-451f-a007-7b191e38c9f1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2930,51 +2930,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f123c515-7185-4929-840a-b91a0f178217"/>
+            <w:tblStyle w:val="TableGrid_6954c297-7092-467d-94e7-f54733011cfa"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3075,72 +3075,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+            <w:pStyle w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_2e3d629a-08f7-4aee-b8fd-c409ba9ab801"/>
+            <w:tblStyle w:val="TableGrid_bdb41803-f4c9-47cd-963e-8ea8eee01c10"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3241,62 +3241,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+            <w:pStyle w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+      <w:pStyle w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="26FC3C1D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4331,629 +4331,629 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BrødtekstTegn"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da" w:customStyle="1">
-    <w:name w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+  <w:style w:type="paragraph" w:styleId="Normal_2374332b-2b32-4303-9566-ea68db17dbe1" w:customStyle="1">
+    <w:name w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+    <w:basedOn w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_40c2b732-3758-43e8-aa38-42b5ab6f3f28" w:customStyle="1">
-    <w:name w:val="Normal Table_40c2b732-3758-43e8-aa38-42b5ab6f3f28"/>
+  <w:style w:type="table" w:styleId="NormalTable_eeb41a4a-9717-486b-af6c-537beb0b2e86" w:customStyle="1">
+    <w:name w:val="Normal Table_eeb41a4a-9717-486b-af6c-537beb0b2e86"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7245b16f-1a41-4243-b4b9-4dce39284562" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_40c2b732-3758-43e8-aa38-42b5ab6f3f28"/>
+  <w:style w:type="table" w:styleId="TableGrid_60214416-8264-4fff-8bc4-75dfd06848bd" w:customStyle="1">
+    <w:name w:val="Table Grid_60214416-8264-4fff-8bc4-75dfd06848bd"/>
+    <w:basedOn w:val="NormalTable_eeb41a4a-9717-486b-af6c-537beb0b2e86"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+    <w:basedOn w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_cefca6d5-b43e-4350-9a69-36a8c71c43da"/>
+    <w:basedOn w:val="Normal_2374332b-2b32-4303-9566-ea68db17dbe1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ff3f16c6-ec29-4af2-aed9-5ad1b70287f2" w:customStyle="1">
-    <w:name w:val="Normal Table_ff3f16c6-ec29-4af2-aed9-5ad1b70287f2"/>
+  <w:style w:type="table" w:styleId="NormalTable_698af20d-7072-455b-bf70-59fe81da2828" w:customStyle="1">
+    <w:name w:val="Normal Table_698af20d-7072-455b-bf70-59fe81da2828"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_60cee57a-e503-42b9-bf1b-42281a881a20" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ff3f16c6-ec29-4af2-aed9-5ad1b70287f2"/>
+  <w:style w:type="table" w:styleId="TableGrid_e639e393-c519-4753-b864-81e24c09fa61" w:customStyle="1">
+    <w:name w:val="Table Grid_e639e393-c519-4753-b864-81e24c09fa61"/>
+    <w:basedOn w:val="NormalTable_698af20d-7072-455b-bf70-59fe81da2828"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_82406a52-bdba-47b2-a8d0-e8072743e4f2" w:customStyle="1">
-    <w:name w:val="Normal Table_82406a52-bdba-47b2-a8d0-e8072743e4f2"/>
+  <w:style w:type="table" w:styleId="NormalTable_e705114b-a468-40ce-825e-cd38aecf42b9" w:customStyle="1">
+    <w:name w:val="Normal Table_e705114b-a468-40ce-825e-cd38aecf42b9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fab2778d-2c80-4af6-9b1a-bb8b93f37103" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_82406a52-bdba-47b2-a8d0-e8072743e4f2"/>
+  <w:style w:type="table" w:styleId="TableGrid_7d14c9b6-a00a-409c-b6ba-fdb562442cd8" w:customStyle="1">
+    <w:name w:val="Table Grid_7d14c9b6-a00a-409c-b6ba-fdb562442cd8"/>
+    <w:basedOn w:val="NormalTable_e705114b-a468-40ce-825e-cd38aecf42b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_08928504-91e9-4c90-8e72-fe30b76b5868" w:customStyle="1">
-    <w:name w:val="Normal Table_08928504-91e9-4c90-8e72-fe30b76b5868"/>
+  <w:style w:type="table" w:styleId="NormalTable_69a807bd-47ed-46c7-9bdc-04ee1f8b5a20" w:customStyle="1">
+    <w:name w:val="Normal Table_69a807bd-47ed-46c7-9bdc-04ee1f8b5a20"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0940629e-d97d-4f77-844d-84e983622ec8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_08928504-91e9-4c90-8e72-fe30b76b5868"/>
+  <w:style w:type="table" w:styleId="TableGrid_0bf9661f-bbd7-4033-95cd-fb5fbbf1d447" w:customStyle="1">
+    <w:name w:val="Table Grid_0bf9661f-bbd7-4033-95cd-fb5fbbf1d447"/>
+    <w:basedOn w:val="NormalTable_69a807bd-47ed-46c7-9bdc-04ee1f8b5a20"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7d8f4cf3-4c0b-46b5-9eff-311c68cc0ccf" w:customStyle="1">
-    <w:name w:val="Normal Table_7d8f4cf3-4c0b-46b5-9eff-311c68cc0ccf"/>
+  <w:style w:type="table" w:styleId="NormalTable_64a306e1-3f2d-4c01-b58e-e5f416fec9e2" w:customStyle="1">
+    <w:name w:val="Normal Table_64a306e1-3f2d-4c01-b58e-e5f416fec9e2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_76805979-49dc-4038-8e73-a9633f24f30f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7d8f4cf3-4c0b-46b5-9eff-311c68cc0ccf"/>
+  <w:style w:type="table" w:styleId="TableGrid_d607f080-bd4c-4705-8bc1-3d1ad4ac21f4" w:customStyle="1">
+    <w:name w:val="Table Grid_d607f080-bd4c-4705-8bc1-3d1ad4ac21f4"/>
+    <w:basedOn w:val="NormalTable_64a306e1-3f2d-4c01-b58e-e5f416fec9e2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2ab96f7b-50a3-48b8-88da-88b2ccd828ec" w:customStyle="1">
-    <w:name w:val="Normal Table_2ab96f7b-50a3-48b8-88da-88b2ccd828ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_5cb88704-9257-4aca-8d99-259fdf741ff6" w:customStyle="1">
+    <w:name w:val="Normal Table_5cb88704-9257-4aca-8d99-259fdf741ff6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1ee2c555-9e1e-4230-97d8-76169f925cdf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2ab96f7b-50a3-48b8-88da-88b2ccd828ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_b8c3762f-d4e7-4762-8ad6-ab294e1bcb42" w:customStyle="1">
+    <w:name w:val="Table Grid_b8c3762f-d4e7-4762-8ad6-ab294e1bcb42"/>
+    <w:basedOn w:val="NormalTable_5cb88704-9257-4aca-8d99-259fdf741ff6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_32864656-3959-46cf-a83c-15c38fe69783" w:customStyle="1">
-    <w:name w:val="Normal Table_32864656-3959-46cf-a83c-15c38fe69783"/>
+  <w:style w:type="table" w:styleId="NormalTable_b8041d4c-0dec-4c79-933b-01c21f63dd3d" w:customStyle="1">
+    <w:name w:val="Normal Table_b8041d4c-0dec-4c79-933b-01c21f63dd3d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7967b82e-cc54-42a6-b563-5405823dccd7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_32864656-3959-46cf-a83c-15c38fe69783"/>
+  <w:style w:type="table" w:styleId="TableGrid_f074de60-c751-4d58-8cd5-bb4213e2a305" w:customStyle="1">
+    <w:name w:val="Table Grid_f074de60-c751-4d58-8cd5-bb4213e2a305"/>
+    <w:basedOn w:val="NormalTable_b8041d4c-0dec-4c79-933b-01c21f63dd3d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f91fe222-aabd-4cf1-89f8-398bf92aa8fd" w:customStyle="1">
-    <w:name w:val="Normal Table_f91fe222-aabd-4cf1-89f8-398bf92aa8fd"/>
+  <w:style w:type="table" w:styleId="NormalTable_7eb6afe2-7940-49d3-b396-2c99c2a8544f" w:customStyle="1">
+    <w:name w:val="Normal Table_7eb6afe2-7940-49d3-b396-2c99c2a8544f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f123c515-7185-4929-840a-b91a0f178217" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f91fe222-aabd-4cf1-89f8-398bf92aa8fd"/>
+  <w:style w:type="table" w:styleId="TableGrid_6954c297-7092-467d-94e7-f54733011cfa" w:customStyle="1">
+    <w:name w:val="Table Grid_6954c297-7092-467d-94e7-f54733011cfa"/>
+    <w:basedOn w:val="NormalTable_7eb6afe2-7940-49d3-b396-2c99c2a8544f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_43da4213-f848-4a3e-9c1d-4182ce20db0f" w:customStyle="1">
-    <w:name w:val="Normal Table_43da4213-f848-4a3e-9c1d-4182ce20db0f"/>
+  <w:style w:type="table" w:styleId="NormalTable_708301d1-6831-47e0-b9b0-216a723d5613" w:customStyle="1">
+    <w:name w:val="Normal Table_708301d1-6831-47e0-b9b0-216a723d5613"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2e3d629a-08f7-4aee-b8fd-c409ba9ab801" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_43da4213-f848-4a3e-9c1d-4182ce20db0f"/>
+  <w:style w:type="table" w:styleId="TableGrid_bdb41803-f4c9-47cd-963e-8ea8eee01c10" w:customStyle="1">
+    <w:name w:val="Table Grid_bdb41803-f4c9-47cd-963e-8ea8eee01c10"/>
+    <w:basedOn w:val="NormalTable_708301d1-6831-47e0-b9b0-216a723d5613"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9a2867f6-6e04-4491-903a-c52912e0842e" w:customStyle="1">
-    <w:name w:val="Normal Table_9a2867f6-6e04-4491-903a-c52912e0842e"/>
+  <w:style w:type="table" w:styleId="NormalTable_e1deea76-f7a2-4097-8a20-ba02ffd3ca88" w:customStyle="1">
+    <w:name w:val="Normal Table_e1deea76-f7a2-4097-8a20-ba02ffd3ca88"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8be9c23f-bf5f-403b-b4dc-627810778b49" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9a2867f6-6e04-4491-903a-c52912e0842e"/>
+  <w:style w:type="table" w:styleId="TableGrid_46fb7e89-e735-451f-a007-7b191e38c9f1" w:customStyle="1">
+    <w:name w:val="Table Grid_46fb7e89-e735-451f-a007-7b191e38c9f1"/>
+    <w:basedOn w:val="NormalTable_e1deea76-f7a2-4097-8a20-ba02ffd3ca88"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>