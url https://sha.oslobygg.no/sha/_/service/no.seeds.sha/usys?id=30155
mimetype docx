--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -3923,51 +3923,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_196a5fb2-fcb7-400f-8790-9a7bc21c09a2"/>
+      <w:tblStyle w:val="TableGrid_54959153-d974-40b0-9b08-766e3fb006bd"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3978,51 +3978,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:52:47 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:05:00 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4050,51 +4050,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_94a068d4-d494-4386-88b0-3e7d71943cd6"/>
+      <w:tblStyle w:val="TableGrid_fd5d8910-220b-4665-b52f-0077b1f415a0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4152,51 +4152,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+            <w:pStyle w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4209,59 +4209,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+      <w:pStyle w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6ff72760-b6ac-4fdb-9cb6-da8501d87d71"/>
+      <w:tblStyle w:val="TableGrid_51bb2527-26dc-4485-aa89-327a25e28e45"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4272,51 +4272,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b0e524d1-91da-4d66-9ad6-7c9f69464271"/>
+            <w:tblStyle w:val="TableGrid_9db76895-db8a-466d-881d-b4724b7ec017"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4417,72 +4417,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">18.11.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+            <w:pStyle w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b732d33f-f01a-4bcc-a3e3-d1e53030884d"/>
+            <w:tblStyle w:val="TableGrid_1a2f9469-c364-4c3c-885e-be75f309538f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4583,62 +4583,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+            <w:pStyle w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+      <w:pStyle w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16AB4BC5"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1)"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5724,629 +5724,629 @@
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperkobling">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2" w:customStyle="1">
-    <w:name w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+  <w:style w:type="paragraph" w:styleId="Normal_4968ca51-e0db-48bb-a743-58661734b2f6" w:customStyle="1">
+    <w:name w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+    <w:basedOn w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_be2897c8-d235-43ea-8001-13938b2cb893" w:customStyle="1">
-    <w:name w:val="Normal Table_be2897c8-d235-43ea-8001-13938b2cb893"/>
+  <w:style w:type="table" w:styleId="NormalTable_5dc1bdc2-79ce-4ebe-89dd-225d81c81672" w:customStyle="1">
+    <w:name w:val="Normal Table_5dc1bdc2-79ce-4ebe-89dd-225d81c81672"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fa95aa4a-8c2b-48a4-8fbd-b1f519d676dc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_be2897c8-d235-43ea-8001-13938b2cb893"/>
+  <w:style w:type="table" w:styleId="TableGrid_0f55bb76-2029-4262-a92c-333bae71b197" w:customStyle="1">
+    <w:name w:val="Table Grid_0f55bb76-2029-4262-a92c-333bae71b197"/>
+    <w:basedOn w:val="NormalTable_5dc1bdc2-79ce-4ebe-89dd-225d81c81672"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+    <w:basedOn w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_2d0566e7-88c3-4844-a0b5-e7a5dbb1e9a2"/>
+    <w:basedOn w:val="Normal_4968ca51-e0db-48bb-a743-58661734b2f6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8052e6c6-438f-4319-95e4-560f77eda4c7" w:customStyle="1">
-    <w:name w:val="Normal Table_8052e6c6-438f-4319-95e4-560f77eda4c7"/>
+  <w:style w:type="table" w:styleId="NormalTable_bd51fe49-a0a2-4362-89a2-ce75602c06b6" w:customStyle="1">
+    <w:name w:val="Normal Table_bd51fe49-a0a2-4362-89a2-ce75602c06b6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7734751b-e66b-4a82-b72e-ca836faa7361" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8052e6c6-438f-4319-95e4-560f77eda4c7"/>
+  <w:style w:type="table" w:styleId="TableGrid_94275194-c0da-4de4-a35e-3821007edabd" w:customStyle="1">
+    <w:name w:val="Table Grid_94275194-c0da-4de4-a35e-3821007edabd"/>
+    <w:basedOn w:val="NormalTable_bd51fe49-a0a2-4362-89a2-ce75602c06b6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_64ea5f64-b145-4a77-ad4b-0dd82d1cd7b8" w:customStyle="1">
-    <w:name w:val="Normal Table_64ea5f64-b145-4a77-ad4b-0dd82d1cd7b8"/>
+  <w:style w:type="table" w:styleId="NormalTable_988d3c64-b5e9-497a-8418-150eb5360e53" w:customStyle="1">
+    <w:name w:val="Normal Table_988d3c64-b5e9-497a-8418-150eb5360e53"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7af0a62c-2d43-4b45-88d9-a15347d0b661" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_64ea5f64-b145-4a77-ad4b-0dd82d1cd7b8"/>
+  <w:style w:type="table" w:styleId="TableGrid_4bab2bd4-8cdf-4b4f-93a9-5e45a855f239" w:customStyle="1">
+    <w:name w:val="Table Grid_4bab2bd4-8cdf-4b4f-93a9-5e45a855f239"/>
+    <w:basedOn w:val="NormalTable_988d3c64-b5e9-497a-8418-150eb5360e53"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2437574e-7925-4c23-8246-a184ff6d33b7" w:customStyle="1">
-    <w:name w:val="Normal Table_2437574e-7925-4c23-8246-a184ff6d33b7"/>
+  <w:style w:type="table" w:styleId="NormalTable_8e1b847f-b3ab-457e-a8f5-599ee5554afb" w:customStyle="1">
+    <w:name w:val="Normal Table_8e1b847f-b3ab-457e-a8f5-599ee5554afb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ca3fe69a-b810-47c5-a6b5-f80d9c4a1429" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2437574e-7925-4c23-8246-a184ff6d33b7"/>
+  <w:style w:type="table" w:styleId="TableGrid_3da98c8b-7e4e-43e6-9ff4-684b42aebca7" w:customStyle="1">
+    <w:name w:val="Table Grid_3da98c8b-7e4e-43e6-9ff4-684b42aebca7"/>
+    <w:basedOn w:val="NormalTable_8e1b847f-b3ab-457e-a8f5-599ee5554afb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9f0fbd29-e9f7-4b2d-9bd8-fe968d30484b" w:customStyle="1">
-    <w:name w:val="Normal Table_9f0fbd29-e9f7-4b2d-9bd8-fe968d30484b"/>
+  <w:style w:type="table" w:styleId="NormalTable_1835a1c6-65d8-4fbd-b6a5-1532949d554c" w:customStyle="1">
+    <w:name w:val="Normal Table_1835a1c6-65d8-4fbd-b6a5-1532949d554c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7861fa44-50b7-4efa-a20b-f099573a2182" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9f0fbd29-e9f7-4b2d-9bd8-fe968d30484b"/>
+  <w:style w:type="table" w:styleId="TableGrid_61ba1ef6-4aa9-42da-be6e-781e97715a94" w:customStyle="1">
+    <w:name w:val="Table Grid_61ba1ef6-4aa9-42da-be6e-781e97715a94"/>
+    <w:basedOn w:val="NormalTable_1835a1c6-65d8-4fbd-b6a5-1532949d554c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_adf77a27-2156-4487-84b8-3bb1a0505bd1" w:customStyle="1">
-    <w:name w:val="Normal Table_adf77a27-2156-4487-84b8-3bb1a0505bd1"/>
+  <w:style w:type="table" w:styleId="NormalTable_92fffcda-d3de-4321-b853-d868648f1e9a" w:customStyle="1">
+    <w:name w:val="Normal Table_92fffcda-d3de-4321-b853-d868648f1e9a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_196a5fb2-fcb7-400f-8790-9a7bc21c09a2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_adf77a27-2156-4487-84b8-3bb1a0505bd1"/>
+  <w:style w:type="table" w:styleId="TableGrid_54959153-d974-40b0-9b08-766e3fb006bd" w:customStyle="1">
+    <w:name w:val="Table Grid_54959153-d974-40b0-9b08-766e3fb006bd"/>
+    <w:basedOn w:val="NormalTable_92fffcda-d3de-4321-b853-d868648f1e9a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1f7801f1-c14e-41bc-b335-7e6d7fd76d8a" w:customStyle="1">
-    <w:name w:val="Normal Table_1f7801f1-c14e-41bc-b335-7e6d7fd76d8a"/>
+  <w:style w:type="table" w:styleId="NormalTable_e7f9928a-91e3-43e5-b494-3bdce5a80a46" w:customStyle="1">
+    <w:name w:val="Normal Table_e7f9928a-91e3-43e5-b494-3bdce5a80a46"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_94a068d4-d494-4386-88b0-3e7d71943cd6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1f7801f1-c14e-41bc-b335-7e6d7fd76d8a"/>
+  <w:style w:type="table" w:styleId="TableGrid_fd5d8910-220b-4665-b52f-0077b1f415a0" w:customStyle="1">
+    <w:name w:val="Table Grid_fd5d8910-220b-4665-b52f-0077b1f415a0"/>
+    <w:basedOn w:val="NormalTable_e7f9928a-91e3-43e5-b494-3bdce5a80a46"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ff9eaa0e-ba44-437a-8d79-b5c38526e640" w:customStyle="1">
-    <w:name w:val="Normal Table_ff9eaa0e-ba44-437a-8d79-b5c38526e640"/>
+  <w:style w:type="table" w:styleId="NormalTable_0ba0698a-43a0-46f6-9620-6df65e8faca6" w:customStyle="1">
+    <w:name w:val="Normal Table_0ba0698a-43a0-46f6-9620-6df65e8faca6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0e524d1-91da-4d66-9ad6-7c9f69464271" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ff9eaa0e-ba44-437a-8d79-b5c38526e640"/>
+  <w:style w:type="table" w:styleId="TableGrid_9db76895-db8a-466d-881d-b4724b7ec017" w:customStyle="1">
+    <w:name w:val="Table Grid_9db76895-db8a-466d-881d-b4724b7ec017"/>
+    <w:basedOn w:val="NormalTable_0ba0698a-43a0-46f6-9620-6df65e8faca6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5693d71f-cf85-495a-b013-a28d9ad3cd3a" w:customStyle="1">
-    <w:name w:val="Normal Table_5693d71f-cf85-495a-b013-a28d9ad3cd3a"/>
+  <w:style w:type="table" w:styleId="NormalTable_816d1a95-9db0-42b0-bed3-f25814966cb8" w:customStyle="1">
+    <w:name w:val="Normal Table_816d1a95-9db0-42b0-bed3-f25814966cb8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b732d33f-f01a-4bcc-a3e3-d1e53030884d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5693d71f-cf85-495a-b013-a28d9ad3cd3a"/>
+  <w:style w:type="table" w:styleId="TableGrid_1a2f9469-c364-4c3c-885e-be75f309538f" w:customStyle="1">
+    <w:name w:val="Table Grid_1a2f9469-c364-4c3c-885e-be75f309538f"/>
+    <w:basedOn w:val="NormalTable_816d1a95-9db0-42b0-bed3-f25814966cb8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d5e00711-2e4c-44d6-b43c-c50cd741b327" w:customStyle="1">
-    <w:name w:val="Normal Table_d5e00711-2e4c-44d6-b43c-c50cd741b327"/>
+  <w:style w:type="table" w:styleId="NormalTable_2b7c696c-5d02-422c-aa38-acf7b2a3a5d6" w:customStyle="1">
+    <w:name w:val="Normal Table_2b7c696c-5d02-422c-aa38-acf7b2a3a5d6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6ff72760-b6ac-4fdb-9cb6-da8501d87d71" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d5e00711-2e4c-44d6-b43c-c50cd741b327"/>
+  <w:style w:type="table" w:styleId="TableGrid_51bb2527-26dc-4485-aa89-327a25e28e45" w:customStyle="1">
+    <w:name w:val="Table Grid_51bb2527-26dc-4485-aa89-327a25e28e45"/>
+    <w:basedOn w:val="NormalTable_2b7c696c-5d02-422c-aa38-acf7b2a3a5d6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>