--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -1887,51 +1887,51 @@
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0be214f6-f739-4eb9-9794-9f6ecbed0b31"/>
+      <w:tblStyle w:val="TableGrid_8dfa3471-68b0-428c-834f-ff64e8a5b5e9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1942,51 +1942,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:45:55 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:39 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2014,51 +2014,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e84f841f-c369-4329-856d-8f5ae9b787ec"/>
+      <w:tblStyle w:val="TableGrid_7c9fdc70-95b2-48d8-a59e-fd923f1a6600"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2116,51 +2116,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+            <w:pStyle w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2173,59 +2173,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+      <w:pStyle w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6b184274-5981-43cd-84c6-5b0e6f195f08"/>
+      <w:tblStyle w:val="TableGrid_2da9bd4f-06f2-477c-9414-f785e8c53979"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2236,51 +2236,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_58f57842-50e2-4b80-aabd-59c728758525"/>
+            <w:tblStyle w:val="TableGrid_68d4f22e-6e6f-43bf-b06b-b3fa65f1ac0c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2381,72 +2381,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+            <w:pStyle w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a1eea4de-114f-42a9-bc2f-aecfbdc11745"/>
+            <w:tblStyle w:val="TableGrid_177d9b9e-de0f-4ba6-b9e2-7ccaae986e51"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2547,62 +2547,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+            <w:pStyle w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+      <w:pStyle w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="15C56021"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3964,629 +3964,629 @@
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BrdtekstTegn" w:customStyle="1">
     <w:name w:val="Brødtekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BodyText"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca" w:customStyle="1">
-    <w:name w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+  <w:style w:type="paragraph" w:styleId="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0" w:customStyle="1">
+    <w:name w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+    <w:basedOn w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_23a00462-86af-4b6e-9946-15de82f2b149" w:customStyle="1">
-    <w:name w:val="Normal Table_23a00462-86af-4b6e-9946-15de82f2b149"/>
+  <w:style w:type="table" w:styleId="NormalTable_e6363a2f-d63a-4fc5-aaf9-02706ac90dda" w:customStyle="1">
+    <w:name w:val="Normal Table_e6363a2f-d63a-4fc5-aaf9-02706ac90dda"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7f46dc2b-abc1-4a7e-b1f5-214ff809e689" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_23a00462-86af-4b6e-9946-15de82f2b149"/>
+  <w:style w:type="table" w:styleId="TableGrid_8d713f75-e5ae-410d-a270-475c142f2cf6" w:customStyle="1">
+    <w:name w:val="Table Grid_8d713f75-e5ae-410d-a270-475c142f2cf6"/>
+    <w:basedOn w:val="NormalTable_e6363a2f-d63a-4fc5-aaf9-02706ac90dda"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+    <w:basedOn w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_04fa74b4-9195-48f4-be36-e2d65a7009ca"/>
+    <w:basedOn w:val="Normal_d099a534-d72f-4406-89eb-4bf269ae32d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e67a4413-121f-497b-a236-3cb73cb44e43" w:customStyle="1">
-    <w:name w:val="Normal Table_e67a4413-121f-497b-a236-3cb73cb44e43"/>
+  <w:style w:type="table" w:styleId="NormalTable_e13e44c6-d7ac-41c2-8d68-03e76b133bfc" w:customStyle="1">
+    <w:name w:val="Normal Table_e13e44c6-d7ac-41c2-8d68-03e76b133bfc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_05aaca8a-0fb2-4762-980b-27c01e9dc7c3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e67a4413-121f-497b-a236-3cb73cb44e43"/>
+  <w:style w:type="table" w:styleId="TableGrid_71ab138e-0cb5-4165-83a5-842c0b5a4678" w:customStyle="1">
+    <w:name w:val="Table Grid_71ab138e-0cb5-4165-83a5-842c0b5a4678"/>
+    <w:basedOn w:val="NormalTable_e13e44c6-d7ac-41c2-8d68-03e76b133bfc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_99033b7a-5a2c-46cf-a532-5b58915c9bee" w:customStyle="1">
-    <w:name w:val="Normal Table_99033b7a-5a2c-46cf-a532-5b58915c9bee"/>
+  <w:style w:type="table" w:styleId="NormalTable_4fe3fedb-9ea2-4a35-a9b5-a494b5931ffa" w:customStyle="1">
+    <w:name w:val="Normal Table_4fe3fedb-9ea2-4a35-a9b5-a494b5931ffa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8a91c198-bf31-4322-afe6-fb17d593f978" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_99033b7a-5a2c-46cf-a532-5b58915c9bee"/>
+  <w:style w:type="table" w:styleId="TableGrid_0a185a8e-7132-4736-961e-065990a3d4ca" w:customStyle="1">
+    <w:name w:val="Table Grid_0a185a8e-7132-4736-961e-065990a3d4ca"/>
+    <w:basedOn w:val="NormalTable_4fe3fedb-9ea2-4a35-a9b5-a494b5931ffa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2678dbef-73b6-4e39-ac26-a90f3b471ee7" w:customStyle="1">
-    <w:name w:val="Normal Table_2678dbef-73b6-4e39-ac26-a90f3b471ee7"/>
+  <w:style w:type="table" w:styleId="NormalTable_fc249b5d-e888-4cde-aa43-139163db97d6" w:customStyle="1">
+    <w:name w:val="Normal Table_fc249b5d-e888-4cde-aa43-139163db97d6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_14d760b1-4c85-465b-a054-2eee548d7671" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2678dbef-73b6-4e39-ac26-a90f3b471ee7"/>
+  <w:style w:type="table" w:styleId="TableGrid_6410bead-2bde-4530-991d-be31eddcb0e8" w:customStyle="1">
+    <w:name w:val="Table Grid_6410bead-2bde-4530-991d-be31eddcb0e8"/>
+    <w:basedOn w:val="NormalTable_fc249b5d-e888-4cde-aa43-139163db97d6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_431c7f0a-ddf8-4b2a-9fc9-87b8a929aff1" w:customStyle="1">
-    <w:name w:val="Normal Table_431c7f0a-ddf8-4b2a-9fc9-87b8a929aff1"/>
+  <w:style w:type="table" w:styleId="NormalTable_6c67ae3e-9b79-4675-b7b7-3a69d58f66fe" w:customStyle="1">
+    <w:name w:val="Normal Table_6c67ae3e-9b79-4675-b7b7-3a69d58f66fe"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2bdc16a6-c24e-43d2-a300-dbb0f0645da6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_431c7f0a-ddf8-4b2a-9fc9-87b8a929aff1"/>
+  <w:style w:type="table" w:styleId="TableGrid_e53637f2-131e-480e-982b-ce1d01ff2bd3" w:customStyle="1">
+    <w:name w:val="Table Grid_e53637f2-131e-480e-982b-ce1d01ff2bd3"/>
+    <w:basedOn w:val="NormalTable_6c67ae3e-9b79-4675-b7b7-3a69d58f66fe"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c8e4a733-0804-4ebf-a65c-55a3bfc7870d" w:customStyle="1">
-    <w:name w:val="Normal Table_c8e4a733-0804-4ebf-a65c-55a3bfc7870d"/>
+  <w:style w:type="table" w:styleId="NormalTable_22842419-f2a5-47db-bdf9-f46a3f23936d" w:customStyle="1">
+    <w:name w:val="Normal Table_22842419-f2a5-47db-bdf9-f46a3f23936d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0be214f6-f739-4eb9-9794-9f6ecbed0b31" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c8e4a733-0804-4ebf-a65c-55a3bfc7870d"/>
+  <w:style w:type="table" w:styleId="TableGrid_8dfa3471-68b0-428c-834f-ff64e8a5b5e9" w:customStyle="1">
+    <w:name w:val="Table Grid_8dfa3471-68b0-428c-834f-ff64e8a5b5e9"/>
+    <w:basedOn w:val="NormalTable_22842419-f2a5-47db-bdf9-f46a3f23936d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2fee7dc0-d81e-4a10-974f-f0ff4c821cb3" w:customStyle="1">
-    <w:name w:val="Normal Table_2fee7dc0-d81e-4a10-974f-f0ff4c821cb3"/>
+  <w:style w:type="table" w:styleId="NormalTable_dc750791-5805-4ad0-887f-919208062b5b" w:customStyle="1">
+    <w:name w:val="Normal Table_dc750791-5805-4ad0-887f-919208062b5b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e84f841f-c369-4329-856d-8f5ae9b787ec" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2fee7dc0-d81e-4a10-974f-f0ff4c821cb3"/>
+  <w:style w:type="table" w:styleId="TableGrid_7c9fdc70-95b2-48d8-a59e-fd923f1a6600" w:customStyle="1">
+    <w:name w:val="Table Grid_7c9fdc70-95b2-48d8-a59e-fd923f1a6600"/>
+    <w:basedOn w:val="NormalTable_dc750791-5805-4ad0-887f-919208062b5b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0d50ea68-a318-4f0f-bafd-c1809c681faf" w:customStyle="1">
-    <w:name w:val="Normal Table_0d50ea68-a318-4f0f-bafd-c1809c681faf"/>
+  <w:style w:type="table" w:styleId="NormalTable_9eec61ed-8056-4ffc-8457-626835ae0f59" w:customStyle="1">
+    <w:name w:val="Normal Table_9eec61ed-8056-4ffc-8457-626835ae0f59"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_58f57842-50e2-4b80-aabd-59c728758525" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0d50ea68-a318-4f0f-bafd-c1809c681faf"/>
+  <w:style w:type="table" w:styleId="TableGrid_68d4f22e-6e6f-43bf-b06b-b3fa65f1ac0c" w:customStyle="1">
+    <w:name w:val="Table Grid_68d4f22e-6e6f-43bf-b06b-b3fa65f1ac0c"/>
+    <w:basedOn w:val="NormalTable_9eec61ed-8056-4ffc-8457-626835ae0f59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f5cbc411-5e4b-447e-bdec-7f367f38004c" w:customStyle="1">
-    <w:name w:val="Normal Table_f5cbc411-5e4b-447e-bdec-7f367f38004c"/>
+  <w:style w:type="table" w:styleId="NormalTable_ca62982a-a91a-4375-bca2-cfd7cbddc9e9" w:customStyle="1">
+    <w:name w:val="Normal Table_ca62982a-a91a-4375-bca2-cfd7cbddc9e9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a1eea4de-114f-42a9-bc2f-aecfbdc11745" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f5cbc411-5e4b-447e-bdec-7f367f38004c"/>
+  <w:style w:type="table" w:styleId="TableGrid_177d9b9e-de0f-4ba6-b9e2-7ccaae986e51" w:customStyle="1">
+    <w:name w:val="Table Grid_177d9b9e-de0f-4ba6-b9e2-7ccaae986e51"/>
+    <w:basedOn w:val="NormalTable_ca62982a-a91a-4375-bca2-cfd7cbddc9e9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_12a4e5a5-46c0-4fcc-9d60-7cedc11b1c61" w:customStyle="1">
-    <w:name w:val="Normal Table_12a4e5a5-46c0-4fcc-9d60-7cedc11b1c61"/>
+  <w:style w:type="table" w:styleId="NormalTable_81f4c55d-dda6-4d2b-a939-20b1a2286d68" w:customStyle="1">
+    <w:name w:val="Normal Table_81f4c55d-dda6-4d2b-a939-20b1a2286d68"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6b184274-5981-43cd-84c6-5b0e6f195f08" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_12a4e5a5-46c0-4fcc-9d60-7cedc11b1c61"/>
+  <w:style w:type="table" w:styleId="TableGrid_2da9bd4f-06f2-477c-9414-f785e8c53979" w:customStyle="1">
+    <w:name w:val="Table Grid_2da9bd4f-06f2-477c-9414-f785e8c53979"/>
+    <w:basedOn w:val="NormalTable_81f4c55d-dda6-4d2b-a939-20b1a2286d68"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>