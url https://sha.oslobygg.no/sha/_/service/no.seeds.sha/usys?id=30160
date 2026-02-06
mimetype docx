--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -2031,51 +2031,51 @@
   <w:font w:name="Open Sans">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_42c7a3ca-9fde-4150-9e7a-94ec309f8bfb"/>
+      <w:tblStyle w:val="TableGrid_7d81fe74-3a9d-41e1-acfc-276c999df906"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2086,51 +2086,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:48:46 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:03:35 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2158,51 +2158,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9c2e81ea-52a3-43c2-ac86-63d61ace19ba"/>
+      <w:tblStyle w:val="TableGrid_828b2e73-b581-4cfe-b236-dc61b6d80dc0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -2260,51 +2260,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+            <w:pStyle w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2317,59 +2317,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+      <w:pStyle w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f80c7b82-fd88-417e-a55a-e6f0816c6f3b"/>
+      <w:tblStyle w:val="TableGrid_c8070345-84e5-4a7a-869b-3d9a4325bfff"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2380,51 +2380,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_bbf67785-32df-40be-8f61-5b3667e87f7a"/>
+            <w:tblStyle w:val="TableGrid_c6bac484-0e93-4622-a143-860d2dcadcc5"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2525,72 +2525,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">13.02.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+            <w:pStyle w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b7c5ece4-f3b8-417e-8966-44b654beca90"/>
+            <w:tblStyle w:val="TableGrid_3fcd29f5-c6b6-4ede-86f0-1ec90e101274"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2691,62 +2691,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+            <w:pStyle w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+      <w:pStyle w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="25FF60A7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="23"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3439,629 +3439,629 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutenett">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Vanligtabell"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5" w:customStyle="1">
-    <w:name w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+  <w:style w:type="paragraph" w:styleId="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6" w:customStyle="1">
+    <w:name w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+    <w:basedOn w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5aa0663a-47d1-46b8-ad1d-a819341da91d" w:customStyle="1">
-    <w:name w:val="Normal Table_5aa0663a-47d1-46b8-ad1d-a819341da91d"/>
+  <w:style w:type="table" w:styleId="NormalTable_ccf18db3-5dcd-4196-9517-176ab9519dd2" w:customStyle="1">
+    <w:name w:val="Normal Table_ccf18db3-5dcd-4196-9517-176ab9519dd2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1ef6ce3f-be24-40e2-b10c-934bde187b57" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5aa0663a-47d1-46b8-ad1d-a819341da91d"/>
+  <w:style w:type="table" w:styleId="TableGrid_1811bcb9-cd9d-4b9b-b099-3c658da776a1" w:customStyle="1">
+    <w:name w:val="Table Grid_1811bcb9-cd9d-4b9b-b099-3c658da776a1"/>
+    <w:basedOn w:val="NormalTable_ccf18db3-5dcd-4196-9517-176ab9519dd2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+    <w:basedOn w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_d32c3407-2b87-43f5-9300-0cbdfc5fbba5"/>
+    <w:basedOn w:val="Normal_477a14b7-512f-4c84-af1e-e6cd54bc58c6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_93a17110-24d6-4219-ad9b-e99e0a953e45" w:customStyle="1">
-    <w:name w:val="Normal Table_93a17110-24d6-4219-ad9b-e99e0a953e45"/>
+  <w:style w:type="table" w:styleId="NormalTable_83195e58-fb97-4ae4-8b59-068aded04dcf" w:customStyle="1">
+    <w:name w:val="Normal Table_83195e58-fb97-4ae4-8b59-068aded04dcf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e59fc062-ee2e-43f3-82f4-7c8488010e21" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_93a17110-24d6-4219-ad9b-e99e0a953e45"/>
+  <w:style w:type="table" w:styleId="TableGrid_94bdda81-5db5-44dd-b024-bfcac8b42023" w:customStyle="1">
+    <w:name w:val="Table Grid_94bdda81-5db5-44dd-b024-bfcac8b42023"/>
+    <w:basedOn w:val="NormalTable_83195e58-fb97-4ae4-8b59-068aded04dcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7157f710-53ac-478f-8796-8488f26aa9cc" w:customStyle="1">
-    <w:name w:val="Normal Table_7157f710-53ac-478f-8796-8488f26aa9cc"/>
+  <w:style w:type="table" w:styleId="NormalTable_d324d073-9ad5-4d37-bd65-36e1b010a2e7" w:customStyle="1">
+    <w:name w:val="Normal Table_d324d073-9ad5-4d37-bd65-36e1b010a2e7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a13458b8-2048-4031-8ad5-825762c6c46c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7157f710-53ac-478f-8796-8488f26aa9cc"/>
+  <w:style w:type="table" w:styleId="TableGrid_b38a1539-d4ef-4fed-acd0-1842ee9655c9" w:customStyle="1">
+    <w:name w:val="Table Grid_b38a1539-d4ef-4fed-acd0-1842ee9655c9"/>
+    <w:basedOn w:val="NormalTable_d324d073-9ad5-4d37-bd65-36e1b010a2e7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b231bf6-a601-42b0-853f-060d4aa4154d" w:customStyle="1">
-    <w:name w:val="Normal Table_4b231bf6-a601-42b0-853f-060d4aa4154d"/>
+  <w:style w:type="table" w:styleId="NormalTable_9840f0d2-2fd7-41f8-9fb8-a19b01f50fa1" w:customStyle="1">
+    <w:name w:val="Normal Table_9840f0d2-2fd7-41f8-9fb8-a19b01f50fa1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b3242df4-5ca2-4aab-96fb-82981d34bcc1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b231bf6-a601-42b0-853f-060d4aa4154d"/>
+  <w:style w:type="table" w:styleId="TableGrid_a065bf27-b9da-4330-b206-1595cb3eca66" w:customStyle="1">
+    <w:name w:val="Table Grid_a065bf27-b9da-4330-b206-1595cb3eca66"/>
+    <w:basedOn w:val="NormalTable_9840f0d2-2fd7-41f8-9fb8-a19b01f50fa1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_24e9a9e7-fa48-4e8b-99a9-d306c1f7fa6e" w:customStyle="1">
-    <w:name w:val="Normal Table_24e9a9e7-fa48-4e8b-99a9-d306c1f7fa6e"/>
+  <w:style w:type="table" w:styleId="NormalTable_1c450901-88fd-4eb6-8334-0b5c97d012d7" w:customStyle="1">
+    <w:name w:val="Normal Table_1c450901-88fd-4eb6-8334-0b5c97d012d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ce12ab93-6bdb-4cc5-8ff0-189a6960fbc9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_24e9a9e7-fa48-4e8b-99a9-d306c1f7fa6e"/>
+  <w:style w:type="table" w:styleId="TableGrid_6b19bf03-360f-41cd-96f9-fed1818956f7" w:customStyle="1">
+    <w:name w:val="Table Grid_6b19bf03-360f-41cd-96f9-fed1818956f7"/>
+    <w:basedOn w:val="NormalTable_1c450901-88fd-4eb6-8334-0b5c97d012d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0b3f21e8-52e2-415c-8202-c56ca3a908d0" w:customStyle="1">
-    <w:name w:val="Normal Table_0b3f21e8-52e2-415c-8202-c56ca3a908d0"/>
+  <w:style w:type="table" w:styleId="NormalTable_e2b934b2-83bd-48c2-9ef5-264cb1a9d5ca" w:customStyle="1">
+    <w:name w:val="Normal Table_e2b934b2-83bd-48c2-9ef5-264cb1a9d5ca"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_42c7a3ca-9fde-4150-9e7a-94ec309f8bfb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0b3f21e8-52e2-415c-8202-c56ca3a908d0"/>
+  <w:style w:type="table" w:styleId="TableGrid_7d81fe74-3a9d-41e1-acfc-276c999df906" w:customStyle="1">
+    <w:name w:val="Table Grid_7d81fe74-3a9d-41e1-acfc-276c999df906"/>
+    <w:basedOn w:val="NormalTable_e2b934b2-83bd-48c2-9ef5-264cb1a9d5ca"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c4195a91-a16f-45e9-b7be-755e69a00d23" w:customStyle="1">
-    <w:name w:val="Normal Table_c4195a91-a16f-45e9-b7be-755e69a00d23"/>
+  <w:style w:type="table" w:styleId="NormalTable_70a55150-5ab6-452b-9929-7c66b76c9625" w:customStyle="1">
+    <w:name w:val="Normal Table_70a55150-5ab6-452b-9929-7c66b76c9625"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9c2e81ea-52a3-43c2-ac86-63d61ace19ba" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c4195a91-a16f-45e9-b7be-755e69a00d23"/>
+  <w:style w:type="table" w:styleId="TableGrid_828b2e73-b581-4cfe-b236-dc61b6d80dc0" w:customStyle="1">
+    <w:name w:val="Table Grid_828b2e73-b581-4cfe-b236-dc61b6d80dc0"/>
+    <w:basedOn w:val="NormalTable_70a55150-5ab6-452b-9929-7c66b76c9625"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9a26bd92-57fe-4a5b-90e1-cc7fe7fea419" w:customStyle="1">
-    <w:name w:val="Normal Table_9a26bd92-57fe-4a5b-90e1-cc7fe7fea419"/>
+  <w:style w:type="table" w:styleId="NormalTable_22f50989-d904-4828-8256-b1cfe3217084" w:customStyle="1">
+    <w:name w:val="Normal Table_22f50989-d904-4828-8256-b1cfe3217084"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bbf67785-32df-40be-8f61-5b3667e87f7a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9a26bd92-57fe-4a5b-90e1-cc7fe7fea419"/>
+  <w:style w:type="table" w:styleId="TableGrid_c6bac484-0e93-4622-a143-860d2dcadcc5" w:customStyle="1">
+    <w:name w:val="Table Grid_c6bac484-0e93-4622-a143-860d2dcadcc5"/>
+    <w:basedOn w:val="NormalTable_22f50989-d904-4828-8256-b1cfe3217084"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7cbcb271-fa66-4585-9b0b-c3950c37d4ec" w:customStyle="1">
-    <w:name w:val="Normal Table_7cbcb271-fa66-4585-9b0b-c3950c37d4ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_d67d070e-30c8-44d4-9c88-152c69f0f7dd" w:customStyle="1">
+    <w:name w:val="Normal Table_d67d070e-30c8-44d4-9c88-152c69f0f7dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b7c5ece4-f3b8-417e-8966-44b654beca90" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7cbcb271-fa66-4585-9b0b-c3950c37d4ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_3fcd29f5-c6b6-4ede-86f0-1ec90e101274" w:customStyle="1">
+    <w:name w:val="Table Grid_3fcd29f5-c6b6-4ede-86f0-1ec90e101274"/>
+    <w:basedOn w:val="NormalTable_d67d070e-30c8-44d4-9c88-152c69f0f7dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b455db79-7f03-46bd-89cf-1afe57745e0a" w:customStyle="1">
-    <w:name w:val="Normal Table_b455db79-7f03-46bd-89cf-1afe57745e0a"/>
+  <w:style w:type="table" w:styleId="NormalTable_78bbd083-2c54-4dfc-8355-2980d364312a" w:customStyle="1">
+    <w:name w:val="Normal Table_78bbd083-2c54-4dfc-8355-2980d364312a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f80c7b82-fd88-417e-a55a-e6f0816c6f3b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b455db79-7f03-46bd-89cf-1afe57745e0a"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8070345-84e5-4a7a-869b-3d9a4325bfff" w:customStyle="1">
+    <w:name w:val="Table Grid_c8070345-84e5-4a7a-869b-3d9a4325bfff"/>
+    <w:basedOn w:val="NormalTable_78bbd083-2c54-4dfc-8355-2980d364312a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>