--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -14411,51 +14411,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_be34e84b-8752-42fc-929b-e649862f9004"/>
+      <w:tblStyle w:val="TableGrid_3c5cc9e7-26af-4ee2-8800-932b4ee3e43b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5203"/>
       <w:gridCol w:w="5203"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14466,51 +14466,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:46:25 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:06:08 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5203"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -14538,51 +14538,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7ead38f3-1495-4463-82cc-f8e78370d63a"/>
+      <w:tblStyle w:val="TableGrid_370ca2c2-a8b8-4cdc-a0ce-1e9641953c2d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6942"/>
       <w:gridCol w:w="2490"/>
       <w:gridCol w:w="914"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14640,51 +14640,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="914"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+            <w:pStyle w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14697,59 +14697,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+      <w:pStyle w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_c0a420b7-21d0-4c0d-838e-76938556fb52"/>
+      <w:tblStyle w:val="TableGrid_4ea781ab-2453-4569-83a6-fc0ae33d3b83"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6764"/>
       <w:gridCol w:w="3642"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14760,51 +14760,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6764"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_08c2cb92-c095-4dc0-b048-9aa4f6ae1e16"/>
+            <w:tblStyle w:val="TableGrid_e6f848da-2144-4d8e-9966-6e40472c2555"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14905,72 +14905,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.10.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+            <w:pStyle w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3642"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_a04eb5ff-d5e6-4f4d-b0f5-d161986fc836"/>
+            <w:tblStyle w:val="TableGrid_9b21cf3b-699b-4416-a1bb-f9856de1b77e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -15071,62 +15071,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+            <w:pStyle w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+      <w:pStyle w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="11645089"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -16321,629 +16321,629 @@
       <w:spacing w:after="158"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift9Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 9 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading9"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b" w:customStyle="1">
-    <w:name w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+  <w:style w:type="paragraph" w:styleId="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331" w:customStyle="1">
+    <w:name w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+    <w:basedOn w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9402d007-f807-4c71-9d2e-8d1171af795d" w:customStyle="1">
-    <w:name w:val="Normal Table_9402d007-f807-4c71-9d2e-8d1171af795d"/>
+  <w:style w:type="table" w:styleId="NormalTable_45d97e5b-427c-4f78-bec3-79d610e7bbf7" w:customStyle="1">
+    <w:name w:val="Normal Table_45d97e5b-427c-4f78-bec3-79d610e7bbf7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_db830a7d-c5bd-45e1-84a0-570ddcbb2e20" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9402d007-f807-4c71-9d2e-8d1171af795d"/>
+  <w:style w:type="table" w:styleId="TableGrid_3ce943e2-e9cb-48e6-8271-2ba9c38fd8b6" w:customStyle="1">
+    <w:name w:val="Table Grid_3ce943e2-e9cb-48e6-8271-2ba9c38fd8b6"/>
+    <w:basedOn w:val="NormalTable_45d97e5b-427c-4f78-bec3-79d610e7bbf7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+    <w:basedOn w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_c22749e8-93f2-489e-b3bd-e7b995ac0c7b"/>
+    <w:basedOn w:val="Normal_02df4d7d-4a38-4be7-b561-0bd6c20ab331"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4c4f60c5-e0e1-4af8-9802-680e8c323279" w:customStyle="1">
-    <w:name w:val="Normal Table_4c4f60c5-e0e1-4af8-9802-680e8c323279"/>
+  <w:style w:type="table" w:styleId="NormalTable_ca857e2d-e595-4c0d-9dbf-bf3cd517ed69" w:customStyle="1">
+    <w:name w:val="Normal Table_ca857e2d-e595-4c0d-9dbf-bf3cd517ed69"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4325f08c-55ac-4113-8ccd-c2a39f369a39" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4c4f60c5-e0e1-4af8-9802-680e8c323279"/>
+  <w:style w:type="table" w:styleId="TableGrid_736db076-f2b6-467f-9e53-154dc6ebfcd3" w:customStyle="1">
+    <w:name w:val="Table Grid_736db076-f2b6-467f-9e53-154dc6ebfcd3"/>
+    <w:basedOn w:val="NormalTable_ca857e2d-e595-4c0d-9dbf-bf3cd517ed69"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_adf177ca-478b-46e5-be1c-4412b8b443e0" w:customStyle="1">
-    <w:name w:val="Normal Table_adf177ca-478b-46e5-be1c-4412b8b443e0"/>
+  <w:style w:type="table" w:styleId="NormalTable_571f3631-9ed8-4272-9e3b-ee4a9380176d" w:customStyle="1">
+    <w:name w:val="Normal Table_571f3631-9ed8-4272-9e3b-ee4a9380176d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_89b6e1ec-d5e6-4bff-ba1b-4304ec4acf81" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_adf177ca-478b-46e5-be1c-4412b8b443e0"/>
+  <w:style w:type="table" w:styleId="TableGrid_d2e09935-d0e1-4967-98e5-591ba61ac5c5" w:customStyle="1">
+    <w:name w:val="Table Grid_d2e09935-d0e1-4967-98e5-591ba61ac5c5"/>
+    <w:basedOn w:val="NormalTable_571f3631-9ed8-4272-9e3b-ee4a9380176d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8c1f5822-66ad-43bf-a4c6-f7b60c1b2e95" w:customStyle="1">
-    <w:name w:val="Normal Table_8c1f5822-66ad-43bf-a4c6-f7b60c1b2e95"/>
+  <w:style w:type="table" w:styleId="NormalTable_8e959df4-1dca-44b6-b796-9e54bd4ea74e" w:customStyle="1">
+    <w:name w:val="Normal Table_8e959df4-1dca-44b6-b796-9e54bd4ea74e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_666e158a-6344-4600-b039-8bcdee6a77f0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8c1f5822-66ad-43bf-a4c6-f7b60c1b2e95"/>
+  <w:style w:type="table" w:styleId="TableGrid_7bb2d672-5067-4c7a-872c-7691d1f6f57b" w:customStyle="1">
+    <w:name w:val="Table Grid_7bb2d672-5067-4c7a-872c-7691d1f6f57b"/>
+    <w:basedOn w:val="NormalTable_8e959df4-1dca-44b6-b796-9e54bd4ea74e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_eb944caa-12a0-4846-967b-8e3cb6ef0536" w:customStyle="1">
-    <w:name w:val="Normal Table_eb944caa-12a0-4846-967b-8e3cb6ef0536"/>
+  <w:style w:type="table" w:styleId="NormalTable_a30145b4-b1bd-4772-8328-c5a2a5cc2ec1" w:customStyle="1">
+    <w:name w:val="Normal Table_a30145b4-b1bd-4772-8328-c5a2a5cc2ec1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_777216e9-6ad9-494f-8917-6306472c28e7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_eb944caa-12a0-4846-967b-8e3cb6ef0536"/>
+  <w:style w:type="table" w:styleId="TableGrid_d8111f46-1eb7-4077-97de-ec7000a05f80" w:customStyle="1">
+    <w:name w:val="Table Grid_d8111f46-1eb7-4077-97de-ec7000a05f80"/>
+    <w:basedOn w:val="NormalTable_a30145b4-b1bd-4772-8328-c5a2a5cc2ec1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_37afff60-9215-469f-a3ac-59bc30827243" w:customStyle="1">
-    <w:name w:val="Normal Table_37afff60-9215-469f-a3ac-59bc30827243"/>
+  <w:style w:type="table" w:styleId="NormalTable_25b7eb49-a219-42d3-99bb-43e2257cb838" w:customStyle="1">
+    <w:name w:val="Normal Table_25b7eb49-a219-42d3-99bb-43e2257cb838"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_be34e84b-8752-42fc-929b-e649862f9004" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_37afff60-9215-469f-a3ac-59bc30827243"/>
+  <w:style w:type="table" w:styleId="TableGrid_3c5cc9e7-26af-4ee2-8800-932b4ee3e43b" w:customStyle="1">
+    <w:name w:val="Table Grid_3c5cc9e7-26af-4ee2-8800-932b4ee3e43b"/>
+    <w:basedOn w:val="NormalTable_25b7eb49-a219-42d3-99bb-43e2257cb838"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a246c01f-2ef6-4b97-988b-94d65f03ee3b" w:customStyle="1">
-    <w:name w:val="Normal Table_a246c01f-2ef6-4b97-988b-94d65f03ee3b"/>
+  <w:style w:type="table" w:styleId="NormalTable_4752ae20-b1f3-4141-9771-6db7b744d4b8" w:customStyle="1">
+    <w:name w:val="Normal Table_4752ae20-b1f3-4141-9771-6db7b744d4b8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7ead38f3-1495-4463-82cc-f8e78370d63a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a246c01f-2ef6-4b97-988b-94d65f03ee3b"/>
+  <w:style w:type="table" w:styleId="TableGrid_370ca2c2-a8b8-4cdc-a0ce-1e9641953c2d" w:customStyle="1">
+    <w:name w:val="Table Grid_370ca2c2-a8b8-4cdc-a0ce-1e9641953c2d"/>
+    <w:basedOn w:val="NormalTable_4752ae20-b1f3-4141-9771-6db7b744d4b8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7e28b109-d9f1-497b-aaa4-84f34769d098" w:customStyle="1">
-    <w:name w:val="Normal Table_7e28b109-d9f1-497b-aaa4-84f34769d098"/>
+  <w:style w:type="table" w:styleId="NormalTable_28d4b8ac-00fd-4667-b763-828b4ec903fd" w:customStyle="1">
+    <w:name w:val="Normal Table_28d4b8ac-00fd-4667-b763-828b4ec903fd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_08c2cb92-c095-4dc0-b048-9aa4f6ae1e16" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7e28b109-d9f1-497b-aaa4-84f34769d098"/>
+  <w:style w:type="table" w:styleId="TableGrid_e6f848da-2144-4d8e-9966-6e40472c2555" w:customStyle="1">
+    <w:name w:val="Table Grid_e6f848da-2144-4d8e-9966-6e40472c2555"/>
+    <w:basedOn w:val="NormalTable_28d4b8ac-00fd-4667-b763-828b4ec903fd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_14568bd0-d997-48f8-b8e5-c010f96dda44" w:customStyle="1">
-    <w:name w:val="Normal Table_14568bd0-d997-48f8-b8e5-c010f96dda44"/>
+  <w:style w:type="table" w:styleId="NormalTable_acef3587-fad6-4382-aad4-ed41743a315f" w:customStyle="1">
+    <w:name w:val="Normal Table_acef3587-fad6-4382-aad4-ed41743a315f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a04eb5ff-d5e6-4f4d-b0f5-d161986fc836" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_14568bd0-d997-48f8-b8e5-c010f96dda44"/>
+  <w:style w:type="table" w:styleId="TableGrid_9b21cf3b-699b-4416-a1bb-f9856de1b77e" w:customStyle="1">
+    <w:name w:val="Table Grid_9b21cf3b-699b-4416-a1bb-f9856de1b77e"/>
+    <w:basedOn w:val="NormalTable_acef3587-fad6-4382-aad4-ed41743a315f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1988f3d7-063a-4a07-9630-a9f5c2fb2620" w:customStyle="1">
-    <w:name w:val="Normal Table_1988f3d7-063a-4a07-9630-a9f5c2fb2620"/>
+  <w:style w:type="table" w:styleId="NormalTable_7a5d27db-e6b3-4425-abe0-cb1692c7eb74" w:customStyle="1">
+    <w:name w:val="Normal Table_7a5d27db-e6b3-4425-abe0-cb1692c7eb74"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c0a420b7-21d0-4c0d-838e-76938556fb52" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1988f3d7-063a-4a07-9630-a9f5c2fb2620"/>
+  <w:style w:type="table" w:styleId="TableGrid_4ea781ab-2453-4569-83a6-fc0ae33d3b83" w:customStyle="1">
+    <w:name w:val="Table Grid_4ea781ab-2453-4569-83a6-fc0ae33d3b83"/>
+    <w:basedOn w:val="NormalTable_7a5d27db-e6b3-4425-abe0-cb1692c7eb74"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>