--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -4344,117 +4344,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_9b70f281-b3b0-4d7b-8ee9-62c9457dec62"/>
+      <w:tblStyle w:val="TableGrid_de01f9c7-00b0-4ab3-89e8-4816cee17da7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:46:20 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:01:59 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4471,117 +4471,117 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3e710bd8-c3a7-4a95-8035-3dc567ed05e3"/>
+      <w:tblStyle w:val="TableGrid_2e0b3877-8c7d-4328-bc78-4e8c8f0b08b1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5458"/>
       <w:gridCol w:w="5457"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5458"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:46:20 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:01:59 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5458"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4598,117 +4598,117 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b82a0489-0f1c-46b2-8672-6c4c388fe1b4"/>
+      <w:tblStyle w:val="TableGrid_2a20ef3a-e27c-4e08-8c62-23aff3c850b7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5102"/>
       <w:gridCol w:w="5103"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:46:20 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:01:59 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5102"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4725,153 +4725,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_49bb2444-501f-4ea0-b34e-1eb7ac36f9cc"/>
+      <w:tblStyle w:val="TableGrid_0412e3cd-3c20-4ddc-9665-00244c169dfa"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_50156805-4108-4df5-8654-347e507d636e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ae3bfc01-4ce4-4264-929f-e96f024aa12a"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_74e71732-8e8f-4616-a30e-2b8a6183fbed"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_233441e4-4d51-4c56-9af4-6aca72de55af"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_74e71732-8e8f-4616-a30e-2b8a6183fbed"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_233441e4-4d51-4c56-9af4-6aca72de55af"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4884,59 +4884,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+      <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_d81cc76e-a6b5-4441-bf38-1acb911541fb"/>
+      <w:tblStyle w:val="TableGrid_7e29880c-5e5f-4bce-9511-57a3c5f41f2a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4947,488 +4947,488 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_20327f89-3785-4d9b-bd01-2ca9ef95fa8b"/>
+            <w:tblStyle w:val="TableGrid_f2b8feef-b6b6-4e66-ae0f-d6105e9a225b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5168d3b1-32f5-4da8-a471-a90fcd9fd72a"/>
+            <w:tblStyle w:val="TableGrid_3972338b-e022-476f-80db-f5e338966a05"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+      <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a4c76d34-7303-4d51-9489-616252147945"/>
+      <w:tblStyle w:val="TableGrid_9496717c-3a92-41d9-bfc3-f5af126f855f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7324"/>
       <w:gridCol w:w="2627"/>
       <w:gridCol w:w="964"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7324"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_50156805-4108-4df5-8654-347e507d636e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ae3bfc01-4ce4-4264-929f-e96f024aa12a"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_74e71732-8e8f-4616-a30e-2b8a6183fbed"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_233441e4-4d51-4c56-9af4-6aca72de55af"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2627"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_74e71732-8e8f-4616-a30e-2b8a6183fbed"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_233441e4-4d51-4c56-9af4-6aca72de55af"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="964"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="6144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -5441,59 +5441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+      <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_833df2b8-0723-48d4-894f-6870199c3789"/>
+      <w:tblStyle w:val="TableGrid_b647a008-50d2-4848-828c-f79a8d08ad71"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7095"/>
       <w:gridCol w:w="3820"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5504,488 +5504,488 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7095"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_abda088a-a844-4475-9a6e-3625c66500d1"/>
+            <w:tblStyle w:val="TableGrid_60dfab9f-b18b-43a5-b16e-1c32bce41967"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3820"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_10f83296-0c26-4496-aa7c-5c5601e77926"/>
+            <w:tblStyle w:val="TableGrid_7db39ad7-9d89-49db-b25d-992944e21691"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+      <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_61f74bbb-0a88-475e-b1e6-546b91f7fefb"/>
+      <w:tblStyle w:val="TableGrid_c0b9d7bd-8580-48d2-8708-567d1983eaf6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6847"/>
       <w:gridCol w:w="2457"/>
       <w:gridCol w:w="901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6847"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_50156805-4108-4df5-8654-347e507d636e"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ae3bfc01-4ce4-4264-929f-e96f024aa12a"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 114. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_74e71732-8e8f-4616-a30e-2b8a6183fbed"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_233441e4-4d51-4c56-9af4-6aca72de55af"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">2.8 Ledelsesbefaring på byggeplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2456"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_74e71732-8e8f-4616-a30e-2b8a6183fbed"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_233441e4-4d51-4c56-9af4-6aca72de55af"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="901"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="9216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -5998,59 +5998,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+      <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_16a1ba6c-c045-4901-867a-1745d4feae71"/>
+      <w:tblStyle w:val="TableGrid_b76bcbb1-985c-4965-aba8-8f07bd4e1511"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6633"/>
       <w:gridCol w:w="3572"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6061,373 +6061,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6633"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_388b236a-ab1c-4432-930a-7b10e8a3437e"/>
+            <w:tblStyle w:val="TableGrid_aa6eec00-47d6-45c7-baca-e95cd6c76eb3"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 3. SHA - Dokumentasjon (SHA-Perm)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">07.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3572"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e49cbb2c-dc01-4e8f-8df8-b7e4729d84e3"/>
+            <w:tblStyle w:val="TableGrid_00e7e0b0-1aa2-4982-a976-3763e4bf794f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+            <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+      <w:pStyle w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -13451,1729 +13451,1729 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid0cfd6b3e-fe61-4d9a-a4ca-b1ace396c2b3" w:customStyle="1">
     <w:name w:val="Table Grid_0cfd6b3e-fe61-4d9a-a4ca-b1ace396c2b3"/>
     <w:basedOn w:val="NormalTablef34fdf2f-775f-41ed-a444-8516196905dd"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247" w:customStyle="1">
-    <w:name w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+  <w:style w:type="paragraph" w:styleId="Normal_6aaadad5-2099-400c-8106-510d2733131f" w:customStyle="1">
+    <w:name w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_550833a1-5186-4ea3-b2ec-49ffd933b3ec" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c973c219-baae-41cf-9cba-61f2e768ba44"/>
+    <w:basedOn w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ea97aaac-e4ed-44dd-98c3-98c5af452ec7" w:customStyle="1">
-    <w:name w:val="Normal Table_ea97aaac-e4ed-44dd-98c3-98c5af452ec7"/>
+  <w:style w:type="table" w:styleId="NormalTable_89eee5af-9709-4ea7-ad20-273ee8f430a0" w:customStyle="1">
+    <w:name w:val="Normal Table_89eee5af-9709-4ea7-ad20-273ee8f430a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_769fdfcb-be96-4d82-9d09-899de2edfe8e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ea97aaac-e4ed-44dd-98c3-98c5af452ec7"/>
+  <w:style w:type="table" w:styleId="TableGrid_1c4e70e0-8474-42ab-bc35-7a8237c5c389" w:customStyle="1">
+    <w:name w:val="Table Grid_1c4e70e0-8474-42ab-bc35-7a8237c5c389"/>
+    <w:basedOn w:val="NormalTable_89eee5af-9709-4ea7-ad20-273ee8f430a0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_50156805-4108-4df5-8654-347e507d636e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_ae3bfc01-4ce4-4264-929f-e96f024aa12a" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_ae3bfc01-4ce4-4264-929f-e96f024aa12a"/>
+    <w:basedOn w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_74e71732-8e8f-4616-a30e-2b8a6183fbed" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_556fa2bc-dc9b-4bdc-8e3b-1c5f7a860247"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_233441e4-4d51-4c56-9af4-6aca72de55af" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_233441e4-4d51-4c56-9af4-6aca72de55af"/>
+    <w:basedOn w:val="Normal_6aaadad5-2099-400c-8106-510d2733131f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4fc04c12-fb1d-4430-b1ff-1886d5d4329d" w:customStyle="1">
-    <w:name w:val="Normal Table_4fc04c12-fb1d-4430-b1ff-1886d5d4329d"/>
+  <w:style w:type="table" w:styleId="NormalTable_65e1b8e2-8ed1-4c49-98bf-030a8cf8c11c" w:customStyle="1">
+    <w:name w:val="Normal Table_65e1b8e2-8ed1-4c49-98bf-030a8cf8c11c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_35850189-aba5-458b-9564-e129f8b258f0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4fc04c12-fb1d-4430-b1ff-1886d5d4329d"/>
+  <w:style w:type="table" w:styleId="TableGrid_43d8f129-3b17-444c-b765-673d1f9e7eca" w:customStyle="1">
+    <w:name w:val="Table Grid_43d8f129-3b17-444c-b765-673d1f9e7eca"/>
+    <w:basedOn w:val="NormalTable_65e1b8e2-8ed1-4c49-98bf-030a8cf8c11c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cf658f81-0733-4e08-a897-fc3c07850ae2" w:customStyle="1">
-    <w:name w:val="Normal Table_cf658f81-0733-4e08-a897-fc3c07850ae2"/>
+  <w:style w:type="table" w:styleId="NormalTable_20966d98-17f4-41b1-8392-f6aa5e04090e" w:customStyle="1">
+    <w:name w:val="Normal Table_20966d98-17f4-41b1-8392-f6aa5e04090e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f8a46168-c278-4dee-ad8d-0a6175942ec5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cf658f81-0733-4e08-a897-fc3c07850ae2"/>
+  <w:style w:type="table" w:styleId="TableGrid_d416a15d-d273-41c2-8f99-86dd8d6cfecd" w:customStyle="1">
+    <w:name w:val="Table Grid_d416a15d-d273-41c2-8f99-86dd8d6cfecd"/>
+    <w:basedOn w:val="NormalTable_20966d98-17f4-41b1-8392-f6aa5e04090e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bc7bc33b-b773-4bb6-a83a-27d8d7464951" w:customStyle="1">
-    <w:name w:val="Normal Table_bc7bc33b-b773-4bb6-a83a-27d8d7464951"/>
+  <w:style w:type="table" w:styleId="NormalTable_54881daf-92a6-4b45-ac57-0e632ca8d0c1" w:customStyle="1">
+    <w:name w:val="Normal Table_54881daf-92a6-4b45-ac57-0e632ca8d0c1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f3dc609a-6f30-4993-b4d7-a056b0495ae2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bc7bc33b-b773-4bb6-a83a-27d8d7464951"/>
+  <w:style w:type="table" w:styleId="TableGrid_f882c6b5-12b2-411e-89f3-5d3bd291d852" w:customStyle="1">
+    <w:name w:val="Table Grid_f882c6b5-12b2-411e-89f3-5d3bd291d852"/>
+    <w:basedOn w:val="NormalTable_54881daf-92a6-4b45-ac57-0e632ca8d0c1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_af980d01-4041-4bb4-9582-8404162baafd" w:customStyle="1">
-    <w:name w:val="Normal Table_af980d01-4041-4bb4-9582-8404162baafd"/>
+  <w:style w:type="table" w:styleId="NormalTable_79683304-b837-4549-82fa-e880da5b606d" w:customStyle="1">
+    <w:name w:val="Normal Table_79683304-b837-4549-82fa-e880da5b606d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8fde003f-f042-4006-94d7-151d1bcd4e39" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_af980d01-4041-4bb4-9582-8404162baafd"/>
+  <w:style w:type="table" w:styleId="TableGrid_c58b1bc8-d63c-41ac-bff0-e7a4223bacc6" w:customStyle="1">
+    <w:name w:val="Table Grid_c58b1bc8-d63c-41ac-bff0-e7a4223bacc6"/>
+    <w:basedOn w:val="NormalTable_79683304-b837-4549-82fa-e880da5b606d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f803af34-79fe-40c6-97d9-73bd28d9508e" w:customStyle="1">
-    <w:name w:val="Normal Table_f803af34-79fe-40c6-97d9-73bd28d9508e"/>
+  <w:style w:type="table" w:styleId="NormalTable_7af1d6e8-59c6-48ca-af97-67f371bf0cb2" w:customStyle="1">
+    <w:name w:val="Normal Table_7af1d6e8-59c6-48ca-af97-67f371bf0cb2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9b70f281-b3b0-4d7b-8ee9-62c9457dec62" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f803af34-79fe-40c6-97d9-73bd28d9508e"/>
+  <w:style w:type="table" w:styleId="TableGrid_de01f9c7-00b0-4ab3-89e8-4816cee17da7" w:customStyle="1">
+    <w:name w:val="Table Grid_de01f9c7-00b0-4ab3-89e8-4816cee17da7"/>
+    <w:basedOn w:val="NormalTable_7af1d6e8-59c6-48ca-af97-67f371bf0cb2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e6f199af-6e8e-45b4-a803-f9a7154002b6" w:customStyle="1">
-    <w:name w:val="Normal Table_e6f199af-6e8e-45b4-a803-f9a7154002b6"/>
+  <w:style w:type="table" w:styleId="NormalTable_ac2566f8-3e6b-4d90-8968-9cdcadafb769" w:customStyle="1">
+    <w:name w:val="Normal Table_ac2566f8-3e6b-4d90-8968-9cdcadafb769"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_49bb2444-501f-4ea0-b34e-1eb7ac36f9cc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e6f199af-6e8e-45b4-a803-f9a7154002b6"/>
+  <w:style w:type="table" w:styleId="TableGrid_0412e3cd-3c20-4ddc-9665-00244c169dfa" w:customStyle="1">
+    <w:name w:val="Table Grid_0412e3cd-3c20-4ddc-9665-00244c169dfa"/>
+    <w:basedOn w:val="NormalTable_ac2566f8-3e6b-4d90-8968-9cdcadafb769"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_65307015-0dd2-4a74-9811-43e15f1cb799" w:customStyle="1">
-    <w:name w:val="Normal Table_65307015-0dd2-4a74-9811-43e15f1cb799"/>
+  <w:style w:type="table" w:styleId="NormalTable_4713ec56-5d83-4b94-ade8-f03b4f646a65" w:customStyle="1">
+    <w:name w:val="Normal Table_4713ec56-5d83-4b94-ade8-f03b4f646a65"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20327f89-3785-4d9b-bd01-2ca9ef95fa8b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_65307015-0dd2-4a74-9811-43e15f1cb799"/>
+  <w:style w:type="table" w:styleId="TableGrid_f2b8feef-b6b6-4e66-ae0f-d6105e9a225b" w:customStyle="1">
+    <w:name w:val="Table Grid_f2b8feef-b6b6-4e66-ae0f-d6105e9a225b"/>
+    <w:basedOn w:val="NormalTable_4713ec56-5d83-4b94-ade8-f03b4f646a65"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f34152b3-13fd-44b8-810b-3eeef4b1ce15" w:customStyle="1">
-    <w:name w:val="Normal Table_f34152b3-13fd-44b8-810b-3eeef4b1ce15"/>
+  <w:style w:type="table" w:styleId="NormalTable_6664b011-4171-473e-b3fe-432b3a463722" w:customStyle="1">
+    <w:name w:val="Normal Table_6664b011-4171-473e-b3fe-432b3a463722"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5168d3b1-32f5-4da8-a471-a90fcd9fd72a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f34152b3-13fd-44b8-810b-3eeef4b1ce15"/>
+  <w:style w:type="table" w:styleId="TableGrid_3972338b-e022-476f-80db-f5e338966a05" w:customStyle="1">
+    <w:name w:val="Table Grid_3972338b-e022-476f-80db-f5e338966a05"/>
+    <w:basedOn w:val="NormalTable_6664b011-4171-473e-b3fe-432b3a463722"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_32195a4d-e3e9-4a00-92e6-9e87159c9c9c" w:customStyle="1">
-    <w:name w:val="Normal Table_32195a4d-e3e9-4a00-92e6-9e87159c9c9c"/>
+  <w:style w:type="table" w:styleId="NormalTable_15394691-b41f-4c99-9b39-87457f051bd2" w:customStyle="1">
+    <w:name w:val="Normal Table_15394691-b41f-4c99-9b39-87457f051bd2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d81cc76e-a6b5-4441-bf38-1acb911541fb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_32195a4d-e3e9-4a00-92e6-9e87159c9c9c"/>
+  <w:style w:type="table" w:styleId="TableGrid_7e29880c-5e5f-4bce-9511-57a3c5f41f2a" w:customStyle="1">
+    <w:name w:val="Table Grid_7e29880c-5e5f-4bce-9511-57a3c5f41f2a"/>
+    <w:basedOn w:val="NormalTable_15394691-b41f-4c99-9b39-87457f051bd2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ae75f92d-ac6b-49d1-b662-935387ad43a9" w:customStyle="1">
-    <w:name w:val="Normal Table_ae75f92d-ac6b-49d1-b662-935387ad43a9"/>
+  <w:style w:type="table" w:styleId="NormalTable_630405b0-9087-40c8-ba6c-57ea25d7b763" w:customStyle="1">
+    <w:name w:val="Normal Table_630405b0-9087-40c8-ba6c-57ea25d7b763"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b1f56297-f373-4fbb-819d-45d36615f2f2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ae75f92d-ac6b-49d1-b662-935387ad43a9"/>
+  <w:style w:type="table" w:styleId="TableGrid_e2f39a95-6046-4cf6-89cf-93835fff244c" w:customStyle="1">
+    <w:name w:val="Table Grid_e2f39a95-6046-4cf6-89cf-93835fff244c"/>
+    <w:basedOn w:val="NormalTable_630405b0-9087-40c8-ba6c-57ea25d7b763"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f4f8d0b2-93eb-4a6f-be76-2316182a688c" w:customStyle="1">
-    <w:name w:val="Normal Table_f4f8d0b2-93eb-4a6f-be76-2316182a688c"/>
+  <w:style w:type="table" w:styleId="NormalTable_4adc8e5a-6ba0-4cbd-8dc1-a45dc9d860a2" w:customStyle="1">
+    <w:name w:val="Normal Table_4adc8e5a-6ba0-4cbd-8dc1-a45dc9d860a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9f3f8793-0f2d-4d20-8948-8d1e5ff2cedc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f4f8d0b2-93eb-4a6f-be76-2316182a688c"/>
+  <w:style w:type="table" w:styleId="TableGrid_540b5a97-0d81-430f-a56c-0f7c1ab37f42" w:customStyle="1">
+    <w:name w:val="Table Grid_540b5a97-0d81-430f-a56c-0f7c1ab37f42"/>
+    <w:basedOn w:val="NormalTable_4adc8e5a-6ba0-4cbd-8dc1-a45dc9d860a2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f8f4024-3b74-47af-9c21-3020e48e0921" w:customStyle="1">
-    <w:name w:val="Normal Table_2f8f4024-3b74-47af-9c21-3020e48e0921"/>
+  <w:style w:type="table" w:styleId="NormalTable_e7bf6a3e-b833-48f2-8b1c-36b04381ce1e" w:customStyle="1">
+    <w:name w:val="Normal Table_e7bf6a3e-b833-48f2-8b1c-36b04381ce1e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b7221de8-63e8-49fa-8d98-7072460a2e87" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f8f4024-3b74-47af-9c21-3020e48e0921"/>
+  <w:style w:type="table" w:styleId="TableGrid_b929360a-16d7-4270-8632-7edecc48a1fe" w:customStyle="1">
+    <w:name w:val="Table Grid_b929360a-16d7-4270-8632-7edecc48a1fe"/>
+    <w:basedOn w:val="NormalTable_e7bf6a3e-b833-48f2-8b1c-36b04381ce1e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dc92f0a7-3239-481d-aab7-795cc7823497" w:customStyle="1">
-    <w:name w:val="Normal Table_dc92f0a7-3239-481d-aab7-795cc7823497"/>
+  <w:style w:type="table" w:styleId="NormalTable_cc96cb9e-20ca-4f1b-802e-b479c70f30a7" w:customStyle="1">
+    <w:name w:val="Normal Table_cc96cb9e-20ca-4f1b-802e-b479c70f30a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4bf4a49d-f82b-421a-81bf-bc60433b93f1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dc92f0a7-3239-481d-aab7-795cc7823497"/>
+  <w:style w:type="table" w:styleId="TableGrid_34a565f9-34ca-439e-9431-e0517c77b9a5" w:customStyle="1">
+    <w:name w:val="Table Grid_34a565f9-34ca-439e-9431-e0517c77b9a5"/>
+    <w:basedOn w:val="NormalTable_cc96cb9e-20ca-4f1b-802e-b479c70f30a7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_21bc638f-ead0-4a14-aa23-361cdc505e96" w:customStyle="1">
-    <w:name w:val="Normal Table_21bc638f-ead0-4a14-aa23-361cdc505e96"/>
+  <w:style w:type="table" w:styleId="NormalTable_342596a2-ce6f-4dc5-9dc0-30c792f166f3" w:customStyle="1">
+    <w:name w:val="Normal Table_342596a2-ce6f-4dc5-9dc0-30c792f166f3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ee98e555-2f07-4fde-ac43-48ae0cc80cdd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_21bc638f-ead0-4a14-aa23-361cdc505e96"/>
+  <w:style w:type="table" w:styleId="TableGrid_8071d75c-33db-4a58-9f29-1607f264a94e" w:customStyle="1">
+    <w:name w:val="Table Grid_8071d75c-33db-4a58-9f29-1607f264a94e"/>
+    <w:basedOn w:val="NormalTable_342596a2-ce6f-4dc5-9dc0-30c792f166f3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_24a2b76b-8d34-4488-8e94-ed7fa8d5a650" w:customStyle="1">
-    <w:name w:val="Normal Table_24a2b76b-8d34-4488-8e94-ed7fa8d5a650"/>
+  <w:style w:type="table" w:styleId="NormalTable_e0daff10-36aa-4021-a2e5-881bbef7535e" w:customStyle="1">
+    <w:name w:val="Normal Table_e0daff10-36aa-4021-a2e5-881bbef7535e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3e710bd8-c3a7-4a95-8035-3dc567ed05e3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_24a2b76b-8d34-4488-8e94-ed7fa8d5a650"/>
+  <w:style w:type="table" w:styleId="TableGrid_2e0b3877-8c7d-4328-bc78-4e8c8f0b08b1" w:customStyle="1">
+    <w:name w:val="Table Grid_2e0b3877-8c7d-4328-bc78-4e8c8f0b08b1"/>
+    <w:basedOn w:val="NormalTable_e0daff10-36aa-4021-a2e5-881bbef7535e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dc881e9e-bb57-4200-80f2-3b7a9f9e617a" w:customStyle="1">
-    <w:name w:val="Normal Table_dc881e9e-bb57-4200-80f2-3b7a9f9e617a"/>
+  <w:style w:type="table" w:styleId="NormalTable_1c16a397-0c07-47e7-820e-315adfbbd06a" w:customStyle="1">
+    <w:name w:val="Normal Table_1c16a397-0c07-47e7-820e-315adfbbd06a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a4c76d34-7303-4d51-9489-616252147945" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dc881e9e-bb57-4200-80f2-3b7a9f9e617a"/>
+  <w:style w:type="table" w:styleId="TableGrid_9496717c-3a92-41d9-bfc3-f5af126f855f" w:customStyle="1">
+    <w:name w:val="Table Grid_9496717c-3a92-41d9-bfc3-f5af126f855f"/>
+    <w:basedOn w:val="NormalTable_1c16a397-0c07-47e7-820e-315adfbbd06a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9e5cb7cb-ddcd-4cff-a8d3-af6504793f08" w:customStyle="1">
-    <w:name w:val="Normal Table_9e5cb7cb-ddcd-4cff-a8d3-af6504793f08"/>
+  <w:style w:type="table" w:styleId="NormalTable_94653ec7-e818-478e-afa0-518f9945f7f5" w:customStyle="1">
+    <w:name w:val="Normal Table_94653ec7-e818-478e-afa0-518f9945f7f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_abda088a-a844-4475-9a6e-3625c66500d1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9e5cb7cb-ddcd-4cff-a8d3-af6504793f08"/>
+  <w:style w:type="table" w:styleId="TableGrid_60dfab9f-b18b-43a5-b16e-1c32bce41967" w:customStyle="1">
+    <w:name w:val="Table Grid_60dfab9f-b18b-43a5-b16e-1c32bce41967"/>
+    <w:basedOn w:val="NormalTable_94653ec7-e818-478e-afa0-518f9945f7f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d18b86ab-7e24-4b75-9fa1-0ce093c7096d" w:customStyle="1">
-    <w:name w:val="Normal Table_d18b86ab-7e24-4b75-9fa1-0ce093c7096d"/>
+  <w:style w:type="table" w:styleId="NormalTable_81b0f619-6f59-46f1-9e49-33e83de9f3c4" w:customStyle="1">
+    <w:name w:val="Normal Table_81b0f619-6f59-46f1-9e49-33e83de9f3c4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_10f83296-0c26-4496-aa7c-5c5601e77926" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d18b86ab-7e24-4b75-9fa1-0ce093c7096d"/>
+  <w:style w:type="table" w:styleId="TableGrid_7db39ad7-9d89-49db-b25d-992944e21691" w:customStyle="1">
+    <w:name w:val="Table Grid_7db39ad7-9d89-49db-b25d-992944e21691"/>
+    <w:basedOn w:val="NormalTable_81b0f619-6f59-46f1-9e49-33e83de9f3c4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d7672f5e-4e8a-4dca-9283-cc95ee22a56a" w:customStyle="1">
-    <w:name w:val="Normal Table_d7672f5e-4e8a-4dca-9283-cc95ee22a56a"/>
+  <w:style w:type="table" w:styleId="NormalTable_e08e6844-4505-436e-90a3-24941b6e8897" w:customStyle="1">
+    <w:name w:val="Normal Table_e08e6844-4505-436e-90a3-24941b6e8897"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_833df2b8-0723-48d4-894f-6870199c3789" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d7672f5e-4e8a-4dca-9283-cc95ee22a56a"/>
+  <w:style w:type="table" w:styleId="TableGrid_b647a008-50d2-4848-828c-f79a8d08ad71" w:customStyle="1">
+    <w:name w:val="Table Grid_b647a008-50d2-4848-828c-f79a8d08ad71"/>
+    <w:basedOn w:val="NormalTable_e08e6844-4505-436e-90a3-24941b6e8897"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_de44f6bb-7906-48f6-bf73-3966ee21ae65" w:customStyle="1">
-    <w:name w:val="Normal Table_de44f6bb-7906-48f6-bf73-3966ee21ae65"/>
+  <w:style w:type="table" w:styleId="NormalTable_87f613d1-7bf0-4cca-a5b3-3ebef04da5bd" w:customStyle="1">
+    <w:name w:val="Normal Table_87f613d1-7bf0-4cca-a5b3-3ebef04da5bd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7d659305-6883-47a4-83ac-40e6b70f6d27" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_de44f6bb-7906-48f6-bf73-3966ee21ae65"/>
+  <w:style w:type="table" w:styleId="TableGrid_e097495e-3454-444c-9019-7aabaac6f597" w:customStyle="1">
+    <w:name w:val="Table Grid_e097495e-3454-444c-9019-7aabaac6f597"/>
+    <w:basedOn w:val="NormalTable_87f613d1-7bf0-4cca-a5b3-3ebef04da5bd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_adef61fb-c62f-4505-842e-8efeeddb8b4a" w:customStyle="1">
-    <w:name w:val="Normal Table_adef61fb-c62f-4505-842e-8efeeddb8b4a"/>
+  <w:style w:type="table" w:styleId="NormalTable_a8aed955-d51d-45b5-a6ac-dfdab089172e" w:customStyle="1">
+    <w:name w:val="Normal Table_a8aed955-d51d-45b5-a6ac-dfdab089172e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_20add957-c6f3-45f1-aff0-86e6050662a5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_adef61fb-c62f-4505-842e-8efeeddb8b4a"/>
+  <w:style w:type="table" w:styleId="TableGrid_d150b78c-6b1e-4793-83e6-3784a2da26eb" w:customStyle="1">
+    <w:name w:val="Table Grid_d150b78c-6b1e-4793-83e6-3784a2da26eb"/>
+    <w:basedOn w:val="NormalTable_a8aed955-d51d-45b5-a6ac-dfdab089172e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2107feb1-2caa-4973-9c15-4b8531dfdf63" w:customStyle="1">
-    <w:name w:val="Normal Table_2107feb1-2caa-4973-9c15-4b8531dfdf63"/>
+  <w:style w:type="table" w:styleId="NormalTable_de3c4efb-a58b-4adf-89f7-a4296f6c7858" w:customStyle="1">
+    <w:name w:val="Normal Table_de3c4efb-a58b-4adf-89f7-a4296f6c7858"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_516033f8-45aa-4fe7-bfd4-f8623f7c3d34" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2107feb1-2caa-4973-9c15-4b8531dfdf63"/>
+  <w:style w:type="table" w:styleId="TableGrid_5e6083da-5fd3-4704-afa7-6d3d9eb5cbe1" w:customStyle="1">
+    <w:name w:val="Table Grid_5e6083da-5fd3-4704-afa7-6d3d9eb5cbe1"/>
+    <w:basedOn w:val="NormalTable_de3c4efb-a58b-4adf-89f7-a4296f6c7858"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_20220548-c924-429b-a746-e3a36a64ecd6" w:customStyle="1">
-    <w:name w:val="Normal Table_20220548-c924-429b-a746-e3a36a64ecd6"/>
+  <w:style w:type="table" w:styleId="NormalTable_bbf4f26d-dc4c-41f4-b176-a4d40232f329" w:customStyle="1">
+    <w:name w:val="Normal Table_bbf4f26d-dc4c-41f4-b176-a4d40232f329"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cd62d00d-ac2b-4b1c-911d-64ec182a4f0f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_20220548-c924-429b-a746-e3a36a64ecd6"/>
+  <w:style w:type="table" w:styleId="TableGrid_8a10c1b4-a6a4-4e8d-bca5-cac205a5090b" w:customStyle="1">
+    <w:name w:val="Table Grid_8a10c1b4-a6a4-4e8d-bca5-cac205a5090b"/>
+    <w:basedOn w:val="NormalTable_bbf4f26d-dc4c-41f4-b176-a4d40232f329"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4cadf5ab-8267-4b6d-98a4-7513d5229b74" w:customStyle="1">
-    <w:name w:val="Normal Table_4cadf5ab-8267-4b6d-98a4-7513d5229b74"/>
+  <w:style w:type="table" w:styleId="NormalTable_f29eb83a-2b5f-41df-a046-db5a314b9efd" w:customStyle="1">
+    <w:name w:val="Normal Table_f29eb83a-2b5f-41df-a046-db5a314b9efd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aa2b61e0-91ef-4970-95e8-4f352bd337e7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4cadf5ab-8267-4b6d-98a4-7513d5229b74"/>
+  <w:style w:type="table" w:styleId="TableGrid_2abf3ffd-722f-40bd-85ac-ec67c9280f64" w:customStyle="1">
+    <w:name w:val="Table Grid_2abf3ffd-722f-40bd-85ac-ec67c9280f64"/>
+    <w:basedOn w:val="NormalTable_f29eb83a-2b5f-41df-a046-db5a314b9efd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7d7439d9-4460-4dbf-ba40-b38e0a62225e" w:customStyle="1">
-    <w:name w:val="Normal Table_7d7439d9-4460-4dbf-ba40-b38e0a62225e"/>
+  <w:style w:type="table" w:styleId="NormalTable_c4add2b2-9ffb-42c7-8aba-23e8c71095fd" w:customStyle="1">
+    <w:name w:val="Normal Table_c4add2b2-9ffb-42c7-8aba-23e8c71095fd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b82a0489-0f1c-46b2-8672-6c4c388fe1b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7d7439d9-4460-4dbf-ba40-b38e0a62225e"/>
+  <w:style w:type="table" w:styleId="TableGrid_2a20ef3a-e27c-4e08-8c62-23aff3c850b7" w:customStyle="1">
+    <w:name w:val="Table Grid_2a20ef3a-e27c-4e08-8c62-23aff3c850b7"/>
+    <w:basedOn w:val="NormalTable_c4add2b2-9ffb-42c7-8aba-23e8c71095fd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f3e081f-405a-4117-a09b-d3bac3ce9c6d" w:customStyle="1">
-    <w:name w:val="Normal Table_2f3e081f-405a-4117-a09b-d3bac3ce9c6d"/>
+  <w:style w:type="table" w:styleId="NormalTable_7c47f3cf-d451-4217-9042-e45199d5eae8" w:customStyle="1">
+    <w:name w:val="Normal Table_7c47f3cf-d451-4217-9042-e45199d5eae8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_61f74bbb-0a88-475e-b1e6-546b91f7fefb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f3e081f-405a-4117-a09b-d3bac3ce9c6d"/>
+  <w:style w:type="table" w:styleId="TableGrid_c0b9d7bd-8580-48d2-8708-567d1983eaf6" w:customStyle="1">
+    <w:name w:val="Table Grid_c0b9d7bd-8580-48d2-8708-567d1983eaf6"/>
+    <w:basedOn w:val="NormalTable_7c47f3cf-d451-4217-9042-e45199d5eae8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cbb07f56-5359-4d81-b54b-fecd1be675a9" w:customStyle="1">
-    <w:name w:val="Normal Table_cbb07f56-5359-4d81-b54b-fecd1be675a9"/>
+  <w:style w:type="table" w:styleId="NormalTable_f6379fe3-0999-49c1-be37-b4844510f60f" w:customStyle="1">
+    <w:name w:val="Normal Table_f6379fe3-0999-49c1-be37-b4844510f60f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_388b236a-ab1c-4432-930a-7b10e8a3437e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cbb07f56-5359-4d81-b54b-fecd1be675a9"/>
+  <w:style w:type="table" w:styleId="TableGrid_aa6eec00-47d6-45c7-baca-e95cd6c76eb3" w:customStyle="1">
+    <w:name w:val="Table Grid_aa6eec00-47d6-45c7-baca-e95cd6c76eb3"/>
+    <w:basedOn w:val="NormalTable_f6379fe3-0999-49c1-be37-b4844510f60f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6931df57-6435-451c-b64f-26d3fd8f02a6" w:customStyle="1">
-    <w:name w:val="Normal Table_6931df57-6435-451c-b64f-26d3fd8f02a6"/>
+  <w:style w:type="table" w:styleId="NormalTable_19f7ee3a-e06f-4f25-b7cd-6a000f870a37" w:customStyle="1">
+    <w:name w:val="Normal Table_19f7ee3a-e06f-4f25-b7cd-6a000f870a37"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e49cbb2c-dc01-4e8f-8df8-b7e4729d84e3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6931df57-6435-451c-b64f-26d3fd8f02a6"/>
+  <w:style w:type="table" w:styleId="TableGrid_00e7e0b0-1aa2-4982-a976-3763e4bf794f" w:customStyle="1">
+    <w:name w:val="Table Grid_00e7e0b0-1aa2-4982-a976-3763e4bf794f"/>
+    <w:basedOn w:val="NormalTable_19f7ee3a-e06f-4f25-b7cd-6a000f870a37"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ed447e3b-38e7-461a-afec-64e0a26bd177" w:customStyle="1">
-    <w:name w:val="Normal Table_ed447e3b-38e7-461a-afec-64e0a26bd177"/>
+  <w:style w:type="table" w:styleId="NormalTable_602b69bf-2318-48c9-ae24-d978b9523be8" w:customStyle="1">
+    <w:name w:val="Normal Table_602b69bf-2318-48c9-ae24-d978b9523be8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_16a1ba6c-c045-4901-867a-1745d4feae71" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ed447e3b-38e7-461a-afec-64e0a26bd177"/>
+  <w:style w:type="table" w:styleId="TableGrid_b76bcbb1-985c-4965-aba8-8f07bd4e1511" w:customStyle="1">
+    <w:name w:val="Table Grid_b76bcbb1-985c-4965-aba8-8f07bd4e1511"/>
+    <w:basedOn w:val="NormalTable_602b69bf-2318-48c9-ae24-d978b9523be8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>