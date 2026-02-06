--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -2912,51 +2912,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b592c088-8b22-44c3-8779-f005784279d8"/>
+      <w:tblStyle w:val="TableGrid_2c88625c-ebc0-4467-8262-48f395fea7a5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2967,51 +2967,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:47:45 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:07:57 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3039,51 +3039,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6807d71a-5e3b-452b-a547-cc79984119b0"/>
+      <w:tblStyle w:val="TableGrid_36ee8c88-e944-4bab-a645-99259a015cbe"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3141,51 +3141,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+            <w:pStyle w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3198,59 +3198,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+      <w:pStyle w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_4a869408-0578-4d53-91c0-0f9ae4c3678a"/>
+      <w:tblStyle w:val="TableGrid_9e292714-4d9f-4bf2-a604-db661bcfce33"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3261,51 +3261,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_eda97f39-5d85-4d1b-b0a0-8c3f55fb080a"/>
+            <w:tblStyle w:val="TableGrid_b2edd59d-279a-4797-91a5-b7c7db96e1d6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3406,72 +3406,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+            <w:pStyle w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e8562f85-136c-44fb-8494-1844b85fd6c4"/>
+            <w:tblStyle w:val="TableGrid_8a93c8c5-b753-4b67-ad91-7dc0499473d4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2160"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3572,62 +3572,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2160"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+            <w:pStyle w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+      <w:pStyle w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -7558,629 +7558,629 @@
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vanliginnrykk">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027" w:customStyle="1">
-    <w:name w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+  <w:style w:type="paragraph" w:styleId="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0" w:customStyle="1">
+    <w:name w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+    <w:basedOn w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d1169a67-b9b1-47dc-ace5-ac01a6eb1955" w:customStyle="1">
-    <w:name w:val="Normal Table_d1169a67-b9b1-47dc-ace5-ac01a6eb1955"/>
+  <w:style w:type="table" w:styleId="NormalTable_8f4a7bf0-4796-41fc-b9ab-74c371385dd9" w:customStyle="1">
+    <w:name w:val="Normal Table_8f4a7bf0-4796-41fc-b9ab-74c371385dd9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ba90799e-536d-4a89-98b6-7cd2acf65ba6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d1169a67-b9b1-47dc-ace5-ac01a6eb1955"/>
+  <w:style w:type="table" w:styleId="TableGrid_bd1eee68-7606-40d0-9259-50bebdac138d" w:customStyle="1">
+    <w:name w:val="Table Grid_bd1eee68-7606-40d0-9259-50bebdac138d"/>
+    <w:basedOn w:val="NormalTable_8f4a7bf0-4796-41fc-b9ab-74c371385dd9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+    <w:basedOn w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_7ab2b332-d0ce-405e-9a71-3d5808c7b027"/>
+    <w:basedOn w:val="Normal_cdcffe68-ab97-44ac-a4af-b118787898a0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_711cab1a-f23f-4244-b9f3-2b597c4c0913" w:customStyle="1">
-    <w:name w:val="Normal Table_711cab1a-f23f-4244-b9f3-2b597c4c0913"/>
+  <w:style w:type="table" w:styleId="NormalTable_fcd3dac3-adaf-4847-a071-15cb213b40df" w:customStyle="1">
+    <w:name w:val="Normal Table_fcd3dac3-adaf-4847-a071-15cb213b40df"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b04d2852-7d41-4a77-bc74-e06a57d06ee9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_711cab1a-f23f-4244-b9f3-2b597c4c0913"/>
+  <w:style w:type="table" w:styleId="TableGrid_9d48ae1e-de4a-4b76-9694-faf3952e9091" w:customStyle="1">
+    <w:name w:val="Table Grid_9d48ae1e-de4a-4b76-9694-faf3952e9091"/>
+    <w:basedOn w:val="NormalTable_fcd3dac3-adaf-4847-a071-15cb213b40df"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e17635da-c1a3-4d24-a6cd-9b1993c56099" w:customStyle="1">
-    <w:name w:val="Normal Table_e17635da-c1a3-4d24-a6cd-9b1993c56099"/>
+  <w:style w:type="table" w:styleId="NormalTable_0d471ba9-aeb9-4e53-bae4-31f790e87d9e" w:customStyle="1">
+    <w:name w:val="Normal Table_0d471ba9-aeb9-4e53-bae4-31f790e87d9e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_50b3ee11-28aa-481e-9e13-f2b67ffe6720" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e17635da-c1a3-4d24-a6cd-9b1993c56099"/>
+  <w:style w:type="table" w:styleId="TableGrid_4d87c756-c053-40c1-9888-ca97254731aa" w:customStyle="1">
+    <w:name w:val="Table Grid_4d87c756-c053-40c1-9888-ca97254731aa"/>
+    <w:basedOn w:val="NormalTable_0d471ba9-aeb9-4e53-bae4-31f790e87d9e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_05481ea9-3598-4df2-8dab-13810b459f05" w:customStyle="1">
-    <w:name w:val="Normal Table_05481ea9-3598-4df2-8dab-13810b459f05"/>
+  <w:style w:type="table" w:styleId="NormalTable_6e399d93-a3c0-4f61-a7fe-4927e53962dd" w:customStyle="1">
+    <w:name w:val="Normal Table_6e399d93-a3c0-4f61-a7fe-4927e53962dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_54936cf0-210a-4656-9ba1-e0b42e868f79" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_05481ea9-3598-4df2-8dab-13810b459f05"/>
+  <w:style w:type="table" w:styleId="TableGrid_b99e6c8b-0e0f-4b78-bffd-fe2d8d37d649" w:customStyle="1">
+    <w:name w:val="Table Grid_b99e6c8b-0e0f-4b78-bffd-fe2d8d37d649"/>
+    <w:basedOn w:val="NormalTable_6e399d93-a3c0-4f61-a7fe-4927e53962dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8d579db9-53e1-41ce-8829-7e268dde7786" w:customStyle="1">
-    <w:name w:val="Normal Table_8d579db9-53e1-41ce-8829-7e268dde7786"/>
+  <w:style w:type="table" w:styleId="NormalTable_657098cf-bf99-4ffd-b8be-d52eb1441ddf" w:customStyle="1">
+    <w:name w:val="Normal Table_657098cf-bf99-4ffd-b8be-d52eb1441ddf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_038f0432-411a-46ab-8eb1-e057c0938382" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8d579db9-53e1-41ce-8829-7e268dde7786"/>
+  <w:style w:type="table" w:styleId="TableGrid_87cccac2-03f2-4225-8481-67d5157ade13" w:customStyle="1">
+    <w:name w:val="Table Grid_87cccac2-03f2-4225-8481-67d5157ade13"/>
+    <w:basedOn w:val="NormalTable_657098cf-bf99-4ffd-b8be-d52eb1441ddf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_739a6f01-6a67-401b-afc7-a3167235d7e4" w:customStyle="1">
-    <w:name w:val="Normal Table_739a6f01-6a67-401b-afc7-a3167235d7e4"/>
+  <w:style w:type="table" w:styleId="NormalTable_c644c969-0d56-4bf8-8adc-4e56118e6495" w:customStyle="1">
+    <w:name w:val="Normal Table_c644c969-0d56-4bf8-8adc-4e56118e6495"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b592c088-8b22-44c3-8779-f005784279d8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_739a6f01-6a67-401b-afc7-a3167235d7e4"/>
+  <w:style w:type="table" w:styleId="TableGrid_2c88625c-ebc0-4467-8262-48f395fea7a5" w:customStyle="1">
+    <w:name w:val="Table Grid_2c88625c-ebc0-4467-8262-48f395fea7a5"/>
+    <w:basedOn w:val="NormalTable_c644c969-0d56-4bf8-8adc-4e56118e6495"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc9cf2b7-4d5c-4923-beb0-7b5e2a1a7726" w:customStyle="1">
-    <w:name w:val="Normal Table_fc9cf2b7-4d5c-4923-beb0-7b5e2a1a7726"/>
+  <w:style w:type="table" w:styleId="NormalTable_612b52a2-9d31-4750-8e10-a7a8eab6e552" w:customStyle="1">
+    <w:name w:val="Normal Table_612b52a2-9d31-4750-8e10-a7a8eab6e552"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6807d71a-5e3b-452b-a547-cc79984119b0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc9cf2b7-4d5c-4923-beb0-7b5e2a1a7726"/>
+  <w:style w:type="table" w:styleId="TableGrid_36ee8c88-e944-4bab-a645-99259a015cbe" w:customStyle="1">
+    <w:name w:val="Table Grid_36ee8c88-e944-4bab-a645-99259a015cbe"/>
+    <w:basedOn w:val="NormalTable_612b52a2-9d31-4750-8e10-a7a8eab6e552"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3952b2f0-f6aa-46a8-a474-8b85f8194f80" w:customStyle="1">
-    <w:name w:val="Normal Table_3952b2f0-f6aa-46a8-a474-8b85f8194f80"/>
+  <w:style w:type="table" w:styleId="NormalTable_e519cd44-8ae7-4636-8577-de68191b8695" w:customStyle="1">
+    <w:name w:val="Normal Table_e519cd44-8ae7-4636-8577-de68191b8695"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_eda97f39-5d85-4d1b-b0a0-8c3f55fb080a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3952b2f0-f6aa-46a8-a474-8b85f8194f80"/>
+  <w:style w:type="table" w:styleId="TableGrid_b2edd59d-279a-4797-91a5-b7c7db96e1d6" w:customStyle="1">
+    <w:name w:val="Table Grid_b2edd59d-279a-4797-91a5-b7c7db96e1d6"/>
+    <w:basedOn w:val="NormalTable_e519cd44-8ae7-4636-8577-de68191b8695"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a444430c-de29-44f8-81e9-be4c79b69f92" w:customStyle="1">
-    <w:name w:val="Normal Table_a444430c-de29-44f8-81e9-be4c79b69f92"/>
+  <w:style w:type="table" w:styleId="NormalTable_3d540bb0-e909-4714-b2f3-e318dfc39b55" w:customStyle="1">
+    <w:name w:val="Normal Table_3d540bb0-e909-4714-b2f3-e318dfc39b55"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e8562f85-136c-44fb-8494-1844b85fd6c4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a444430c-de29-44f8-81e9-be4c79b69f92"/>
+  <w:style w:type="table" w:styleId="TableGrid_8a93c8c5-b753-4b67-ad91-7dc0499473d4" w:customStyle="1">
+    <w:name w:val="Table Grid_8a93c8c5-b753-4b67-ad91-7dc0499473d4"/>
+    <w:basedOn w:val="NormalTable_3d540bb0-e909-4714-b2f3-e318dfc39b55"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_37f0816b-689e-4092-ac9e-e5719550e76e" w:customStyle="1">
-    <w:name w:val="Normal Table_37f0816b-689e-4092-ac9e-e5719550e76e"/>
+  <w:style w:type="table" w:styleId="NormalTable_ae69dc2e-1a68-477f-a8ac-13c6306387bf" w:customStyle="1">
+    <w:name w:val="Normal Table_ae69dc2e-1a68-477f-a8ac-13c6306387bf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4a869408-0578-4d53-91c0-0f9ae4c3678a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_37f0816b-689e-4092-ac9e-e5719550e76e"/>
+  <w:style w:type="table" w:styleId="TableGrid_9e292714-4d9f-4bf2-a604-db661bcfce33" w:customStyle="1">
+    <w:name w:val="Table Grid_9e292714-4d9f-4bf2-a604-db661bcfce33"/>
+    <w:basedOn w:val="NormalTable_ae69dc2e-1a68-477f-a8ac-13c6306387bf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>