--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -1413,51 +1413,51 @@
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b4186e7e-f481-4bc5-9fb8-efad253bb7d9"/>
+      <w:tblStyle w:val="TableGrid_6085f697-9563-4fad-b66a-2545d2c2e43a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4889"/>
       <w:gridCol w:w="4890"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1468,51 +1468,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4889"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:50:31 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:03:23 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4889"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1540,51 +1540,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3b9cef61-870d-41af-9ee8-b14b027f41a0"/>
+      <w:tblStyle w:val="TableGrid_8c94657b-7971-49ee-b42c-b85cfd5d8eee"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6561"/>
       <w:gridCol w:w="2354"/>
       <w:gridCol w:w="864"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -1642,51 +1642,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="864"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+            <w:pStyle w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1699,59 +1699,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+      <w:pStyle w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a0e960dc-8c95-4f7e-bcaf-9f0feab732c6"/>
+      <w:tblStyle w:val="TableGrid_d1dcea70-5143-4268-a073-b3c2c7110232"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6356"/>
       <w:gridCol w:w="3423"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1762,51 +1762,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6356"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_6d028a10-fde7-4ae2-871e-a73410f7aee1"/>
+            <w:tblStyle w:val="TableGrid_00097da4-15bd-4ffc-baf7-6cfdc8e7da9f"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1907,72 +1907,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+            <w:pStyle w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3423"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_319276c4-efc3-40d1-a960-3631ef0e19be"/>
+            <w:tblStyle w:val="TableGrid_5c940d7c-1e04-4055-9bf2-724cb99cec7b"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2073,62 +2073,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+            <w:pStyle w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+      <w:pStyle w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0AF926CF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -2774,629 +2774,629 @@
     <w:link w:val="BobletekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_f4e45207-7b3d-4710-9a7d-33730a479203" w:customStyle="1">
-    <w:name w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664" w:customStyle="1">
+    <w:name w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+    <w:basedOn w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6d56c724-61f4-41b7-a69a-f5c55e71e483" w:customStyle="1">
-    <w:name w:val="Normal Table_6d56c724-61f4-41b7-a69a-f5c55e71e483"/>
+  <w:style w:type="table" w:styleId="NormalTable_92071462-2b33-44e9-917c-250617c85983" w:customStyle="1">
+    <w:name w:val="Normal Table_92071462-2b33-44e9-917c-250617c85983"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_6d56c724-61f4-41b7-a69a-f5c55e71e483"/>
+    <w:basedOn w:val="NormalTable_92071462-2b33-44e9-917c-250617c85983"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+    <w:basedOn w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_f4e45207-7b3d-4710-9a7d-33730a479203"/>
+    <w:basedOn w:val="Normal_9444f92f-a00b-47cd-96f1-236bb86a1664"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_3682fbce-2ae3-4fa4-991f-b4a8cf7928f2" w:customStyle="1">
-    <w:name w:val="Normal Table_3682fbce-2ae3-4fa4-991f-b4a8cf7928f2"/>
+  <w:style w:type="table" w:styleId="NormalTable_0c2f13cf-4f42-42a7-9d7a-a07ef1cd60f5" w:customStyle="1">
+    <w:name w:val="Normal Table_0c2f13cf-4f42-42a7-9d7a-a07ef1cd60f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_90f21e25-8d84-4ecb-bc71-ad568d051897" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_3682fbce-2ae3-4fa4-991f-b4a8cf7928f2"/>
+  <w:style w:type="table" w:styleId="TableGrid_d43c6130-6513-414b-b798-871ce69ff174" w:customStyle="1">
+    <w:name w:val="Table Grid_d43c6130-6513-414b-b798-871ce69ff174"/>
+    <w:basedOn w:val="NormalTable_0c2f13cf-4f42-42a7-9d7a-a07ef1cd60f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_30edcf87-43f7-4816-aaa0-fb06ace3cec8" w:customStyle="1">
-    <w:name w:val="Normal Table_30edcf87-43f7-4816-aaa0-fb06ace3cec8"/>
+  <w:style w:type="table" w:styleId="NormalTable_6c7a6a04-95ba-4242-9540-0f5000bb2214" w:customStyle="1">
+    <w:name w:val="Normal Table_6c7a6a04-95ba-4242-9540-0f5000bb2214"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8ddb31cd-b43f-445e-ab13-c7eba76afbcc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_30edcf87-43f7-4816-aaa0-fb06ace3cec8"/>
+  <w:style w:type="table" w:styleId="TableGrid_05b6d137-b3a6-43fb-b134-d74d4ec34d9a" w:customStyle="1">
+    <w:name w:val="Table Grid_05b6d137-b3a6-43fb-b134-d74d4ec34d9a"/>
+    <w:basedOn w:val="NormalTable_6c7a6a04-95ba-4242-9540-0f5000bb2214"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bc98bae4-3aeb-4723-ae95-5067693f5dba" w:customStyle="1">
-    <w:name w:val="Normal Table_bc98bae4-3aeb-4723-ae95-5067693f5dba"/>
+  <w:style w:type="table" w:styleId="NormalTable_94a21acf-e392-42b5-a8f0-2b956fcb2390" w:customStyle="1">
+    <w:name w:val="Normal Table_94a21acf-e392-42b5-a8f0-2b956fcb2390"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_09a2e2e4-3888-4c91-9437-bd2e71523f0c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bc98bae4-3aeb-4723-ae95-5067693f5dba"/>
+  <w:style w:type="table" w:styleId="TableGrid_2cb20dc2-76af-476c-977c-f9dbf169b321" w:customStyle="1">
+    <w:name w:val="Table Grid_2cb20dc2-76af-476c-977c-f9dbf169b321"/>
+    <w:basedOn w:val="NormalTable_94a21acf-e392-42b5-a8f0-2b956fcb2390"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_26da75e0-3af5-4b56-adb0-2fc5e505d805" w:customStyle="1">
-    <w:name w:val="Normal Table_26da75e0-3af5-4b56-adb0-2fc5e505d805"/>
+  <w:style w:type="table" w:styleId="NormalTable_c96640a9-4331-44bb-bd20-82e42d52beb6" w:customStyle="1">
+    <w:name w:val="Normal Table_c96640a9-4331-44bb-bd20-82e42d52beb6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8948c1b7-9469-4d3b-8f4a-3ef712ad296c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_26da75e0-3af5-4b56-adb0-2fc5e505d805"/>
+  <w:style w:type="table" w:styleId="TableGrid_eabef631-2e32-46c2-821e-a4f90f9dcc15" w:customStyle="1">
+    <w:name w:val="Table Grid_eabef631-2e32-46c2-821e-a4f90f9dcc15"/>
+    <w:basedOn w:val="NormalTable_c96640a9-4331-44bb-bd20-82e42d52beb6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a409a2b9-2926-40c0-87ff-dae1d2b4dce8" w:customStyle="1">
-    <w:name w:val="Normal Table_a409a2b9-2926-40c0-87ff-dae1d2b4dce8"/>
+  <w:style w:type="table" w:styleId="NormalTable_c994f725-e491-4d2b-b5b9-54f4d72fb982" w:customStyle="1">
+    <w:name w:val="Normal Table_c994f725-e491-4d2b-b5b9-54f4d72fb982"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b4186e7e-f481-4bc5-9fb8-efad253bb7d9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a409a2b9-2926-40c0-87ff-dae1d2b4dce8"/>
+  <w:style w:type="table" w:styleId="TableGrid_6085f697-9563-4fad-b66a-2545d2c2e43a" w:customStyle="1">
+    <w:name w:val="Table Grid_6085f697-9563-4fad-b66a-2545d2c2e43a"/>
+    <w:basedOn w:val="NormalTable_c994f725-e491-4d2b-b5b9-54f4d72fb982"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d074f396-d077-4a00-b895-5e94c1cae7c5" w:customStyle="1">
-    <w:name w:val="Normal Table_d074f396-d077-4a00-b895-5e94c1cae7c5"/>
+  <w:style w:type="table" w:styleId="NormalTable_07099694-b80e-4345-9240-cbcb7ae5ebf2" w:customStyle="1">
+    <w:name w:val="Normal Table_07099694-b80e-4345-9240-cbcb7ae5ebf2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3b9cef61-870d-41af-9ee8-b14b027f41a0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d074f396-d077-4a00-b895-5e94c1cae7c5"/>
+  <w:style w:type="table" w:styleId="TableGrid_8c94657b-7971-49ee-b42c-b85cfd5d8eee" w:customStyle="1">
+    <w:name w:val="Table Grid_8c94657b-7971-49ee-b42c-b85cfd5d8eee"/>
+    <w:basedOn w:val="NormalTable_07099694-b80e-4345-9240-cbcb7ae5ebf2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fe93a569-27b1-4259-9fea-81eaada0d679" w:customStyle="1">
-    <w:name w:val="Normal Table_fe93a569-27b1-4259-9fea-81eaada0d679"/>
+  <w:style w:type="table" w:styleId="NormalTable_abb1189d-4bfb-420b-82fd-df4320da5bba" w:customStyle="1">
+    <w:name w:val="Normal Table_abb1189d-4bfb-420b-82fd-df4320da5bba"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6d028a10-fde7-4ae2-871e-a73410f7aee1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fe93a569-27b1-4259-9fea-81eaada0d679"/>
+  <w:style w:type="table" w:styleId="TableGrid_00097da4-15bd-4ffc-baf7-6cfdc8e7da9f" w:customStyle="1">
+    <w:name w:val="Table Grid_00097da4-15bd-4ffc-baf7-6cfdc8e7da9f"/>
+    <w:basedOn w:val="NormalTable_abb1189d-4bfb-420b-82fd-df4320da5bba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2a17ad89-084c-49e1-943b-20ef05c61372" w:customStyle="1">
-    <w:name w:val="Normal Table_2a17ad89-084c-49e1-943b-20ef05c61372"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3b8579f-ef93-4bcd-9818-d46a2568fe18" w:customStyle="1">
+    <w:name w:val="Normal Table_f3b8579f-ef93-4bcd-9818-d46a2568fe18"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_319276c4-efc3-40d1-a960-3631ef0e19be" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2a17ad89-084c-49e1-943b-20ef05c61372"/>
+  <w:style w:type="table" w:styleId="TableGrid_5c940d7c-1e04-4055-9bf2-724cb99cec7b" w:customStyle="1">
+    <w:name w:val="Table Grid_5c940d7c-1e04-4055-9bf2-724cb99cec7b"/>
+    <w:basedOn w:val="NormalTable_f3b8579f-ef93-4bcd-9818-d46a2568fe18"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e42ba712-a847-4c45-8af8-ffd71ef19126" w:customStyle="1">
-    <w:name w:val="Normal Table_e42ba712-a847-4c45-8af8-ffd71ef19126"/>
+  <w:style w:type="table" w:styleId="NormalTable_ee5d932b-33d7-4d37-b65a-791a494bbe1a" w:customStyle="1">
+    <w:name w:val="Normal Table_ee5d932b-33d7-4d37-b65a-791a494bbe1a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a0e960dc-8c95-4f7e-bcaf-9f0feab732c6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e42ba712-a847-4c45-8af8-ffd71ef19126"/>
+  <w:style w:type="table" w:styleId="TableGrid_d1dcea70-5143-4268-a073-b3c2c7110232" w:customStyle="1">
+    <w:name w:val="Table Grid_d1dcea70-5143-4268-a073-b3c2c7110232"/>
+    <w:basedOn w:val="NormalTable_ee5d932b-33d7-4d37-b65a-791a494bbe1a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>