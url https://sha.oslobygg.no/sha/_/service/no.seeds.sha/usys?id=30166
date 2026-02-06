--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -124,188 +124,180 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9599" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="6656"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2943"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Prosjekt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6656"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2943"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hovedbedrift:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6656"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2943"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Samordnet bedrift</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6656"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="2943"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Møtedeltakere:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="6656"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B23A4B7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3172EB68">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr/>
@@ -541,165 +533,155 @@
             <w:tcBorders>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:fill="FFFF00" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nødvendig samordning avtalt: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Oppdateringen av oversikt over virksomheter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5193"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="340" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Oppdateres i fremdriftsmøter. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">HMSreg skal vise gjeldene </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">kontraktsnivåer</w:t>
+              <w:t xml:space="preserve">HMSreg skal vise gjeldene kontraktsnivåer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daglige oversikts-/mannskapslister</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5193"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="497"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="340" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -744,246 +726,240 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">registrere seg ut og inn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Lånekort kan benyttes i 7 dager og baseres på gyldig HMS-kort dersom behov for dette oppstår</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Prosjektets HMS mål</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5193"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="340" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Felles og forpliktende for alle. Hver enkelt virksomhet informerer sine egne ansatte, og evt. egne UE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Prosjektets HMS organisasjon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5193"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="340" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Hver enkelt virksomhet gjør denne kjent for egne ansatte og evt. egne UE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1191" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Vernetjeneste / verneombud – avklare spørsmål om felles Hovedverneombud</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5193"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="340" w:hanging="261"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Hver virksomhet </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1122,51 +1098,50 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">(mal som må tilpasses etter behov)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="350"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
@@ -1175,51 +1150,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Byggherrens plan for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">sikkerhet, helse og arbeidsmiljø</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5207"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="366" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Risikoforhold beskrevet </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1245,51 +1219,50 @@
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="366" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Hver enkelt virksomhet informerer egne ansatte, og evt. egne UE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="2719" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="350"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">7. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -1309,51 +1282,50 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">- Risikovurdering og Sikker Jobb Analyse (SJA)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="350"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:contextualSpacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5207"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="368" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Hver enkelt virksomhet vurderer risiko ved egne arbeider og gjennomfører nødvendige SJA. </w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1431,51 +1403,50 @@
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="368" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">SJA synliggjøres og følges opp i fremdriftsplaner. Kopi av gjennomførte SJA leveres Hovedbedriften på forlangende.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1883" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="350"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">8.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
@@ -1512,51 +1483,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Evt. tiltak for å sikre språkforståelse ved</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">utenlandsk arbeidskraft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5207"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="368" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">In</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1658,102 +1628,100 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="368" w:hanging="289"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Språkplan må følges opp</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="960" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="350"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">9.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Rutiner og planer for orden, ryddighet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">og avfallshåndtering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5207"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="366" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Rutiner og planer for orden, ryddighet, og</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1772,87 +1740,85 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">virksomhets a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">nsvar er forstått og akseptert</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="350"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">10.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Beredskapsplan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5207"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="366" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -1875,143 +1841,129 @@
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="366" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">-    Alle personskader og nestenulykker skal rapporteres omgående til HB og BH.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="350"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Stoffkartotek for kjemiske produkter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5207"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="366" w:hanging="289"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Hver enkelt virksom</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">het oppretter Stoffkartotek for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">egne kjemiske produkter i </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cobuilder</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Collaborate</w:t>
+              <w:t xml:space="preserve">Cobuilder Collaborate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
@@ -2204,51 +2156,50 @@
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5221"/>
             <w:tcBorders/>
             <w:shd w:fill="FFFF00" w:color="auto" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nødvendig samordning avtalt: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="350"/>
                 <w:tab w:val="left" w:pos="1200"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">12.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
@@ -2262,51 +2213,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">pplæringsbevis, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">dokumentert sikkerhetsopplæring</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5221"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="351" w:hanging="272"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Hver enkelt virksomhet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2319,51 +2269,50 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">overfor egne ansa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">tte og fremlegger dokumentasjon </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">på forlangende</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">13.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"/>
@@ -2377,51 +2326,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Kontroll av maskiner/utstyr, samt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">nødvendige rutiner for bruk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5221"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="351" w:hanging="272"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hver enkelt virksomhet følger opp kontroll og</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -2481,83 +2429,81 @@
               <w:t xml:space="preserve">driftsmøter, </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">samordningsmøte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">koordineringsmøter og/eller vernemøter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1472" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Organisering av </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">samordningsmøte og samordningsrunde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5221"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="351" w:hanging="272"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Hver enkelt virksomhet utarbeider en sjekkliste </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2587,74 +2533,72 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Ukentlig samordningsmøte og aktuelle samordningsrunder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">skal virksomheter delta på. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Rapportering av uønskede hendelser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5221"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="356"/>
               </w:tabs>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="351" w:hanging="272"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
@@ -2729,74 +2673,72 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">hendelser som de er </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ansvarlig for</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="1361" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4420"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="350" w:hanging="350"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Samordning av Internkontroll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="5221"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:autoSpaceDE w:val="false"/>
               <w:autoSpaceDN w:val="false"/>
               <w:adjustRightInd w:val="false"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="351" w:hanging="272"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:tab/>
               <w:t xml:space="preserve"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -2838,118 +2780,105 @@
               </w:rPr>
               <w:t xml:space="preserve">samordningsmøte, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">koordineringsmøter og/eller </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">vernemøter, hvor nødvendig samordning avtales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="9641"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Evt. andre forhold: (for eksempel sanksjoner ved manglende overholdelse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matrise - Brudd på sikkerhetsbestemmelser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, "Bortvisning" vil </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">medføre bot på </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">,-</w:t>
+              <w:t xml:space="preserve">medføre bot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ihht avtale.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Manglende deltakelse i avtalte vernerunder/-møter, uten gyldig fravær medfører bot på </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Listeavsnitt"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
@@ -3020,108 +2949,104 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9613" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4700"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="4630"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4700"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="283"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4630"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Dato:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4700"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Hovedbedrift</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -3169,65 +3094,63 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">HVO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="283"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:type="dxa" w:w="4630"/>
             <w:tcBorders/>
-            <w:shd w:fill="auto" w:color="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Samordnet bedrift</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3292,102 +3215,102 @@
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2126" w:right="1418" w:bottom="1134" w:left="1418" w:header="454" w:footer="454" w:gutter="0"/>
       <w:pgBorders/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:num="1" w:equalWidth="1" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:charset w:val="2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings-Regular">
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5e70aff0-e563-4d2c-aded-80c20c02d960"/>
+      <w:tblStyle w:val="TableGrid_2d703c99-79b1-48dc-b3b8-eb4d5d9acd7f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3398,51 +3321,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:51:18 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:07:02 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3470,51 +3393,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3593d320-efb9-4f1a-b700-f4bd898c10f4"/>
+      <w:tblStyle w:val="TableGrid_973d5168-bde7-44ff-8f63-6473e776ee0d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3528,95 +3451,95 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6086"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">Dokument-ID: 117. Versjonsnummer: 1</w:t>
+            <w:t xml:space="preserve">Dokument-ID: 117. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">4.3 Samordningsavtale HB og UE-SE</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2183"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+            <w:pStyle w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3629,59 +3552,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+      <w:pStyle w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cc6dec02-50ea-433f-8de1-522133f25788"/>
+      <w:tblStyle w:val="TableGrid_fbb812c6-d533-48fc-b18b-d23ae401c94e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3692,51 +3615,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9b77be3e-5115-470f-8a3d-2fff33997a64"/>
+            <w:tblStyle w:val="TableGrid_07df1562-35c3-401d-b0d2-094742178920"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3829,80 +3752,80 @@
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
-                  <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
+                  <w:t xml:space="preserve">29.01.2026 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+            <w:pStyle w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_36e8c1aa-3f0b-4ea9-ad51-060d3cbc9f85"/>
+            <w:tblStyle w:val="TableGrid_914bdef6-b705-4c3a-9e11-acd41686fa76"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4003,62 +3926,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+            <w:pStyle w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+      <w:pStyle w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="67AC0265"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4264,51 +4187,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="6194" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:doNotTrackMoves xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="1"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nb-NO"/>
   <w:clrSchemeMapping xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val=","/>
@@ -4826,629 +4748,629 @@
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listeavsnitt">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028" w:customStyle="1">
-    <w:name w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+  <w:style w:type="paragraph" w:styleId="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651" w:customStyle="1">
+    <w:name w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+    <w:basedOn w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9e1399e5-35d0-458a-9f40-4b683f8f8146" w:customStyle="1">
-    <w:name w:val="Normal Table_9e1399e5-35d0-458a-9f40-4b683f8f8146"/>
+  <w:style w:type="table" w:styleId="NormalTable_fb3533a6-62df-46e8-bb4c-33b94721bfdf" w:customStyle="1">
+    <w:name w:val="Normal Table_fb3533a6-62df-46e8-bb4c-33b94721bfdf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_15a3fdff-2e40-4c2d-bb92-8a8f82a740b1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9e1399e5-35d0-458a-9f40-4b683f8f8146"/>
+  <w:style w:type="table" w:styleId="TableGrid_40990955-967a-4c9f-9d92-8deadd76bfe2" w:customStyle="1">
+    <w:name w:val="Table Grid_40990955-967a-4c9f-9d92-8deadd76bfe2"/>
+    <w:basedOn w:val="NormalTable_fb3533a6-62df-46e8-bb4c-33b94721bfdf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+    <w:basedOn w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_ac97256a-1c0d-4086-9119-1b15cb0b3028"/>
+    <w:basedOn w:val="Normal_a85a25fa-3427-4560-bbf7-f34f2c33e651"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_493810da-1f1a-4310-8e9a-d9964dc76877" w:customStyle="1">
-    <w:name w:val="Normal Table_493810da-1f1a-4310-8e9a-d9964dc76877"/>
+  <w:style w:type="table" w:styleId="NormalTable_709768dd-2d41-4d83-953a-3bbfcc457b7d" w:customStyle="1">
+    <w:name w:val="Normal Table_709768dd-2d41-4d83-953a-3bbfcc457b7d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d5d8fd6f-7d9a-4897-bf3c-cfe14f94141b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_493810da-1f1a-4310-8e9a-d9964dc76877"/>
+  <w:style w:type="table" w:styleId="TableGrid_5273d5f2-3904-4a1b-9929-568e6d2eb387" w:customStyle="1">
+    <w:name w:val="Table Grid_5273d5f2-3904-4a1b-9929-568e6d2eb387"/>
+    <w:basedOn w:val="NormalTable_709768dd-2d41-4d83-953a-3bbfcc457b7d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_df9c6e7a-85f3-47e1-9e87-13b1a571fc53" w:customStyle="1">
-    <w:name w:val="Normal Table_df9c6e7a-85f3-47e1-9e87-13b1a571fc53"/>
+  <w:style w:type="table" w:styleId="NormalTable_35cb07db-529b-42c3-b573-a8b03ad2f490" w:customStyle="1">
+    <w:name w:val="Normal Table_35cb07db-529b-42c3-b573-a8b03ad2f490"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_403ab5a0-e8ed-485c-a9a8-19001c57e358" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_df9c6e7a-85f3-47e1-9e87-13b1a571fc53"/>
+  <w:style w:type="table" w:styleId="TableGrid_2a574d91-159d-4117-b608-2159f654653e" w:customStyle="1">
+    <w:name w:val="Table Grid_2a574d91-159d-4117-b608-2159f654653e"/>
+    <w:basedOn w:val="NormalTable_35cb07db-529b-42c3-b573-a8b03ad2f490"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5a5c034b-25a0-41d8-80f8-860ccf778e6d" w:customStyle="1">
-    <w:name w:val="Normal Table_5a5c034b-25a0-41d8-80f8-860ccf778e6d"/>
+  <w:style w:type="table" w:styleId="NormalTable_3e228c7a-45f0-467a-8f77-cf0b7db0d63b" w:customStyle="1">
+    <w:name w:val="Normal Table_3e228c7a-45f0-467a-8f77-cf0b7db0d63b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_37c5a7fc-e090-4a0b-9048-00e3c654c2fe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5a5c034b-25a0-41d8-80f8-860ccf778e6d"/>
+  <w:style w:type="table" w:styleId="TableGrid_34a6225e-750a-4017-9466-d706ad49d11d" w:customStyle="1">
+    <w:name w:val="Table Grid_34a6225e-750a-4017-9466-d706ad49d11d"/>
+    <w:basedOn w:val="NormalTable_3e228c7a-45f0-467a-8f77-cf0b7db0d63b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1b529aff-6cf7-4ca1-a01f-b67298ed891d" w:customStyle="1">
-    <w:name w:val="Normal Table_1b529aff-6cf7-4ca1-a01f-b67298ed891d"/>
+  <w:style w:type="table" w:styleId="NormalTable_a395de16-d6b5-4e00-918e-9ed917485d53" w:customStyle="1">
+    <w:name w:val="Normal Table_a395de16-d6b5-4e00-918e-9ed917485d53"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1584e700-d2a1-450e-b7b3-d099e74034f3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1b529aff-6cf7-4ca1-a01f-b67298ed891d"/>
+  <w:style w:type="table" w:styleId="TableGrid_5beb4757-8dcd-44ff-8590-39fd58d78f2d" w:customStyle="1">
+    <w:name w:val="Table Grid_5beb4757-8dcd-44ff-8590-39fd58d78f2d"/>
+    <w:basedOn w:val="NormalTable_a395de16-d6b5-4e00-918e-9ed917485d53"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5d3c16d5-990d-41bb-9177-a5c61cb8802c" w:customStyle="1">
-    <w:name w:val="Normal Table_5d3c16d5-990d-41bb-9177-a5c61cb8802c"/>
+  <w:style w:type="table" w:styleId="NormalTable_6e17643b-9f32-47cd-a3f0-522e7ccbb322" w:customStyle="1">
+    <w:name w:val="Normal Table_6e17643b-9f32-47cd-a3f0-522e7ccbb322"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5e70aff0-e563-4d2c-aded-80c20c02d960" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5d3c16d5-990d-41bb-9177-a5c61cb8802c"/>
+  <w:style w:type="table" w:styleId="TableGrid_2d703c99-79b1-48dc-b3b8-eb4d5d9acd7f" w:customStyle="1">
+    <w:name w:val="Table Grid_2d703c99-79b1-48dc-b3b8-eb4d5d9acd7f"/>
+    <w:basedOn w:val="NormalTable_6e17643b-9f32-47cd-a3f0-522e7ccbb322"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6ba2cd41-2f85-40c1-9b1a-255acf439481" w:customStyle="1">
-    <w:name w:val="Normal Table_6ba2cd41-2f85-40c1-9b1a-255acf439481"/>
+  <w:style w:type="table" w:styleId="NormalTable_21c78dd8-8373-4e45-8e06-653b04190191" w:customStyle="1">
+    <w:name w:val="Normal Table_21c78dd8-8373-4e45-8e06-653b04190191"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3593d320-efb9-4f1a-b700-f4bd898c10f4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6ba2cd41-2f85-40c1-9b1a-255acf439481"/>
+  <w:style w:type="table" w:styleId="TableGrid_973d5168-bde7-44ff-8f63-6473e776ee0d" w:customStyle="1">
+    <w:name w:val="Table Grid_973d5168-bde7-44ff-8f63-6473e776ee0d"/>
+    <w:basedOn w:val="NormalTable_21c78dd8-8373-4e45-8e06-653b04190191"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_93630371-12b4-48bd-b376-f58ee1c1bc7a" w:customStyle="1">
-    <w:name w:val="Normal Table_93630371-12b4-48bd-b376-f58ee1c1bc7a"/>
+  <w:style w:type="table" w:styleId="NormalTable_c0cfbd48-ea7b-4dd4-a08b-47b210eeabee" w:customStyle="1">
+    <w:name w:val="Normal Table_c0cfbd48-ea7b-4dd4-a08b-47b210eeabee"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9b77be3e-5115-470f-8a3d-2fff33997a64" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_93630371-12b4-48bd-b376-f58ee1c1bc7a"/>
+  <w:style w:type="table" w:styleId="TableGrid_07df1562-35c3-401d-b0d2-094742178920" w:customStyle="1">
+    <w:name w:val="Table Grid_07df1562-35c3-401d-b0d2-094742178920"/>
+    <w:basedOn w:val="NormalTable_c0cfbd48-ea7b-4dd4-a08b-47b210eeabee"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9011ffcd-3263-4d2b-88f3-69f53a3b51aa" w:customStyle="1">
-    <w:name w:val="Normal Table_9011ffcd-3263-4d2b-88f3-69f53a3b51aa"/>
+  <w:style w:type="table" w:styleId="NormalTable_8b2112b2-a965-4d70-8bca-d060f62d4891" w:customStyle="1">
+    <w:name w:val="Normal Table_8b2112b2-a965-4d70-8bca-d060f62d4891"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_36e8c1aa-3f0b-4ea9-ad51-060d3cbc9f85" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9011ffcd-3263-4d2b-88f3-69f53a3b51aa"/>
+  <w:style w:type="table" w:styleId="TableGrid_914bdef6-b705-4c3a-9e11-acd41686fa76" w:customStyle="1">
+    <w:name w:val="Table Grid_914bdef6-b705-4c3a-9e11-acd41686fa76"/>
+    <w:basedOn w:val="NormalTable_8b2112b2-a965-4d70-8bca-d060f62d4891"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5f4afd10-7b45-48a5-a107-07879a4e9b07" w:customStyle="1">
-    <w:name w:val="Normal Table_5f4afd10-7b45-48a5-a107-07879a4e9b07"/>
+  <w:style w:type="table" w:styleId="NormalTable_8926a74b-87ca-487d-8e05-bd4799a61ff9" w:customStyle="1">
+    <w:name w:val="Normal Table_8926a74b-87ca-487d-8e05-bd4799a61ff9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cc6dec02-50ea-433f-8de1-522133f25788" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5f4afd10-7b45-48a5-a107-07879a4e9b07"/>
+  <w:style w:type="table" w:styleId="TableGrid_fbb812c6-d533-48fc-b18b-d23ae401c94e" w:customStyle="1">
+    <w:name w:val="Table Grid_fbb812c6-d533-48fc-b18b-d23ae401c94e"/>
+    <w:basedOn w:val="NormalTable_8926a74b-87ca-487d-8e05-bd4799a61ff9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>
@@ -5741,55 +5663,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
   <a:extraClrSchemeLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>661-2-4.3 Samordningsavtale HB og UE-SE</Template>
+  <Template>661-2-4.3 Samordningsavtale HB og UE-SE.dot</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>866</Words>
-  <Characters>4593</Characters>
+  <Characters>4591</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <Company/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lise Marcussen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus>Godkjent</cp:contentStatus>
 </cp:coreProperties>
 </file>