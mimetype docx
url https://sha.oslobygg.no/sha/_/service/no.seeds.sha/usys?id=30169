--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -3253,51 +3253,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_afc5e925-db66-4140-8910-b8a609565b07"/>
+      <w:tblStyle w:val="TableGrid_e19c1a0b-b572-4191-88e8-e78b8405f79d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3308,51 +3308,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:48:31 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:08:00 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3380,51 +3380,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_cee1e626-5b00-44ce-bb7e-1c4ae2d462e7"/>
+      <w:tblStyle w:val="TableGrid_224b550e-6938-45b1-b71d-0c2e52366e1e"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3482,51 +3482,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+            <w:pStyle w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3539,59 +3539,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+      <w:pStyle w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_40422508-5ee0-454e-b746-9437920bd7cf"/>
+      <w:tblStyle w:val="TableGrid_b6ae270d-5045-4461-91af-f97d81eeb832"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3602,51 +3602,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_19ce7a6b-004e-4a1d-a34a-cd46e7757b6f"/>
+            <w:tblStyle w:val="TableGrid_9042a3ac-896a-4dc4-b29f-d10a78a72429"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3747,72 +3747,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+            <w:pStyle w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_cef324b7-6451-4af0-a229-00dc9ca4e36f"/>
+            <w:tblStyle w:val="TableGrid_4c9be0e0-bc01-4e56-b9c1-ff04280748fd"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3913,62 +3913,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+            <w:pStyle w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+      <w:pStyle w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="33CC4D0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4800,629 +4800,629 @@
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Omtale" w:customStyle="1">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_287c9f72-a539-4273-8e8a-c75d46386e74" w:customStyle="1">
-    <w:name w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+  <w:style w:type="paragraph" w:styleId="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba" w:customStyle="1">
+    <w:name w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+    <w:basedOn w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c8237e65-7d6d-41cd-9d46-537b892792bd" w:customStyle="1">
-    <w:name w:val="Normal Table_c8237e65-7d6d-41cd-9d46-537b892792bd"/>
+  <w:style w:type="table" w:styleId="NormalTable_75cb1735-deb5-47ea-99e9-0cadc79b4141" w:customStyle="1">
+    <w:name w:val="Normal Table_75cb1735-deb5-47ea-99e9-0cadc79b4141"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_c8237e65-7d6d-41cd-9d46-537b892792bd"/>
+    <w:basedOn w:val="NormalTable_75cb1735-deb5-47ea-99e9-0cadc79b4141"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+    <w:basedOn w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_287c9f72-a539-4273-8e8a-c75d46386e74"/>
+    <w:basedOn w:val="Normal_ba215bd5-4376-4a3f-af78-a3a9ca8bfeba"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c78de36f-efad-4cf8-bf37-81f4ffcc3742" w:customStyle="1">
-    <w:name w:val="Normal Table_c78de36f-efad-4cf8-bf37-81f4ffcc3742"/>
+  <w:style w:type="table" w:styleId="NormalTable_76a56f78-890c-441d-b6ad-65b2432d01df" w:customStyle="1">
+    <w:name w:val="Normal Table_76a56f78-890c-441d-b6ad-65b2432d01df"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ccf04064-deb9-4a94-be35-bcde294df046" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c78de36f-efad-4cf8-bf37-81f4ffcc3742"/>
+  <w:style w:type="table" w:styleId="TableGrid_85f90ea2-890e-4875-ba83-52e09d47b84c" w:customStyle="1">
+    <w:name w:val="Table Grid_85f90ea2-890e-4875-ba83-52e09d47b84c"/>
+    <w:basedOn w:val="NormalTable_76a56f78-890c-441d-b6ad-65b2432d01df"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_38d369ef-f6f6-4462-bcc9-9bbd2a7d99df" w:customStyle="1">
-    <w:name w:val="Normal Table_38d369ef-f6f6-4462-bcc9-9bbd2a7d99df"/>
+  <w:style w:type="table" w:styleId="NormalTable_9bb58dda-ba87-49ce-82a4-6a482a3c3e28" w:customStyle="1">
+    <w:name w:val="Normal Table_9bb58dda-ba87-49ce-82a4-6a482a3c3e28"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6ec984fb-b8ce-41c2-87eb-9021ce46a40c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_38d369ef-f6f6-4462-bcc9-9bbd2a7d99df"/>
+  <w:style w:type="table" w:styleId="TableGrid_9b4faef2-80c3-4ba6-99d7-d1cde55b3301" w:customStyle="1">
+    <w:name w:val="Table Grid_9b4faef2-80c3-4ba6-99d7-d1cde55b3301"/>
+    <w:basedOn w:val="NormalTable_9bb58dda-ba87-49ce-82a4-6a482a3c3e28"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_13d5c218-5aeb-4a33-85ce-fbf4c77e130e" w:customStyle="1">
-    <w:name w:val="Normal Table_13d5c218-5aeb-4a33-85ce-fbf4c77e130e"/>
+  <w:style w:type="table" w:styleId="NormalTable_f7b251ea-d835-4c53-acd8-041e59ccbb4b" w:customStyle="1">
+    <w:name w:val="Normal Table_f7b251ea-d835-4c53-acd8-041e59ccbb4b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_86b41e55-12ee-4f26-9920-2ee818953449" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_13d5c218-5aeb-4a33-85ce-fbf4c77e130e"/>
+  <w:style w:type="table" w:styleId="TableGrid_1d4c81f5-072d-4c1a-8313-2f5f8a3001f9" w:customStyle="1">
+    <w:name w:val="Table Grid_1d4c81f5-072d-4c1a-8313-2f5f8a3001f9"/>
+    <w:basedOn w:val="NormalTable_f7b251ea-d835-4c53-acd8-041e59ccbb4b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_63946950-3e93-4436-b4ef-e467ec1871e8" w:customStyle="1">
-    <w:name w:val="Normal Table_63946950-3e93-4436-b4ef-e467ec1871e8"/>
+  <w:style w:type="table" w:styleId="NormalTable_573deec9-ee01-49c7-befa-45a21d3d4bcf" w:customStyle="1">
+    <w:name w:val="Normal Table_573deec9-ee01-49c7-befa-45a21d3d4bcf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0325db64-f096-4bdf-bb81-20925779c11e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_63946950-3e93-4436-b4ef-e467ec1871e8"/>
+  <w:style w:type="table" w:styleId="TableGrid_20bbf4d4-f80a-4770-b9b3-6c2ee80f7273" w:customStyle="1">
+    <w:name w:val="Table Grid_20bbf4d4-f80a-4770-b9b3-6c2ee80f7273"/>
+    <w:basedOn w:val="NormalTable_573deec9-ee01-49c7-befa-45a21d3d4bcf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dd531784-b62d-4cbe-8cea-ba1125ddb62d" w:customStyle="1">
-    <w:name w:val="Normal Table_dd531784-b62d-4cbe-8cea-ba1125ddb62d"/>
+  <w:style w:type="table" w:styleId="NormalTable_dbe17e52-e95e-44f8-868a-314dfc9aa7c8" w:customStyle="1">
+    <w:name w:val="Normal Table_dbe17e52-e95e-44f8-868a-314dfc9aa7c8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_afc5e925-db66-4140-8910-b8a609565b07" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dd531784-b62d-4cbe-8cea-ba1125ddb62d"/>
+  <w:style w:type="table" w:styleId="TableGrid_e19c1a0b-b572-4191-88e8-e78b8405f79d" w:customStyle="1">
+    <w:name w:val="Table Grid_e19c1a0b-b572-4191-88e8-e78b8405f79d"/>
+    <w:basedOn w:val="NormalTable_dbe17e52-e95e-44f8-868a-314dfc9aa7c8"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bdf42c64-0122-4164-be87-f1e13d0cd6ee" w:customStyle="1">
-    <w:name w:val="Normal Table_bdf42c64-0122-4164-be87-f1e13d0cd6ee"/>
+  <w:style w:type="table" w:styleId="NormalTable_8e0e2135-36fa-42bf-9dbc-2c453d08bbea" w:customStyle="1">
+    <w:name w:val="Normal Table_8e0e2135-36fa-42bf-9dbc-2c453d08bbea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cee1e626-5b00-44ce-bb7e-1c4ae2d462e7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bdf42c64-0122-4164-be87-f1e13d0cd6ee"/>
+  <w:style w:type="table" w:styleId="TableGrid_224b550e-6938-45b1-b71d-0c2e52366e1e" w:customStyle="1">
+    <w:name w:val="Table Grid_224b550e-6938-45b1-b71d-0c2e52366e1e"/>
+    <w:basedOn w:val="NormalTable_8e0e2135-36fa-42bf-9dbc-2c453d08bbea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_934eeaec-247f-41af-9fe9-76a4debe2838" w:customStyle="1">
-    <w:name w:val="Normal Table_934eeaec-247f-41af-9fe9-76a4debe2838"/>
+  <w:style w:type="table" w:styleId="NormalTable_fdf14930-a36a-4c07-bead-77d7e8f283ea" w:customStyle="1">
+    <w:name w:val="Normal Table_fdf14930-a36a-4c07-bead-77d7e8f283ea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_19ce7a6b-004e-4a1d-a34a-cd46e7757b6f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_934eeaec-247f-41af-9fe9-76a4debe2838"/>
+  <w:style w:type="table" w:styleId="TableGrid_9042a3ac-896a-4dc4-b29f-d10a78a72429" w:customStyle="1">
+    <w:name w:val="Table Grid_9042a3ac-896a-4dc4-b29f-d10a78a72429"/>
+    <w:basedOn w:val="NormalTable_fdf14930-a36a-4c07-bead-77d7e8f283ea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_397db971-4952-41ff-85c6-c3a0d96ec933" w:customStyle="1">
-    <w:name w:val="Normal Table_397db971-4952-41ff-85c6-c3a0d96ec933"/>
+  <w:style w:type="table" w:styleId="NormalTable_e0c182e5-1a1b-4470-b602-d699ca90aecd" w:customStyle="1">
+    <w:name w:val="Normal Table_e0c182e5-1a1b-4470-b602-d699ca90aecd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cef324b7-6451-4af0-a229-00dc9ca4e36f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_397db971-4952-41ff-85c6-c3a0d96ec933"/>
+  <w:style w:type="table" w:styleId="TableGrid_4c9be0e0-bc01-4e56-b9c1-ff04280748fd" w:customStyle="1">
+    <w:name w:val="Table Grid_4c9be0e0-bc01-4e56-b9c1-ff04280748fd"/>
+    <w:basedOn w:val="NormalTable_e0c182e5-1a1b-4470-b602-d699ca90aecd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_24eaf99d-e85d-437a-9b3e-aa2e843e1116" w:customStyle="1">
-    <w:name w:val="Normal Table_24eaf99d-e85d-437a-9b3e-aa2e843e1116"/>
+  <w:style w:type="table" w:styleId="NormalTable_7bd7993d-4054-499f-b5b6-11688886df3d" w:customStyle="1">
+    <w:name w:val="Normal Table_7bd7993d-4054-499f-b5b6-11688886df3d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_40422508-5ee0-454e-b746-9437920bd7cf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_24eaf99d-e85d-437a-9b3e-aa2e843e1116"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6ae270d-5045-4461-91af-f97d81eeb832" w:customStyle="1">
+    <w:name w:val="Table Grid_b6ae270d-5045-4461-91af-f97d81eeb832"/>
+    <w:basedOn w:val="NormalTable_7bd7993d-4054-499f-b5b6-11688886df3d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>