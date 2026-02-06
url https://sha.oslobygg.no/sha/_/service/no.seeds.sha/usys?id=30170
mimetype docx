--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -2808,51 +2808,51 @@
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fe9728b9-7db0-431b-9c42-c30a013545b7"/>
+      <w:tblStyle w:val="TableGrid_ebc48d31-8071-4f59-9e50-c959cef5ec77"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7654"/>
       <w:gridCol w:w="7653"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2863,51 +2863,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7654"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:47:35 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:06:34 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7654"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -2935,51 +2935,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_97b30702-5be6-433c-8470-ddfd97d7b523"/>
+      <w:tblStyle w:val="TableGrid_2528a0e7-ed34-47a3-b933-35840ac9c68f"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="10270"/>
       <w:gridCol w:w="3685"/>
       <w:gridCol w:w="1352"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3037,51 +3037,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1352"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+            <w:pStyle w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3094,59 +3094,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+      <w:pStyle w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e045ee6c-410a-4521-a2fe-59a0b681aff2"/>
+      <w:tblStyle w:val="TableGrid_76faeacb-696f-4145-8439-4f67db317f07"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9950"/>
       <w:gridCol w:w="5357"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3157,51 +3157,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9950"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b86a78ab-c7b9-4139-82d4-c3fe934e9a4d"/>
+            <w:tblStyle w:val="TableGrid_85877245-813d-49d4-bcea-745d9b9cf608"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3302,72 +3302,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+            <w:pStyle w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5357"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b858b4f7-b4ec-4a66-8385-698eda36f4b8"/>
+            <w:tblStyle w:val="TableGrid_b348f6ae-125b-4507-b752-58d0140f65b2"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3468,62 +3468,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+            <w:pStyle w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+      <w:pStyle w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4023,629 +4023,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bunntekst">
     <w:name w:val="Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BunntekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1" w:customStyle="1">
-    <w:name w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_79895916-0418-46b6-9e08-c08ee35814db" w:customStyle="1">
+    <w:name w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+    <w:basedOn w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_85d0fb14-9939-437f-8995-40c270f08860" w:customStyle="1">
-    <w:name w:val="Normal Table_85d0fb14-9939-437f-8995-40c270f08860"/>
+  <w:style w:type="table" w:styleId="NormalTable_206d97b5-f43b-4716-9d0b-8a07591dbc3c" w:customStyle="1">
+    <w:name w:val="Normal Table_206d97b5-f43b-4716-9d0b-8a07591dbc3c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_85d0fb14-9939-437f-8995-40c270f08860"/>
+    <w:basedOn w:val="NormalTable_206d97b5-f43b-4716-9d0b-8a07591dbc3c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+    <w:basedOn w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_f72dfdd6-97df-4f3d-919e-4919fc4ae5a1"/>
+    <w:basedOn w:val="Normal_79895916-0418-46b6-9e08-c08ee35814db"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b85d43d8-7e64-489d-a058-f2d067b9ea15" w:customStyle="1">
-    <w:name w:val="Normal Table_b85d43d8-7e64-489d-a058-f2d067b9ea15"/>
+  <w:style w:type="table" w:styleId="NormalTable_e1234a95-eae0-4857-9906-a1d9c2a9f911" w:customStyle="1">
+    <w:name w:val="Normal Table_e1234a95-eae0-4857-9906-a1d9c2a9f911"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ce4301c6-e982-473c-8ccc-48bb7168e01a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b85d43d8-7e64-489d-a058-f2d067b9ea15"/>
+  <w:style w:type="table" w:styleId="TableGrid_a340d2a7-70ea-4e12-a3da-650f78f26ae6" w:customStyle="1">
+    <w:name w:val="Table Grid_a340d2a7-70ea-4e12-a3da-650f78f26ae6"/>
+    <w:basedOn w:val="NormalTable_e1234a95-eae0-4857-9906-a1d9c2a9f911"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e3223c20-d496-49c4-bed7-7afd3662583a" w:customStyle="1">
-    <w:name w:val="Normal Table_e3223c20-d496-49c4-bed7-7afd3662583a"/>
+  <w:style w:type="table" w:styleId="NormalTable_a55bfdbc-a436-4ba2-ad0a-aa3d80d99bcd" w:customStyle="1">
+    <w:name w:val="Normal Table_a55bfdbc-a436-4ba2-ad0a-aa3d80d99bcd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_96a221ee-03bc-458b-b227-ecf4b2a9acbf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e3223c20-d496-49c4-bed7-7afd3662583a"/>
+  <w:style w:type="table" w:styleId="TableGrid_75609dd3-0d89-4d3c-a8e5-2b7f9a361d15" w:customStyle="1">
+    <w:name w:val="Table Grid_75609dd3-0d89-4d3c-a8e5-2b7f9a361d15"/>
+    <w:basedOn w:val="NormalTable_a55bfdbc-a436-4ba2-ad0a-aa3d80d99bcd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1763a963-af24-4c5d-bf85-0dbb2b39be29" w:customStyle="1">
-    <w:name w:val="Normal Table_1763a963-af24-4c5d-bf85-0dbb2b39be29"/>
+  <w:style w:type="table" w:styleId="NormalTable_9d3fcbb2-335b-4683-a3cb-6f4d196bc0f5" w:customStyle="1">
+    <w:name w:val="Normal Table_9d3fcbb2-335b-4683-a3cb-6f4d196bc0f5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_67041ec9-a067-49e3-98d4-9dd845fc7121" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1763a963-af24-4c5d-bf85-0dbb2b39be29"/>
+  <w:style w:type="table" w:styleId="TableGrid_cc081ecd-f68f-4ec5-9b05-3364861271b4" w:customStyle="1">
+    <w:name w:val="Table Grid_cc081ecd-f68f-4ec5-9b05-3364861271b4"/>
+    <w:basedOn w:val="NormalTable_9d3fcbb2-335b-4683-a3cb-6f4d196bc0f5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_47fd1c84-1e68-41cb-bade-ed972aef48ec" w:customStyle="1">
-    <w:name w:val="Normal Table_47fd1c84-1e68-41cb-bade-ed972aef48ec"/>
+  <w:style w:type="table" w:styleId="NormalTable_caf80367-0fc5-4f9a-a107-5a4e9d75b825" w:customStyle="1">
+    <w:name w:val="Normal Table_caf80367-0fc5-4f9a-a107-5a4e9d75b825"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_51c04eba-da3b-4ad1-9641-802183e756f6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_47fd1c84-1e68-41cb-bade-ed972aef48ec"/>
+  <w:style w:type="table" w:styleId="TableGrid_675ef664-4f2d-4d1a-9f25-60b65892626a" w:customStyle="1">
+    <w:name w:val="Table Grid_675ef664-4f2d-4d1a-9f25-60b65892626a"/>
+    <w:basedOn w:val="NormalTable_caf80367-0fc5-4f9a-a107-5a4e9d75b825"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2ba1cb9c-e6ed-408c-84c7-71aee15eefa0" w:customStyle="1">
-    <w:name w:val="Normal Table_2ba1cb9c-e6ed-408c-84c7-71aee15eefa0"/>
+  <w:style w:type="table" w:styleId="NormalTable_c305ae74-8b87-48c9-8786-d3d1ae1a1600" w:customStyle="1">
+    <w:name w:val="Normal Table_c305ae74-8b87-48c9-8786-d3d1ae1a1600"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fe9728b9-7db0-431b-9c42-c30a013545b7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2ba1cb9c-e6ed-408c-84c7-71aee15eefa0"/>
+  <w:style w:type="table" w:styleId="TableGrid_ebc48d31-8071-4f59-9e50-c959cef5ec77" w:customStyle="1">
+    <w:name w:val="Table Grid_ebc48d31-8071-4f59-9e50-c959cef5ec77"/>
+    <w:basedOn w:val="NormalTable_c305ae74-8b87-48c9-8786-d3d1ae1a1600"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_db4a916f-b880-4722-adfe-4c6a715ea9cd" w:customStyle="1">
-    <w:name w:val="Normal Table_db4a916f-b880-4722-adfe-4c6a715ea9cd"/>
+  <w:style w:type="table" w:styleId="NormalTable_acb3f22d-51ed-440c-b0ec-83de1c95a59e" w:customStyle="1">
+    <w:name w:val="Normal Table_acb3f22d-51ed-440c-b0ec-83de1c95a59e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97b30702-5be6-433c-8470-ddfd97d7b523" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_db4a916f-b880-4722-adfe-4c6a715ea9cd"/>
+  <w:style w:type="table" w:styleId="TableGrid_2528a0e7-ed34-47a3-b933-35840ac9c68f" w:customStyle="1">
+    <w:name w:val="Table Grid_2528a0e7-ed34-47a3-b933-35840ac9c68f"/>
+    <w:basedOn w:val="NormalTable_acb3f22d-51ed-440c-b0ec-83de1c95a59e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fdebf75e-2f9c-478a-8932-b8e85219b443" w:customStyle="1">
-    <w:name w:val="Normal Table_fdebf75e-2f9c-478a-8932-b8e85219b443"/>
+  <w:style w:type="table" w:styleId="NormalTable_c138a780-2369-45de-9849-210979dd5f46" w:customStyle="1">
+    <w:name w:val="Normal Table_c138a780-2369-45de-9849-210979dd5f46"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b86a78ab-c7b9-4139-82d4-c3fe934e9a4d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fdebf75e-2f9c-478a-8932-b8e85219b443"/>
+  <w:style w:type="table" w:styleId="TableGrid_85877245-813d-49d4-bcea-745d9b9cf608" w:customStyle="1">
+    <w:name w:val="Table Grid_85877245-813d-49d4-bcea-745d9b9cf608"/>
+    <w:basedOn w:val="NormalTable_c138a780-2369-45de-9849-210979dd5f46"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_af8b49ae-e78a-4839-8037-f09689730862" w:customStyle="1">
-    <w:name w:val="Normal Table_af8b49ae-e78a-4839-8037-f09689730862"/>
+  <w:style w:type="table" w:styleId="NormalTable_944baea7-2995-4458-a03c-359c05715d93" w:customStyle="1">
+    <w:name w:val="Normal Table_944baea7-2995-4458-a03c-359c05715d93"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b858b4f7-b4ec-4a66-8385-698eda36f4b8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_af8b49ae-e78a-4839-8037-f09689730862"/>
+  <w:style w:type="table" w:styleId="TableGrid_b348f6ae-125b-4507-b752-58d0140f65b2" w:customStyle="1">
+    <w:name w:val="Table Grid_b348f6ae-125b-4507-b752-58d0140f65b2"/>
+    <w:basedOn w:val="NormalTable_944baea7-2995-4458-a03c-359c05715d93"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_95f6e4e9-5c81-43f8-bb09-c613d605a64f" w:customStyle="1">
-    <w:name w:val="Normal Table_95f6e4e9-5c81-43f8-bb09-c613d605a64f"/>
+  <w:style w:type="table" w:styleId="NormalTable_3d00b353-71d3-4d83-8ac0-1274ed902e8c" w:customStyle="1">
+    <w:name w:val="Normal Table_3d00b353-71d3-4d83-8ac0-1274ed902e8c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e045ee6c-410a-4521-a2fe-59a0b681aff2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_95f6e4e9-5c81-43f8-bb09-c613d605a64f"/>
+  <w:style w:type="table" w:styleId="TableGrid_76faeacb-696f-4145-8439-4f67db317f07" w:customStyle="1">
+    <w:name w:val="Table Grid_76faeacb-696f-4145-8439-4f67db317f07"/>
+    <w:basedOn w:val="NormalTable_3d00b353-71d3-4d83-8ac0-1274ed902e8c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>