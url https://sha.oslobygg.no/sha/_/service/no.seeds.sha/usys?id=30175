--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -7721,51 +7721,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b7d425c3-2114-497b-b543-b04f1d19ad5c"/>
+      <w:tblStyle w:val="TableGrid_7ea7a441-023b-4f1f-b042-daa58eabbae8"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7776,51 +7776,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:52:41 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:06 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -7848,51 +7848,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f3d7ba47-7346-4f44-8eb9-5b6ecf00e0c4"/>
+      <w:tblStyle w:val="TableGrid_722bb593-d46f-45b5-939b-f0263a7baaa7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -7950,51 +7950,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+            <w:pStyle w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -8007,59 +8007,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+      <w:pStyle w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f994781e-5f19-422c-a8f2-666b8ad5309e"/>
+      <w:tblStyle w:val="TableGrid_08f679d8-7286-4e56-a491-0a84513ad8e5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8070,51 +8070,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_4bdb234b-6459-4987-9719-7229a2264ecd"/>
+            <w:tblStyle w:val="TableGrid_166f2c10-2b40-4fdb-8aee-5a87964bcdce"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8215,72 +8215,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">16.04.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+            <w:pStyle w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_ae12e91f-1b95-4e2e-97e5-090373411a69"/>
+            <w:tblStyle w:val="TableGrid_8a66fbe2-796a-43c6-a8c9-3fba65fae516"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -8381,62 +8381,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+            <w:pStyle w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+      <w:pStyle w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0261707B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:eastAsia="Times New Roman" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -12461,629 +12461,629 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Hovedtekst" w:customStyle="1">
     <w:name w:val="Hovedtekst"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TopptekstTegn" w:customStyle="1">
     <w:name w:val="Topptekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d" w:customStyle="1">
-    <w:name w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+  <w:style w:type="paragraph" w:styleId="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77" w:customStyle="1">
+    <w:name w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+    <w:basedOn w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ad7fcee8-0528-410e-8ca7-0472ec1f4917" w:customStyle="1">
-    <w:name w:val="Normal Table_ad7fcee8-0528-410e-8ca7-0472ec1f4917"/>
+  <w:style w:type="table" w:styleId="NormalTable_7eacecbd-9221-4970-a13e-866dcb3a5eff" w:customStyle="1">
+    <w:name w:val="Normal Table_7eacecbd-9221-4970-a13e-866dcb3a5eff"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_58922a2a-7844-45d6-bd82-e25ec25baf99" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ad7fcee8-0528-410e-8ca7-0472ec1f4917"/>
+  <w:style w:type="table" w:styleId="TableGrid_dbcf98bd-311e-4046-b2e6-a03c087942dc" w:customStyle="1">
+    <w:name w:val="Table Grid_dbcf98bd-311e-4046-b2e6-a03c087942dc"/>
+    <w:basedOn w:val="NormalTable_7eacecbd-9221-4970-a13e-866dcb3a5eff"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+    <w:basedOn w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_07dff1cc-ca62-4d29-a087-b09672037d2d"/>
+    <w:basedOn w:val="Normal_2d8b5620-8437-4e34-9215-6a4c26303f77"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f54e2853-b4f3-4869-892e-fb81b587f24e" w:customStyle="1">
-    <w:name w:val="Normal Table_f54e2853-b4f3-4869-892e-fb81b587f24e"/>
+  <w:style w:type="table" w:styleId="NormalTable_c960cd42-ac04-4d6b-8df9-a9f8f9a1fdc0" w:customStyle="1">
+    <w:name w:val="Normal Table_c960cd42-ac04-4d6b-8df9-a9f8f9a1fdc0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_888fcdce-de67-43bc-a3c1-9410f5f04ca2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f54e2853-b4f3-4869-892e-fb81b587f24e"/>
+  <w:style w:type="table" w:styleId="TableGrid_a8ee3c20-5d70-4c81-88fd-592fbd74ae5f" w:customStyle="1">
+    <w:name w:val="Table Grid_a8ee3c20-5d70-4c81-88fd-592fbd74ae5f"/>
+    <w:basedOn w:val="NormalTable_c960cd42-ac04-4d6b-8df9-a9f8f9a1fdc0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_59942452-eaff-4a58-a2c6-16481890944c" w:customStyle="1">
-    <w:name w:val="Normal Table_59942452-eaff-4a58-a2c6-16481890944c"/>
+  <w:style w:type="table" w:styleId="NormalTable_0eebdc48-2db6-41ec-bf3f-ecac12e9cb3d" w:customStyle="1">
+    <w:name w:val="Normal Table_0eebdc48-2db6-41ec-bf3f-ecac12e9cb3d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b8d04705-a219-4619-b90e-659a82de3a68" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_59942452-eaff-4a58-a2c6-16481890944c"/>
+  <w:style w:type="table" w:styleId="TableGrid_91a33d1c-c629-413d-8b89-5e83f9cb51c8" w:customStyle="1">
+    <w:name w:val="Table Grid_91a33d1c-c629-413d-8b89-5e83f9cb51c8"/>
+    <w:basedOn w:val="NormalTable_0eebdc48-2db6-41ec-bf3f-ecac12e9cb3d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b72b7400-0f3f-4138-beaa-27499df17327" w:customStyle="1">
-    <w:name w:val="Normal Table_b72b7400-0f3f-4138-beaa-27499df17327"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3be9f2f-d846-40c0-999c-2f8a50782b24" w:customStyle="1">
+    <w:name w:val="Normal Table_f3be9f2f-d846-40c0-999c-2f8a50782b24"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4aaf4296-f978-462f-ab1a-4fe9f93dfd3e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b72b7400-0f3f-4138-beaa-27499df17327"/>
+  <w:style w:type="table" w:styleId="TableGrid_881d59eb-ca1e-442f-bb30-71004c525e07" w:customStyle="1">
+    <w:name w:val="Table Grid_881d59eb-ca1e-442f-bb30-71004c525e07"/>
+    <w:basedOn w:val="NormalTable_f3be9f2f-d846-40c0-999c-2f8a50782b24"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8962624e-1e7c-4847-a3f8-843808b4ca7e" w:customStyle="1">
-    <w:name w:val="Normal Table_8962624e-1e7c-4847-a3f8-843808b4ca7e"/>
+  <w:style w:type="table" w:styleId="NormalTable_f8b62268-3767-4610-a355-2652a2adf3f7" w:customStyle="1">
+    <w:name w:val="Normal Table_f8b62268-3767-4610-a355-2652a2adf3f7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_617b3073-ce74-4e99-952b-3b720cc34bd5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8962624e-1e7c-4847-a3f8-843808b4ca7e"/>
+  <w:style w:type="table" w:styleId="TableGrid_4bf24acb-d5d2-4325-94ca-af68b6cdb456" w:customStyle="1">
+    <w:name w:val="Table Grid_4bf24acb-d5d2-4325-94ca-af68b6cdb456"/>
+    <w:basedOn w:val="NormalTable_f8b62268-3767-4610-a355-2652a2adf3f7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2288cc93-d279-4eb2-af92-ca7fd4c80c4e" w:customStyle="1">
-    <w:name w:val="Normal Table_2288cc93-d279-4eb2-af92-ca7fd4c80c4e"/>
+  <w:style w:type="table" w:styleId="NormalTable_4632c615-03b5-41b2-814d-b22340a7ef39" w:customStyle="1">
+    <w:name w:val="Normal Table_4632c615-03b5-41b2-814d-b22340a7ef39"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b7d425c3-2114-497b-b543-b04f1d19ad5c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2288cc93-d279-4eb2-af92-ca7fd4c80c4e"/>
+  <w:style w:type="table" w:styleId="TableGrid_7ea7a441-023b-4f1f-b042-daa58eabbae8" w:customStyle="1">
+    <w:name w:val="Table Grid_7ea7a441-023b-4f1f-b042-daa58eabbae8"/>
+    <w:basedOn w:val="NormalTable_4632c615-03b5-41b2-814d-b22340a7ef39"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_18c54901-6544-4aee-ac16-fcffbe8f0a45" w:customStyle="1">
-    <w:name w:val="Normal Table_18c54901-6544-4aee-ac16-fcffbe8f0a45"/>
+  <w:style w:type="table" w:styleId="NormalTable_c3bb9487-599f-4b58-8b3c-1ce43d0cd1bf" w:customStyle="1">
+    <w:name w:val="Normal Table_c3bb9487-599f-4b58-8b3c-1ce43d0cd1bf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f3d7ba47-7346-4f44-8eb9-5b6ecf00e0c4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_18c54901-6544-4aee-ac16-fcffbe8f0a45"/>
+  <w:style w:type="table" w:styleId="TableGrid_722bb593-d46f-45b5-939b-f0263a7baaa7" w:customStyle="1">
+    <w:name w:val="Table Grid_722bb593-d46f-45b5-939b-f0263a7baaa7"/>
+    <w:basedOn w:val="NormalTable_c3bb9487-599f-4b58-8b3c-1ce43d0cd1bf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d5861f65-378d-4fae-8921-7289fa9f7a43" w:customStyle="1">
-    <w:name w:val="Normal Table_d5861f65-378d-4fae-8921-7289fa9f7a43"/>
+  <w:style w:type="table" w:styleId="NormalTable_102b1d6e-f565-43c7-b4eb-cb451c96e64d" w:customStyle="1">
+    <w:name w:val="Normal Table_102b1d6e-f565-43c7-b4eb-cb451c96e64d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_4bdb234b-6459-4987-9719-7229a2264ecd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d5861f65-378d-4fae-8921-7289fa9f7a43"/>
+  <w:style w:type="table" w:styleId="TableGrid_166f2c10-2b40-4fdb-8aee-5a87964bcdce" w:customStyle="1">
+    <w:name w:val="Table Grid_166f2c10-2b40-4fdb-8aee-5a87964bcdce"/>
+    <w:basedOn w:val="NormalTable_102b1d6e-f565-43c7-b4eb-cb451c96e64d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_553b8b38-c499-4955-8676-ab492d29e5f6" w:customStyle="1">
-    <w:name w:val="Normal Table_553b8b38-c499-4955-8676-ab492d29e5f6"/>
+  <w:style w:type="table" w:styleId="NormalTable_3f25b028-3d5a-40ee-bb47-c9e93e1123ad" w:customStyle="1">
+    <w:name w:val="Normal Table_3f25b028-3d5a-40ee-bb47-c9e93e1123ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ae12e91f-1b95-4e2e-97e5-090373411a69" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_553b8b38-c499-4955-8676-ab492d29e5f6"/>
+  <w:style w:type="table" w:styleId="TableGrid_8a66fbe2-796a-43c6-a8c9-3fba65fae516" w:customStyle="1">
+    <w:name w:val="Table Grid_8a66fbe2-796a-43c6-a8c9-3fba65fae516"/>
+    <w:basedOn w:val="NormalTable_3f25b028-3d5a-40ee-bb47-c9e93e1123ad"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_11d3bc3a-5178-47f2-bb0a-b7c55148bcf5" w:customStyle="1">
-    <w:name w:val="Normal Table_11d3bc3a-5178-47f2-bb0a-b7c55148bcf5"/>
+  <w:style w:type="table" w:styleId="NormalTable_7bdc7d4f-66ad-424e-8577-ef1c5abd8df4" w:customStyle="1">
+    <w:name w:val="Normal Table_7bdc7d4f-66ad-424e-8577-ef1c5abd8df4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f994781e-5f19-422c-a8f2-666b8ad5309e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_11d3bc3a-5178-47f2-bb0a-b7c55148bcf5"/>
+  <w:style w:type="table" w:styleId="TableGrid_08f679d8-7286-4e56-a491-0a84513ad8e5" w:customStyle="1">
+    <w:name w:val="Table Grid_08f679d8-7286-4e56-a491-0a84513ad8e5"/>
+    <w:basedOn w:val="NormalTable_7bdc7d4f-66ad-424e-8577-ef1c5abd8df4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>