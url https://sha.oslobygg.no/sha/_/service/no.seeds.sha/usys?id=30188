--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -3155,51 +3155,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_610d74ec-7e01-481f-bcc2-04f71556d4d3"/>
+      <w:tblStyle w:val="TableGrid_57bf9d29-8c4c-4148-9c31-7cf4ffd64f28"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3210,51 +3210,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:47:11 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:01:59 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3282,51 +3282,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2c24e75e-8c54-4473-89d0-15dea5a340ad"/>
+      <w:tblStyle w:val="TableGrid_1587636c-4164-4a27-ba57-5b79cd20bafc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3384,51 +3384,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+            <w:pStyle w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3441,59 +3441,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+      <w:pStyle w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_e297c01e-3c8f-4e53-aa92-ce2166d52bb5"/>
+      <w:tblStyle w:val="TableGrid_28041305-d984-4221-a3da-7b00d51cfd2a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3504,51 +3504,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e7dae578-ff94-43e8-8679-1e89fbc5d31d"/>
+            <w:tblStyle w:val="TableGrid_bd8d2698-ba2b-4b7c-b991-4e0d149ffde7"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3649,72 +3649,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">27.10.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+            <w:pStyle w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_f1d00010-b801-435b-b529-44e2ae972027"/>
+            <w:tblStyle w:val="TableGrid_604e12ef-76d8-4445-a192-aad8a143544e"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3815,62 +3815,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+            <w:pStyle w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+      <w:pStyle w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4854,629 +4854,629 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_46456951-411c-4330-ba83-c4d1590c49f6" w:customStyle="1">
-    <w:name w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+  <w:style w:type="paragraph" w:styleId="Normal_fdcc2929-905a-453f-9289-babb4d0bc899" w:customStyle="1">
+    <w:name w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+    <w:basedOn w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_94b10848-91d8-4af1-a807-7831d332e990" w:customStyle="1">
-    <w:name w:val="Normal Table_94b10848-91d8-4af1-a807-7831d332e990"/>
+  <w:style w:type="table" w:styleId="NormalTable_5df3d245-327d-44f0-9412-5cd60a863d4f" w:customStyle="1">
+    <w:name w:val="Normal Table_5df3d245-327d-44f0-9412-5cd60a863d4f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_94b10848-91d8-4af1-a807-7831d332e990"/>
+    <w:basedOn w:val="NormalTable_5df3d245-327d-44f0-9412-5cd60a863d4f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+    <w:basedOn w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_46456951-411c-4330-ba83-c4d1590c49f6"/>
+    <w:basedOn w:val="Normal_fdcc2929-905a-453f-9289-babb4d0bc899"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_736e983e-3df1-4cc8-9227-04235f6f3415" w:customStyle="1">
-    <w:name w:val="Normal Table_736e983e-3df1-4cc8-9227-04235f6f3415"/>
+  <w:style w:type="table" w:styleId="NormalTable_acf2df82-1c68-41fc-ad4a-b2380f86252b" w:customStyle="1">
+    <w:name w:val="Normal Table_acf2df82-1c68-41fc-ad4a-b2380f86252b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bc79a6f5-eb41-4ed3-8ef6-aae884672bfe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_736e983e-3df1-4cc8-9227-04235f6f3415"/>
+  <w:style w:type="table" w:styleId="TableGrid_00c519de-9fc5-40e1-8346-bb734aaea18b" w:customStyle="1">
+    <w:name w:val="Table Grid_00c519de-9fc5-40e1-8346-bb734aaea18b"/>
+    <w:basedOn w:val="NormalTable_acf2df82-1c68-41fc-ad4a-b2380f86252b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_49c201a6-b818-4a22-9824-e4ff833a3a5e" w:customStyle="1">
-    <w:name w:val="Normal Table_49c201a6-b818-4a22-9824-e4ff833a3a5e"/>
+  <w:style w:type="table" w:styleId="NormalTable_43ac4314-9193-46ca-9039-6842f0018e33" w:customStyle="1">
+    <w:name w:val="Normal Table_43ac4314-9193-46ca-9039-6842f0018e33"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f1245b88-ab18-49a7-8faf-556d7af214df" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_49c201a6-b818-4a22-9824-e4ff833a3a5e"/>
+  <w:style w:type="table" w:styleId="TableGrid_c9b4b2da-01c4-4e7f-b744-0909f3984a9d" w:customStyle="1">
+    <w:name w:val="Table Grid_c9b4b2da-01c4-4e7f-b744-0909f3984a9d"/>
+    <w:basedOn w:val="NormalTable_43ac4314-9193-46ca-9039-6842f0018e33"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_872e9e17-cc87-4037-afc0-13362c4ec4e1" w:customStyle="1">
-    <w:name w:val="Normal Table_872e9e17-cc87-4037-afc0-13362c4ec4e1"/>
+  <w:style w:type="table" w:styleId="NormalTable_40a72aeb-76c5-4bab-94cc-f88a908f1a6b" w:customStyle="1">
+    <w:name w:val="Normal Table_40a72aeb-76c5-4bab-94cc-f88a908f1a6b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_250817ad-5df6-4045-a6ea-cac3e4e253d4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_872e9e17-cc87-4037-afc0-13362c4ec4e1"/>
+  <w:style w:type="table" w:styleId="TableGrid_4f3dca49-4b8d-4615-8376-ae4d2fb98092" w:customStyle="1">
+    <w:name w:val="Table Grid_4f3dca49-4b8d-4615-8376-ae4d2fb98092"/>
+    <w:basedOn w:val="NormalTable_40a72aeb-76c5-4bab-94cc-f88a908f1a6b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2ce5a8b4-dc59-4404-8b27-08d8ee2af125" w:customStyle="1">
-    <w:name w:val="Normal Table_2ce5a8b4-dc59-4404-8b27-08d8ee2af125"/>
+  <w:style w:type="table" w:styleId="NormalTable_2466757c-8821-4403-a02d-f31143ab569d" w:customStyle="1">
+    <w:name w:val="Normal Table_2466757c-8821-4403-a02d-f31143ab569d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c2cfea11-9055-465a-b57f-8fec9d59c5d4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2ce5a8b4-dc59-4404-8b27-08d8ee2af125"/>
+  <w:style w:type="table" w:styleId="TableGrid_89a4f05a-1ebd-4441-bf9c-3942d1f4afc5" w:customStyle="1">
+    <w:name w:val="Table Grid_89a4f05a-1ebd-4441-bf9c-3942d1f4afc5"/>
+    <w:basedOn w:val="NormalTable_2466757c-8821-4403-a02d-f31143ab569d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_144cc20a-4696-45ff-96eb-5d0ed328941a" w:customStyle="1">
-    <w:name w:val="Normal Table_144cc20a-4696-45ff-96eb-5d0ed328941a"/>
+  <w:style w:type="table" w:styleId="NormalTable_02dead14-d76a-4c98-9a58-c071d0494565" w:customStyle="1">
+    <w:name w:val="Normal Table_02dead14-d76a-4c98-9a58-c071d0494565"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_610d74ec-7e01-481f-bcc2-04f71556d4d3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_144cc20a-4696-45ff-96eb-5d0ed328941a"/>
+  <w:style w:type="table" w:styleId="TableGrid_57bf9d29-8c4c-4148-9c31-7cf4ffd64f28" w:customStyle="1">
+    <w:name w:val="Table Grid_57bf9d29-8c4c-4148-9c31-7cf4ffd64f28"/>
+    <w:basedOn w:val="NormalTable_02dead14-d76a-4c98-9a58-c071d0494565"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_97269be8-ec18-4cb3-a394-28ac7002f716" w:customStyle="1">
-    <w:name w:val="Normal Table_97269be8-ec18-4cb3-a394-28ac7002f716"/>
+  <w:style w:type="table" w:styleId="NormalTable_72702fa4-5b03-4dbd-80cf-1959fef89f28" w:customStyle="1">
+    <w:name w:val="Normal Table_72702fa4-5b03-4dbd-80cf-1959fef89f28"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2c24e75e-8c54-4473-89d0-15dea5a340ad" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_97269be8-ec18-4cb3-a394-28ac7002f716"/>
+  <w:style w:type="table" w:styleId="TableGrid_1587636c-4164-4a27-ba57-5b79cd20bafc" w:customStyle="1">
+    <w:name w:val="Table Grid_1587636c-4164-4a27-ba57-5b79cd20bafc"/>
+    <w:basedOn w:val="NormalTable_72702fa4-5b03-4dbd-80cf-1959fef89f28"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2f54bee5-fc91-46e8-b051-2a3628c0f236" w:customStyle="1">
-    <w:name w:val="Normal Table_2f54bee5-fc91-46e8-b051-2a3628c0f236"/>
+  <w:style w:type="table" w:styleId="NormalTable_a5e1f485-fbf8-4146-829a-d5577cde698d" w:customStyle="1">
+    <w:name w:val="Normal Table_a5e1f485-fbf8-4146-829a-d5577cde698d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e7dae578-ff94-43e8-8679-1e89fbc5d31d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2f54bee5-fc91-46e8-b051-2a3628c0f236"/>
+  <w:style w:type="table" w:styleId="TableGrid_bd8d2698-ba2b-4b7c-b991-4e0d149ffde7" w:customStyle="1">
+    <w:name w:val="Table Grid_bd8d2698-ba2b-4b7c-b991-4e0d149ffde7"/>
+    <w:basedOn w:val="NormalTable_a5e1f485-fbf8-4146-829a-d5577cde698d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b91a8d50-f170-4f69-b913-f028bc0b41ba" w:customStyle="1">
-    <w:name w:val="Normal Table_b91a8d50-f170-4f69-b913-f028bc0b41ba"/>
+  <w:style w:type="table" w:styleId="NormalTable_fac80e86-f3c6-45e7-8633-976bdb5d6466" w:customStyle="1">
+    <w:name w:val="Normal Table_fac80e86-f3c6-45e7-8633-976bdb5d6466"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f1d00010-b801-435b-b529-44e2ae972027" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b91a8d50-f170-4f69-b913-f028bc0b41ba"/>
+  <w:style w:type="table" w:styleId="TableGrid_604e12ef-76d8-4445-a192-aad8a143544e" w:customStyle="1">
+    <w:name w:val="Table Grid_604e12ef-76d8-4445-a192-aad8a143544e"/>
+    <w:basedOn w:val="NormalTable_fac80e86-f3c6-45e7-8633-976bdb5d6466"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_68943c06-deea-4ae8-ae53-9a4f1e10978f" w:customStyle="1">
-    <w:name w:val="Normal Table_68943c06-deea-4ae8-ae53-9a4f1e10978f"/>
+  <w:style w:type="table" w:styleId="NormalTable_58a1a3bc-b5cf-4ed1-a9f2-88cc5f084f70" w:customStyle="1">
+    <w:name w:val="Normal Table_58a1a3bc-b5cf-4ed1-a9f2-88cc5f084f70"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e297c01e-3c8f-4e53-aa92-ce2166d52bb5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_68943c06-deea-4ae8-ae53-9a4f1e10978f"/>
+  <w:style w:type="table" w:styleId="TableGrid_28041305-d984-4221-a3da-7b00d51cfd2a" w:customStyle="1">
+    <w:name w:val="Table Grid_28041305-d984-4221-a3da-7b00d51cfd2a"/>
+    <w:basedOn w:val="NormalTable_58a1a3bc-b5cf-4ed1-a9f2-88cc5f084f70"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>