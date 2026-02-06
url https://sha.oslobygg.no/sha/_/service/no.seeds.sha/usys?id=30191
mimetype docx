--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -6053,117 +6053,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3bb425e2-6584-47bb-856a-b5b57b24c39c"/>
+      <w:tblStyle w:val="TableGrid_fecb0193-18f3-4a94-9491-7439f285d5b5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7001"/>
       <w:gridCol w:w="7001"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:49:23 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:02:48 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7001"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6180,153 +6180,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5a5baddc-50ea-4838-966e-32a7ed1422ab"/>
+      <w:tblStyle w:val="TableGrid_5924240b-c954-4783-9f8d-2cf3d66bef75"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9395"/>
       <w:gridCol w:w="3370"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9395"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_707ccca8-9d63-487d-ace7-48158318d279"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_7e22e48c-3570-47a2-b59c-d272da675a8c"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 142. Versjonsnummer: 3</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4f412392-4326-4ae4-b728-d74a24ede0a0"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c6751503-3b82-4c91-bff2-d6f1333c69a0"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Faktaark - Brudd på sikkerhetsbestemmelser - tabell</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3370"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_4f412392-4326-4ae4-b728-d74a24ede0a0"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c6751503-3b82-4c91-bff2-d6f1333c69a0"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+            <w:pStyle w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6339,59 +6339,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+      <w:pStyle w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5403840f-9aa2-4568-a121-4fb35f8406f5"/>
+      <w:tblStyle w:val="TableGrid_52a8748e-0155-4946-8f26-93e76661f6d1"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9101"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6402,373 +6402,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9101"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_21d534f3-fbe5-47fe-a3a9-2b8106eb104f"/>
+            <w:tblStyle w:val="TableGrid_a6ccffa2-2871-4e9b-8876-f5753e4d2cd6"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i byggeprosjekter+ / 7. SHA - Faktaark og veiledninger</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">09.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+            <w:pStyle w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_2261bbe2-7d62-4b82-bd23-f6e367758551"/>
+            <w:tblStyle w:val="TableGrid_003ebf65-8c52-4a02-be17-e1f1438f282d"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+            <w:pStyle w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+      <w:pStyle w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="12587B61"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="22"/>
@@ -7446,629 +7446,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQMDocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee" w:customStyle="1">
-    <w:name w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+  <w:style w:type="paragraph" w:styleId="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf" w:customStyle="1">
+    <w:name w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_292f3580-311d-4520-a7c7-d0c1658207b4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_06cf6ecc-a542-4835-a25d-f398313db036"/>
+    <w:basedOn w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cc080cee-86b3-4d24-8f17-290d462da9fa" w:customStyle="1">
-    <w:name w:val="Normal Table_cc080cee-86b3-4d24-8f17-290d462da9fa"/>
+  <w:style w:type="table" w:styleId="NormalTable_5fc1538d-6ce4-4415-a1bb-cddcd5580fcd" w:customStyle="1">
+    <w:name w:val="Normal Table_5fc1538d-6ce4-4415-a1bb-cddcd5580fcd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_00b43f8e-4a9b-41df-bc93-eb1057f204af" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cc080cee-86b3-4d24-8f17-290d462da9fa"/>
+  <w:style w:type="table" w:styleId="TableGrid_7d755afb-a739-4167-82c5-1555032fc5cb" w:customStyle="1">
+    <w:name w:val="Table Grid_7d755afb-a739-4167-82c5-1555032fc5cb"/>
+    <w:basedOn w:val="NormalTable_5fc1538d-6ce4-4415-a1bb-cddcd5580fcd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_707ccca8-9d63-487d-ace7-48158318d279" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_7e22e48c-3570-47a2-b59c-d272da675a8c" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_7e22e48c-3570-47a2-b59c-d272da675a8c"/>
+    <w:basedOn w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_4f412392-4326-4ae4-b728-d74a24ede0a0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_9d153c87-a881-4b6d-ba18-c121054a07ee"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_c6751503-3b82-4c91-bff2-d6f1333c69a0" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_c6751503-3b82-4c91-bff2-d6f1333c69a0"/>
+    <w:basedOn w:val="Normal_20c32bc3-1b49-4499-a410-b1f8d1dae9cf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1db24b2f-b124-483a-a072-ce3e88157052" w:customStyle="1">
-    <w:name w:val="Normal Table_1db24b2f-b124-483a-a072-ce3e88157052"/>
+  <w:style w:type="table" w:styleId="NormalTable_7bd1d7e4-aaad-4c8f-abc8-c275b85fdeac" w:customStyle="1">
+    <w:name w:val="Normal Table_7bd1d7e4-aaad-4c8f-abc8-c275b85fdeac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_32ded896-cfbf-4d4e-b315-8218b36dc5a1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1db24b2f-b124-483a-a072-ce3e88157052"/>
+  <w:style w:type="table" w:styleId="TableGrid_3574928c-e73b-429f-8e3f-7c50e0a49eb6" w:customStyle="1">
+    <w:name w:val="Table Grid_3574928c-e73b-429f-8e3f-7c50e0a49eb6"/>
+    <w:basedOn w:val="NormalTable_7bd1d7e4-aaad-4c8f-abc8-c275b85fdeac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2df6a3ce-e4ca-4baa-82d7-6548fff2e387" w:customStyle="1">
-    <w:name w:val="Normal Table_2df6a3ce-e4ca-4baa-82d7-6548fff2e387"/>
+  <w:style w:type="table" w:styleId="NormalTable_2ddc7e89-dd28-4456-b3df-fdf5fb1de9f3" w:customStyle="1">
+    <w:name w:val="Normal Table_2ddc7e89-dd28-4456-b3df-fdf5fb1de9f3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_41683808-0fe6-4253-8993-eaaccd533a79" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2df6a3ce-e4ca-4baa-82d7-6548fff2e387"/>
+  <w:style w:type="table" w:styleId="TableGrid_5a8a3d67-aabb-4871-a482-db8d130ac128" w:customStyle="1">
+    <w:name w:val="Table Grid_5a8a3d67-aabb-4871-a482-db8d130ac128"/>
+    <w:basedOn w:val="NormalTable_2ddc7e89-dd28-4456-b3df-fdf5fb1de9f3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cd410a52-461f-4855-a176-5ae3ad94a610" w:customStyle="1">
-    <w:name w:val="Normal Table_cd410a52-461f-4855-a176-5ae3ad94a610"/>
+  <w:style w:type="table" w:styleId="NormalTable_80605926-90e7-4d5c-80ed-90b37af8a27c" w:customStyle="1">
+    <w:name w:val="Normal Table_80605926-90e7-4d5c-80ed-90b37af8a27c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_61f3b078-b0fa-46a7-acee-620612ece513" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cd410a52-461f-4855-a176-5ae3ad94a610"/>
+  <w:style w:type="table" w:styleId="TableGrid_21dff570-b350-46b1-b42f-66605b66b712" w:customStyle="1">
+    <w:name w:val="Table Grid_21dff570-b350-46b1-b42f-66605b66b712"/>
+    <w:basedOn w:val="NormalTable_80605926-90e7-4d5c-80ed-90b37af8a27c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_28f5ff8f-4675-4c1a-ad8b-377f837ae149" w:customStyle="1">
-    <w:name w:val="Normal Table_28f5ff8f-4675-4c1a-ad8b-377f837ae149"/>
+  <w:style w:type="table" w:styleId="NormalTable_8523b26e-447f-4de8-8230-3e09fd50874f" w:customStyle="1">
+    <w:name w:val="Normal Table_8523b26e-447f-4de8-8230-3e09fd50874f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c4bb95de-638b-4fde-9c4d-a2995e0c64bf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_28f5ff8f-4675-4c1a-ad8b-377f837ae149"/>
+  <w:style w:type="table" w:styleId="TableGrid_733358bf-3c6c-4b5b-9595-1782ad3546f9" w:customStyle="1">
+    <w:name w:val="Table Grid_733358bf-3c6c-4b5b-9595-1782ad3546f9"/>
+    <w:basedOn w:val="NormalTable_8523b26e-447f-4de8-8230-3e09fd50874f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c307ac7a-d8eb-4d00-9b33-3f9049b83e5d" w:customStyle="1">
-    <w:name w:val="Normal Table_c307ac7a-d8eb-4d00-9b33-3f9049b83e5d"/>
+  <w:style w:type="table" w:styleId="NormalTable_6b2408f8-32be-4a50-bca5-536776987684" w:customStyle="1">
+    <w:name w:val="Normal Table_6b2408f8-32be-4a50-bca5-536776987684"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3bb425e2-6584-47bb-856a-b5b57b24c39c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c307ac7a-d8eb-4d00-9b33-3f9049b83e5d"/>
+  <w:style w:type="table" w:styleId="TableGrid_fecb0193-18f3-4a94-9491-7439f285d5b5" w:customStyle="1">
+    <w:name w:val="Table Grid_fecb0193-18f3-4a94-9491-7439f285d5b5"/>
+    <w:basedOn w:val="NormalTable_6b2408f8-32be-4a50-bca5-536776987684"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_52d604f5-bcd9-4bb2-9f19-56c19f13d2b6" w:customStyle="1">
-    <w:name w:val="Normal Table_52d604f5-bcd9-4bb2-9f19-56c19f13d2b6"/>
+  <w:style w:type="table" w:styleId="NormalTable_21d650aa-1347-4d12-a0e3-964afca510a5" w:customStyle="1">
+    <w:name w:val="Normal Table_21d650aa-1347-4d12-a0e3-964afca510a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5a5baddc-50ea-4838-966e-32a7ed1422ab" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_52d604f5-bcd9-4bb2-9f19-56c19f13d2b6"/>
+  <w:style w:type="table" w:styleId="TableGrid_5924240b-c954-4783-9f8d-2cf3d66bef75" w:customStyle="1">
+    <w:name w:val="Table Grid_5924240b-c954-4783-9f8d-2cf3d66bef75"/>
+    <w:basedOn w:val="NormalTable_21d650aa-1347-4d12-a0e3-964afca510a5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1d326547-35bd-4a16-9ff4-4fbf28fafa10" w:customStyle="1">
-    <w:name w:val="Normal Table_1d326547-35bd-4a16-9ff4-4fbf28fafa10"/>
+  <w:style w:type="table" w:styleId="NormalTable_5df83452-c72e-46ce-abbc-1ed56fb4859f" w:customStyle="1">
+    <w:name w:val="Normal Table_5df83452-c72e-46ce-abbc-1ed56fb4859f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_21d534f3-fbe5-47fe-a3a9-2b8106eb104f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1d326547-35bd-4a16-9ff4-4fbf28fafa10"/>
+  <w:style w:type="table" w:styleId="TableGrid_a6ccffa2-2871-4e9b-8876-f5753e4d2cd6" w:customStyle="1">
+    <w:name w:val="Table Grid_a6ccffa2-2871-4e9b-8876-f5753e4d2cd6"/>
+    <w:basedOn w:val="NormalTable_5df83452-c72e-46ce-abbc-1ed56fb4859f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_44fa9e6c-380c-4683-a04d-addcf9180f4c" w:customStyle="1">
-    <w:name w:val="Normal Table_44fa9e6c-380c-4683-a04d-addcf9180f4c"/>
+  <w:style w:type="table" w:styleId="NormalTable_81d9b173-192c-4643-9910-5c29331d9f81" w:customStyle="1">
+    <w:name w:val="Normal Table_81d9b173-192c-4643-9910-5c29331d9f81"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2261bbe2-7d62-4b82-bd23-f6e367758551" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_44fa9e6c-380c-4683-a04d-addcf9180f4c"/>
+  <w:style w:type="table" w:styleId="TableGrid_003ebf65-8c52-4a02-be17-e1f1438f282d" w:customStyle="1">
+    <w:name w:val="Table Grid_003ebf65-8c52-4a02-be17-e1f1438f282d"/>
+    <w:basedOn w:val="NormalTable_81d9b173-192c-4643-9910-5c29331d9f81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_778b1c5e-39b7-4ee1-84dc-6876e3cbf7dc" w:customStyle="1">
-    <w:name w:val="Normal Table_778b1c5e-39b7-4ee1-84dc-6876e3cbf7dc"/>
+  <w:style w:type="table" w:styleId="NormalTable_21c1d8e1-b927-44d7-af1d-3ceacc85ed35" w:customStyle="1">
+    <w:name w:val="Normal Table_21c1d8e1-b927-44d7-af1d-3ceacc85ed35"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5403840f-9aa2-4568-a121-4fb35f8406f5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_778b1c5e-39b7-4ee1-84dc-6876e3cbf7dc"/>
+  <w:style w:type="table" w:styleId="TableGrid_52a8748e-0155-4946-8f26-93e76661f6d1" w:customStyle="1">
+    <w:name w:val="Table Grid_52a8748e-0155-4946-8f26-93e76661f6d1"/>
+    <w:basedOn w:val="NormalTable_21c1d8e1-b927-44d7-af1d-3ceacc85ed35"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>