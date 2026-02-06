--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -13811,51 +13811,51 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_17c3de54-0f17-43b9-9313-07269f1354dc"/>
+      <w:tblStyle w:val="TableGrid_1e7873df-d519-46da-be2a-3892aa0a695d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -13866,51 +13866,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:47:15 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:44 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -13938,51 +13938,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_aad095b7-54d0-4c30-9290-cc1a6625be3d"/>
+      <w:tblStyle w:val="TableGrid_afc76af4-3533-4857-99c4-44b5d3dc5ebc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -14040,51 +14040,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+            <w:pStyle w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -14097,59 +14097,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+      <w:pStyle w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ef59172f-a1ce-4151-ba74-065734958fb1"/>
+      <w:tblStyle w:val="TableGrid_e9c3b1d1-7bea-4ae2-b71f-608eef61adbc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14160,51 +14160,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5f10b0d1-f5b8-4a55-a0fe-51d714c14cdd"/>
+            <w:tblStyle w:val="TableGrid_0b5c379c-6f46-440d-9f99-0a5c9bfd5f42"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14305,72 +14305,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">14.11.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+            <w:pStyle w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d12a60ce-89a9-40de-8c97-9cb7556062c4"/>
+            <w:tblStyle w:val="TableGrid_0ddf47f1-a796-4e38-b77c-7a979687bada"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -14471,62 +14471,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+            <w:pStyle w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+      <w:pStyle w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="16817B97"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="0"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="-"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorHAnsi" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -15686,629 +15686,629 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Overskrift4Tegn" w:customStyle="1">
     <w:name w:val="Overskrift 4 Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nowrap" w:customStyle="1">
     <w:name w:val="nowrap"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8" w:customStyle="1">
-    <w:name w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+  <w:style w:type="paragraph" w:styleId="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4" w:customStyle="1">
+    <w:name w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+    <w:basedOn w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c5453b3c-6321-4d7e-a2a8-1d0c22d279a4" w:customStyle="1">
-    <w:name w:val="Normal Table_c5453b3c-6321-4d7e-a2a8-1d0c22d279a4"/>
+  <w:style w:type="table" w:styleId="NormalTable_ef1a8004-ed9d-4d72-92b1-9ffd286bebc4" w:customStyle="1">
+    <w:name w:val="Normal Table_ef1a8004-ed9d-4d72-92b1-9ffd286bebc4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8f509f4d-5971-4ae9-853b-0eaba15f014a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c5453b3c-6321-4d7e-a2a8-1d0c22d279a4"/>
+  <w:style w:type="table" w:styleId="TableGrid_184a2589-de66-4725-922d-b2f34e3e998a" w:customStyle="1">
+    <w:name w:val="Table Grid_184a2589-de66-4725-922d-b2f34e3e998a"/>
+    <w:basedOn w:val="NormalTable_ef1a8004-ed9d-4d72-92b1-9ffd286bebc4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+    <w:basedOn w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_d4ddf178-bf66-4f93-847a-44ca2537ddc8"/>
+    <w:basedOn w:val="Normal_bdd161cd-bf90-427f-a659-17f833a50ac4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7b47a061-6321-4b69-9839-14ac3c4f9855" w:customStyle="1">
-    <w:name w:val="Normal Table_7b47a061-6321-4b69-9839-14ac3c4f9855"/>
+  <w:style w:type="table" w:styleId="NormalTable_5a986ae7-862d-48e3-90f5-167f535dc2ae" w:customStyle="1">
+    <w:name w:val="Normal Table_5a986ae7-862d-48e3-90f5-167f535dc2ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d4b88faa-1e6f-4f0c-a259-48c30e377d3d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7b47a061-6321-4b69-9839-14ac3c4f9855"/>
+  <w:style w:type="table" w:styleId="TableGrid_4160f5ce-f074-499e-bb51-618f7c101bc5" w:customStyle="1">
+    <w:name w:val="Table Grid_4160f5ce-f074-499e-bb51-618f7c101bc5"/>
+    <w:basedOn w:val="NormalTable_5a986ae7-862d-48e3-90f5-167f535dc2ae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8241891a-6a95-4cfe-92a1-d5be31d86dbb" w:customStyle="1">
-    <w:name w:val="Normal Table_8241891a-6a95-4cfe-92a1-d5be31d86dbb"/>
+  <w:style w:type="table" w:styleId="NormalTable_4bcf9e7b-0a40-437a-8d84-3d9243bd946c" w:customStyle="1">
+    <w:name w:val="Normal Table_4bcf9e7b-0a40-437a-8d84-3d9243bd946c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_21588ddf-b920-4004-93e9-8e9c921229fe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8241891a-6a95-4cfe-92a1-d5be31d86dbb"/>
+  <w:style w:type="table" w:styleId="TableGrid_98081bbc-8eb4-4f8a-98df-3e3c3c5a9d74" w:customStyle="1">
+    <w:name w:val="Table Grid_98081bbc-8eb4-4f8a-98df-3e3c3c5a9d74"/>
+    <w:basedOn w:val="NormalTable_4bcf9e7b-0a40-437a-8d84-3d9243bd946c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_71ea6a25-cf53-4117-aea7-9dabb60e592d" w:customStyle="1">
-    <w:name w:val="Normal Table_71ea6a25-cf53-4117-aea7-9dabb60e592d"/>
+  <w:style w:type="table" w:styleId="NormalTable_5af4190a-4cae-4727-abdf-0af933e9bc03" w:customStyle="1">
+    <w:name w:val="Normal Table_5af4190a-4cae-4727-abdf-0af933e9bc03"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a863644e-bb44-4fca-b4c8-5cad1b67cd21" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_71ea6a25-cf53-4117-aea7-9dabb60e592d"/>
+  <w:style w:type="table" w:styleId="TableGrid_297b09c8-751f-48d8-8f1c-bce2f4043daa" w:customStyle="1">
+    <w:name w:val="Table Grid_297b09c8-751f-48d8-8f1c-bce2f4043daa"/>
+    <w:basedOn w:val="NormalTable_5af4190a-4cae-4727-abdf-0af933e9bc03"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0d938bb0-9795-4395-836d-c5360f3ba7a9" w:customStyle="1">
-    <w:name w:val="Normal Table_0d938bb0-9795-4395-836d-c5360f3ba7a9"/>
+  <w:style w:type="table" w:styleId="NormalTable_45d97966-e2ea-437e-a143-1c3d5f462813" w:customStyle="1">
+    <w:name w:val="Normal Table_45d97966-e2ea-437e-a143-1c3d5f462813"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_82d330e3-ee51-40fd-a6de-74a8923fa8f6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0d938bb0-9795-4395-836d-c5360f3ba7a9"/>
+  <w:style w:type="table" w:styleId="TableGrid_f8d42535-c3de-47f0-8868-c495b6bbf4f4" w:customStyle="1">
+    <w:name w:val="Table Grid_f8d42535-c3de-47f0-8868-c495b6bbf4f4"/>
+    <w:basedOn w:val="NormalTable_45d97966-e2ea-437e-a143-1c3d5f462813"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1d44f490-73d9-42ee-ab1d-7c763e48189a" w:customStyle="1">
-    <w:name w:val="Normal Table_1d44f490-73d9-42ee-ab1d-7c763e48189a"/>
+  <w:style w:type="table" w:styleId="NormalTable_029313ad-707e-43df-9b6c-acba2a04d219" w:customStyle="1">
+    <w:name w:val="Normal Table_029313ad-707e-43df-9b6c-acba2a04d219"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_17c3de54-0f17-43b9-9313-07269f1354dc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1d44f490-73d9-42ee-ab1d-7c763e48189a"/>
+  <w:style w:type="table" w:styleId="TableGrid_1e7873df-d519-46da-be2a-3892aa0a695d" w:customStyle="1">
+    <w:name w:val="Table Grid_1e7873df-d519-46da-be2a-3892aa0a695d"/>
+    <w:basedOn w:val="NormalTable_029313ad-707e-43df-9b6c-acba2a04d219"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2345bbee-1897-4195-aebf-d5cf85a95b5f" w:customStyle="1">
-    <w:name w:val="Normal Table_2345bbee-1897-4195-aebf-d5cf85a95b5f"/>
+  <w:style w:type="table" w:styleId="NormalTable_edf6490f-f69c-49d1-ab25-805bb46ea678" w:customStyle="1">
+    <w:name w:val="Normal Table_edf6490f-f69c-49d1-ab25-805bb46ea678"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_aad095b7-54d0-4c30-9290-cc1a6625be3d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2345bbee-1897-4195-aebf-d5cf85a95b5f"/>
+  <w:style w:type="table" w:styleId="TableGrid_afc76af4-3533-4857-99c4-44b5d3dc5ebc" w:customStyle="1">
+    <w:name w:val="Table Grid_afc76af4-3533-4857-99c4-44b5d3dc5ebc"/>
+    <w:basedOn w:val="NormalTable_edf6490f-f69c-49d1-ab25-805bb46ea678"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9cfac5b0-44da-4eef-b514-54a1d56b8fb3" w:customStyle="1">
-    <w:name w:val="Normal Table_9cfac5b0-44da-4eef-b514-54a1d56b8fb3"/>
+  <w:style w:type="table" w:styleId="NormalTable_51f07979-73a7-4bdf-b6e7-16e0f47214c5" w:customStyle="1">
+    <w:name w:val="Normal Table_51f07979-73a7-4bdf-b6e7-16e0f47214c5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5f10b0d1-f5b8-4a55-a0fe-51d714c14cdd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9cfac5b0-44da-4eef-b514-54a1d56b8fb3"/>
+  <w:style w:type="table" w:styleId="TableGrid_0b5c379c-6f46-440d-9f99-0a5c9bfd5f42" w:customStyle="1">
+    <w:name w:val="Table Grid_0b5c379c-6f46-440d-9f99-0a5c9bfd5f42"/>
+    <w:basedOn w:val="NormalTable_51f07979-73a7-4bdf-b6e7-16e0f47214c5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a0db226a-0d37-4e78-a3a0-279d335255d2" w:customStyle="1">
-    <w:name w:val="Normal Table_a0db226a-0d37-4e78-a3a0-279d335255d2"/>
+  <w:style w:type="table" w:styleId="NormalTable_8277a371-bd14-4196-8fb0-d0cd7a145e3e" w:customStyle="1">
+    <w:name w:val="Normal Table_8277a371-bd14-4196-8fb0-d0cd7a145e3e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d12a60ce-89a9-40de-8c97-9cb7556062c4" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a0db226a-0d37-4e78-a3a0-279d335255d2"/>
+  <w:style w:type="table" w:styleId="TableGrid_0ddf47f1-a796-4e38-b77c-7a979687bada" w:customStyle="1">
+    <w:name w:val="Table Grid_0ddf47f1-a796-4e38-b77c-7a979687bada"/>
+    <w:basedOn w:val="NormalTable_8277a371-bd14-4196-8fb0-d0cd7a145e3e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d4075f78-617f-494a-81a3-eb18afcffc39" w:customStyle="1">
-    <w:name w:val="Normal Table_d4075f78-617f-494a-81a3-eb18afcffc39"/>
+  <w:style w:type="table" w:styleId="NormalTable_6bbf0ca0-1934-46a1-9341-ae340640fca3" w:customStyle="1">
+    <w:name w:val="Normal Table_6bbf0ca0-1934-46a1-9341-ae340640fca3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ef59172f-a1ce-4151-ba74-065734958fb1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d4075f78-617f-494a-81a3-eb18afcffc39"/>
+  <w:style w:type="table" w:styleId="TableGrid_e9c3b1d1-7bea-4ae2-b71f-608eef61adbc" w:customStyle="1">
+    <w:name w:val="Table Grid_e9c3b1d1-7bea-4ae2-b71f-608eef61adbc"/>
+    <w:basedOn w:val="NormalTable_6bbf0ca0-1934-46a1-9341-ae340640fca3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>