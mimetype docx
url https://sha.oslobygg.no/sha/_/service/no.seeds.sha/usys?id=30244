--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -4529,51 +4529,51 @@
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_46bf939d-71b7-456c-a66a-14d00c2f9500"/>
+      <w:tblStyle w:val="TableGrid_c6262ef4-a25e-440a-b76e-7e13bfb3ba3c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4677"/>
       <w:gridCol w:w="4677"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4584,51 +4584,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:46:00 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:03:58 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4677"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -4656,51 +4656,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1a9c1e33-23dc-41a7-94ff-5099a6909c20"/>
+      <w:tblStyle w:val="TableGrid_f8fc064c-571d-43a0-90af-b05fe166374b"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6244"/>
       <w:gridCol w:w="2240"/>
       <w:gridCol w:w="822"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -4758,51 +4758,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="822"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+            <w:pStyle w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -4815,59 +4815,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+      <w:pStyle w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0ed094a2-5d81-45b2-ba79-cbbbef1f5c67"/>
+      <w:tblStyle w:val="TableGrid_60626285-8bbf-4064-a7c6-8f71ec76f4e7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6080"/>
       <w:gridCol w:w="3274"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -4878,51 +4878,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6080"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_0f2e3540-8370-40f1-ac76-26489db4bbf6"/>
+            <w:tblStyle w:val="TableGrid_3f76a92a-27bc-4fc6-a2a6-0fa0cb337288"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5023,72 +5023,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">18.06.2024 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+            <w:pStyle w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3274"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_2460414d-8f6b-442f-b9aa-426042ab05fc"/>
+            <w:tblStyle w:val="TableGrid_4829079b-582e-4b1c-8b17-9dbd06f220e1"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -5189,62 +5189,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+            <w:pStyle w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+      <w:pStyle w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="481463E1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6087,629 +6087,629 @@
     <w:name w:val="Default"/>
     <w:pPr>
       <w:autoSpaceDE w:val="false"/>
       <w:autoSpaceDN w:val="false"/>
       <w:adjustRightInd w:val="false"/>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="TheSansOffice" w:hAnsi="TheSansOffice" w:cs="TheSansOffice"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BunntekstTegn" w:customStyle="1">
     <w:name w:val="Bunntekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_e79853cb-9d3e-4838-947b-2028ca240248" w:customStyle="1">
-    <w:name w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+  <w:style w:type="paragraph" w:styleId="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9" w:customStyle="1">
+    <w:name w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+    <w:basedOn w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c045ec3c-1f67-4372-a946-6f25c419dc20" w:customStyle="1">
-    <w:name w:val="Normal Table_c045ec3c-1f67-4372-a946-6f25c419dc20"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e89e809-e7a9-4966-bc06-e1057908cf81" w:customStyle="1">
+    <w:name w:val="Normal Table_7e89e809-e7a9-4966-bc06-e1057908cf81"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTable_c045ec3c-1f67-4372-a946-6f25c419dc20"/>
+    <w:basedOn w:val="NormalTable_7e89e809-e7a9-4966-bc06-e1057908cf81"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+    <w:basedOn w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_e79853cb-9d3e-4838-947b-2028ca240248"/>
+    <w:basedOn w:val="Normal_bddc9031-5e6e-4d86-8e30-2410f7e5a1b9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f93834c7-a82d-428f-9bd5-690971a53423" w:customStyle="1">
-    <w:name w:val="Normal Table_f93834c7-a82d-428f-9bd5-690971a53423"/>
+  <w:style w:type="table" w:styleId="NormalTable_a7372862-a4b5-4657-9a5e-1d72d377ecf6" w:customStyle="1">
+    <w:name w:val="Normal Table_a7372862-a4b5-4657-9a5e-1d72d377ecf6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_321ded90-9329-41a2-a206-c00b22091093" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f93834c7-a82d-428f-9bd5-690971a53423"/>
+  <w:style w:type="table" w:styleId="TableGrid_c5d92b73-8dc8-4cd0-ae16-9c35ad8ff069" w:customStyle="1">
+    <w:name w:val="Table Grid_c5d92b73-8dc8-4cd0-ae16-9c35ad8ff069"/>
+    <w:basedOn w:val="NormalTable_a7372862-a4b5-4657-9a5e-1d72d377ecf6"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_999ac8d0-4931-45e0-ac95-e7abbffdaee8" w:customStyle="1">
-    <w:name w:val="Normal Table_999ac8d0-4931-45e0-ac95-e7abbffdaee8"/>
+  <w:style w:type="table" w:styleId="NormalTable_a612e0f8-800e-4e86-99d7-fd0bddc1d7e3" w:customStyle="1">
+    <w:name w:val="Normal Table_a612e0f8-800e-4e86-99d7-fd0bddc1d7e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2a57cdbc-b214-4555-8831-3db11f3ea0e9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_999ac8d0-4931-45e0-ac95-e7abbffdaee8"/>
+  <w:style w:type="table" w:styleId="TableGrid_72cd15f3-5bd7-418a-85ae-75de05f65224" w:customStyle="1">
+    <w:name w:val="Table Grid_72cd15f3-5bd7-418a-85ae-75de05f65224"/>
+    <w:basedOn w:val="NormalTable_a612e0f8-800e-4e86-99d7-fd0bddc1d7e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1af40105-fb02-47b8-b647-e2d84b3ae126" w:customStyle="1">
-    <w:name w:val="Normal Table_1af40105-fb02-47b8-b647-e2d84b3ae126"/>
+  <w:style w:type="table" w:styleId="NormalTable_61ea85c5-456d-424c-8175-7759cb4067dc" w:customStyle="1">
+    <w:name w:val="Normal Table_61ea85c5-456d-424c-8175-7759cb4067dc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ff7606d4-ce7b-4852-9202-03471f19018e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1af40105-fb02-47b8-b647-e2d84b3ae126"/>
+  <w:style w:type="table" w:styleId="TableGrid_248e84b7-b199-427e-baf4-f3973f6a0d37" w:customStyle="1">
+    <w:name w:val="Table Grid_248e84b7-b199-427e-baf4-f3973f6a0d37"/>
+    <w:basedOn w:val="NormalTable_61ea85c5-456d-424c-8175-7759cb4067dc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cb3a7bf2-9988-4d41-a6bd-038dcf044d02" w:customStyle="1">
-    <w:name w:val="Normal Table_cb3a7bf2-9988-4d41-a6bd-038dcf044d02"/>
+  <w:style w:type="table" w:styleId="NormalTable_9e2309be-f145-4173-a2ad-5b316b07d5b5" w:customStyle="1">
+    <w:name w:val="Normal Table_9e2309be-f145-4173-a2ad-5b316b07d5b5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8f1ef71d-3928-4024-9c70-959157eb97b9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cb3a7bf2-9988-4d41-a6bd-038dcf044d02"/>
+  <w:style w:type="table" w:styleId="TableGrid_8b6d2189-69bf-4b4e-8dec-62c1df92f51c" w:customStyle="1">
+    <w:name w:val="Table Grid_8b6d2189-69bf-4b4e-8dec-62c1df92f51c"/>
+    <w:basedOn w:val="NormalTable_9e2309be-f145-4173-a2ad-5b316b07d5b5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c9e263b8-eef5-4d08-960a-486b5ce12bf0" w:customStyle="1">
-    <w:name w:val="Normal Table_c9e263b8-eef5-4d08-960a-486b5ce12bf0"/>
+  <w:style w:type="table" w:styleId="NormalTable_3246153e-53d9-43e3-a2e4-e582f31edbb7" w:customStyle="1">
+    <w:name w:val="Normal Table_3246153e-53d9-43e3-a2e4-e582f31edbb7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_46bf939d-71b7-456c-a66a-14d00c2f9500" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c9e263b8-eef5-4d08-960a-486b5ce12bf0"/>
+  <w:style w:type="table" w:styleId="TableGrid_c6262ef4-a25e-440a-b76e-7e13bfb3ba3c" w:customStyle="1">
+    <w:name w:val="Table Grid_c6262ef4-a25e-440a-b76e-7e13bfb3ba3c"/>
+    <w:basedOn w:val="NormalTable_3246153e-53d9-43e3-a2e4-e582f31edbb7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7cfb7e9d-f7d8-43e6-9c01-d990d86e45bf" w:customStyle="1">
-    <w:name w:val="Normal Table_7cfb7e9d-f7d8-43e6-9c01-d990d86e45bf"/>
+  <w:style w:type="table" w:styleId="NormalTable_f7c51ef4-d8a4-46a3-89d2-68862575d43c" w:customStyle="1">
+    <w:name w:val="Normal Table_f7c51ef4-d8a4-46a3-89d2-68862575d43c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1a9c1e33-23dc-41a7-94ff-5099a6909c20" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7cfb7e9d-f7d8-43e6-9c01-d990d86e45bf"/>
+  <w:style w:type="table" w:styleId="TableGrid_f8fc064c-571d-43a0-90af-b05fe166374b" w:customStyle="1">
+    <w:name w:val="Table Grid_f8fc064c-571d-43a0-90af-b05fe166374b"/>
+    <w:basedOn w:val="NormalTable_f7c51ef4-d8a4-46a3-89d2-68862575d43c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_08dde243-62ca-4db0-85a2-4648fe005cfb" w:customStyle="1">
-    <w:name w:val="Normal Table_08dde243-62ca-4db0-85a2-4648fe005cfb"/>
+  <w:style w:type="table" w:styleId="NormalTable_bc853307-9f80-49a7-87fb-424f7cb0de37" w:customStyle="1">
+    <w:name w:val="Normal Table_bc853307-9f80-49a7-87fb-424f7cb0de37"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0f2e3540-8370-40f1-ac76-26489db4bbf6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_08dde243-62ca-4db0-85a2-4648fe005cfb"/>
+  <w:style w:type="table" w:styleId="TableGrid_3f76a92a-27bc-4fc6-a2a6-0fa0cb337288" w:customStyle="1">
+    <w:name w:val="Table Grid_3f76a92a-27bc-4fc6-a2a6-0fa0cb337288"/>
+    <w:basedOn w:val="NormalTable_bc853307-9f80-49a7-87fb-424f7cb0de37"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c6bfb4c3-bfb3-4f0e-b014-a2fbee9725a7" w:customStyle="1">
-    <w:name w:val="Normal Table_c6bfb4c3-bfb3-4f0e-b014-a2fbee9725a7"/>
+  <w:style w:type="table" w:styleId="NormalTable_c492c995-6e0b-4618-a7d6-4bc30837dada" w:customStyle="1">
+    <w:name w:val="Normal Table_c492c995-6e0b-4618-a7d6-4bc30837dada"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2460414d-8f6b-442f-b9aa-426042ab05fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c6bfb4c3-bfb3-4f0e-b014-a2fbee9725a7"/>
+  <w:style w:type="table" w:styleId="TableGrid_4829079b-582e-4b1c-8b17-9dbd06f220e1" w:customStyle="1">
+    <w:name w:val="Table Grid_4829079b-582e-4b1c-8b17-9dbd06f220e1"/>
+    <w:basedOn w:val="NormalTable_c492c995-6e0b-4618-a7d6-4bc30837dada"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e7576343-0367-457c-ac2d-ea091bd262f4" w:customStyle="1">
-    <w:name w:val="Normal Table_e7576343-0367-457c-ac2d-ea091bd262f4"/>
+  <w:style w:type="table" w:styleId="NormalTable_82464f6b-dd5e-462b-8ed7-0ff067955467" w:customStyle="1">
+    <w:name w:val="Normal Table_82464f6b-dd5e-462b-8ed7-0ff067955467"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0ed094a2-5d81-45b2-ba79-cbbbef1f5c67" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e7576343-0367-457c-ac2d-ea091bd262f4"/>
+  <w:style w:type="table" w:styleId="TableGrid_60626285-8bbf-4064-a7c6-8f71ec76f4e7" w:customStyle="1">
+    <w:name w:val="Table Grid_60626285-8bbf-4064-a7c6-8f71ec76f4e7"/>
+    <w:basedOn w:val="NormalTable_82464f6b-dd5e-462b-8ed7-0ff067955467"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>