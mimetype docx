--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -1062,51 +1062,51 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a5dd79de-e613-4a35-b11b-158e2d6b57e6"/>
+      <w:tblStyle w:val="TableGrid_6b2a7042-887c-4778-963a-e4cbbdd070e3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1117,51 +1117,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:42:38 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:05:26 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -1189,51 +1189,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f3842e79-8ac6-458a-8161-e4f575bbc469"/>
+      <w:tblStyle w:val="TableGrid_02e12810-b52d-4f14-a57d-f417fdb511f5"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -1291,51 +1291,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+            <w:pStyle w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1348,59 +1348,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+      <w:pStyle w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0243bf44-6d25-4389-815f-8d663124d7dd"/>
+      <w:tblStyle w:val="TableGrid_6e7dd201-8bc0-4fb2-bb0d-a8e15d31f59d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1411,51 +1411,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b131bbc1-fa9a-4256-bff1-39c9452c30b2"/>
+            <w:tblStyle w:val="TableGrid_47136e27-48c2-4921-9ad8-75503cc3d2ee"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1556,72 +1556,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">01.09.2021 (Åse-Lill Madland)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+            <w:pStyle w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_e680843e-e6bf-4aa2-9fbe-08491ec97455"/>
+            <w:tblStyle w:val="TableGrid_051e0429-5e63-4d50-9c84-cab298795f99"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1000"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1722,62 +1722,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1000"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Magne Ness</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+            <w:pStyle w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+      <w:pStyle w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -2274,629 +2274,629 @@
     <w:link w:val="BobletekstTegn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BobletekstTegn" w:customStyle="1">
     <w:name w:val="Bobletekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed" w:customStyle="1">
-    <w:name w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+  <w:style w:type="paragraph" w:styleId="Normal_49717fa1-dbf7-4965-ad76-182407472cda" w:customStyle="1">
+    <w:name w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+    <w:basedOn w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_43733410-6e93-4916-91d2-10be2b249ab5" w:customStyle="1">
-    <w:name w:val="Normal Table_43733410-6e93-4916-91d2-10be2b249ab5"/>
+  <w:style w:type="table" w:styleId="NormalTable_6d3cb826-d292-4a21-afa9-7b3a59d07c7c" w:customStyle="1">
+    <w:name w:val="Normal Table_6d3cb826-d292-4a21-afa9-7b3a59d07c7c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_40501ec7-f941-40e8-ab43-a74c9bf55381" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_43733410-6e93-4916-91d2-10be2b249ab5"/>
+  <w:style w:type="table" w:styleId="TableGrid_aa248aa8-8f43-4fb6-af42-371a19da1773" w:customStyle="1">
+    <w:name w:val="Table Grid_aa248aa8-8f43-4fb6-af42-371a19da1773"/>
+    <w:basedOn w:val="NormalTable_6d3cb826-d292-4a21-afa9-7b3a59d07c7c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+    <w:basedOn w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_fc72e6ba-3320-4d62-8416-f304fa5302ed"/>
+    <w:basedOn w:val="Normal_49717fa1-dbf7-4965-ad76-182407472cda"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5cefaf65-f38a-4af6-b73a-c6cd194c7b71" w:customStyle="1">
-    <w:name w:val="Normal Table_5cefaf65-f38a-4af6-b73a-c6cd194c7b71"/>
+  <w:style w:type="table" w:styleId="NormalTable_134296b1-0834-47f7-a0f8-89a161a6a75b" w:customStyle="1">
+    <w:name w:val="Normal Table_134296b1-0834-47f7-a0f8-89a161a6a75b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_39dcd730-a12d-45ba-874d-892fdd364205" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5cefaf65-f38a-4af6-b73a-c6cd194c7b71"/>
+  <w:style w:type="table" w:styleId="TableGrid_35e276b9-7ae3-4d66-87b9-680d081a456d" w:customStyle="1">
+    <w:name w:val="Table Grid_35e276b9-7ae3-4d66-87b9-680d081a456d"/>
+    <w:basedOn w:val="NormalTable_134296b1-0834-47f7-a0f8-89a161a6a75b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_356c96f6-952f-4b35-bde4-1b34b17ad537" w:customStyle="1">
-    <w:name w:val="Normal Table_356c96f6-952f-4b35-bde4-1b34b17ad537"/>
+  <w:style w:type="table" w:styleId="NormalTable_6e79dc39-3e56-4350-a452-978e4258b204" w:customStyle="1">
+    <w:name w:val="Normal Table_6e79dc39-3e56-4350-a452-978e4258b204"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9564e0d2-92b2-4b14-81ee-837cfd56472c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_356c96f6-952f-4b35-bde4-1b34b17ad537"/>
+  <w:style w:type="table" w:styleId="TableGrid_34df0811-ee25-44f0-a050-3da6f47e2451" w:customStyle="1">
+    <w:name w:val="Table Grid_34df0811-ee25-44f0-a050-3da6f47e2451"/>
+    <w:basedOn w:val="NormalTable_6e79dc39-3e56-4350-a452-978e4258b204"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4a993df8-ac15-424c-b53e-b3a6fe06ce4b" w:customStyle="1">
-    <w:name w:val="Normal Table_4a993df8-ac15-424c-b53e-b3a6fe06ce4b"/>
+  <w:style w:type="table" w:styleId="NormalTable_1681651f-85f0-4240-9c23-9e80a5baed6a" w:customStyle="1">
+    <w:name w:val="Normal Table_1681651f-85f0-4240-9c23-9e80a5baed6a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f5f75c2f-644f-42a1-b538-008ed679f47c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4a993df8-ac15-424c-b53e-b3a6fe06ce4b"/>
+  <w:style w:type="table" w:styleId="TableGrid_12b2b0e3-3dfa-4b7b-b6ba-7f8a3d748428" w:customStyle="1">
+    <w:name w:val="Table Grid_12b2b0e3-3dfa-4b7b-b6ba-7f8a3d748428"/>
+    <w:basedOn w:val="NormalTable_1681651f-85f0-4240-9c23-9e80a5baed6a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_984d9c86-7496-4926-9e16-6f79f86a5c1e" w:customStyle="1">
-    <w:name w:val="Normal Table_984d9c86-7496-4926-9e16-6f79f86a5c1e"/>
+  <w:style w:type="table" w:styleId="NormalTable_343c83a0-4615-4e17-927f-c0f1f170aab5" w:customStyle="1">
+    <w:name w:val="Normal Table_343c83a0-4615-4e17-927f-c0f1f170aab5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f63f5706-bb87-43bf-bc34-9e8c056eba36" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_984d9c86-7496-4926-9e16-6f79f86a5c1e"/>
+  <w:style w:type="table" w:styleId="TableGrid_990bf6ef-89dd-4d28-9efc-e165e497e666" w:customStyle="1">
+    <w:name w:val="Table Grid_990bf6ef-89dd-4d28-9efc-e165e497e666"/>
+    <w:basedOn w:val="NormalTable_343c83a0-4615-4e17-927f-c0f1f170aab5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a22a4d5a-2491-481c-9629-eb9f7fecd156" w:customStyle="1">
-    <w:name w:val="Normal Table_a22a4d5a-2491-481c-9629-eb9f7fecd156"/>
+  <w:style w:type="table" w:styleId="NormalTable_79a65eb1-0bf2-4ee9-9207-5814555d38a2" w:customStyle="1">
+    <w:name w:val="Normal Table_79a65eb1-0bf2-4ee9-9207-5814555d38a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a5dd79de-e613-4a35-b11b-158e2d6b57e6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a22a4d5a-2491-481c-9629-eb9f7fecd156"/>
+  <w:style w:type="table" w:styleId="TableGrid_6b2a7042-887c-4778-963a-e4cbbdd070e3" w:customStyle="1">
+    <w:name w:val="Table Grid_6b2a7042-887c-4778-963a-e4cbbdd070e3"/>
+    <w:basedOn w:val="NormalTable_79a65eb1-0bf2-4ee9-9207-5814555d38a2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0e85a647-6435-4ffe-b19a-9c870c040dd0" w:customStyle="1">
-    <w:name w:val="Normal Table_0e85a647-6435-4ffe-b19a-9c870c040dd0"/>
+  <w:style w:type="table" w:styleId="NormalTable_dd571330-409f-4e9b-8adb-a9fbab589247" w:customStyle="1">
+    <w:name w:val="Normal Table_dd571330-409f-4e9b-8adb-a9fbab589247"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f3842e79-8ac6-458a-8161-e4f575bbc469" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0e85a647-6435-4ffe-b19a-9c870c040dd0"/>
+  <w:style w:type="table" w:styleId="TableGrid_02e12810-b52d-4f14-a57d-f417fdb511f5" w:customStyle="1">
+    <w:name w:val="Table Grid_02e12810-b52d-4f14-a57d-f417fdb511f5"/>
+    <w:basedOn w:val="NormalTable_dd571330-409f-4e9b-8adb-a9fbab589247"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8d5b3457-54c2-4b70-9350-c6c75b530f5f" w:customStyle="1">
-    <w:name w:val="Normal Table_8d5b3457-54c2-4b70-9350-c6c75b530f5f"/>
+  <w:style w:type="table" w:styleId="NormalTable_bdf5c6da-2b86-4be4-b471-c0a4526520d0" w:customStyle="1">
+    <w:name w:val="Normal Table_bdf5c6da-2b86-4be4-b471-c0a4526520d0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b131bbc1-fa9a-4256-bff1-39c9452c30b2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8d5b3457-54c2-4b70-9350-c6c75b530f5f"/>
+  <w:style w:type="table" w:styleId="TableGrid_47136e27-48c2-4921-9ad8-75503cc3d2ee" w:customStyle="1">
+    <w:name w:val="Table Grid_47136e27-48c2-4921-9ad8-75503cc3d2ee"/>
+    <w:basedOn w:val="NormalTable_bdf5c6da-2b86-4be4-b471-c0a4526520d0"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f72ac990-c4e1-4c42-8926-222ce7b73ea7" w:customStyle="1">
-    <w:name w:val="Normal Table_f72ac990-c4e1-4c42-8926-222ce7b73ea7"/>
+  <w:style w:type="table" w:styleId="NormalTable_dae4463d-e3f0-4ce3-bd5f-03e0610dc1de" w:customStyle="1">
+    <w:name w:val="Normal Table_dae4463d-e3f0-4ce3-bd5f-03e0610dc1de"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e680843e-e6bf-4aa2-9fbe-08491ec97455" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f72ac990-c4e1-4c42-8926-222ce7b73ea7"/>
+  <w:style w:type="table" w:styleId="TableGrid_051e0429-5e63-4d50-9c84-cab298795f99" w:customStyle="1">
+    <w:name w:val="Table Grid_051e0429-5e63-4d50-9c84-cab298795f99"/>
+    <w:basedOn w:val="NormalTable_dae4463d-e3f0-4ce3-bd5f-03e0610dc1de"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_15c4b46d-c583-4b14-8d52-35c9e1ced43c" w:customStyle="1">
-    <w:name w:val="Normal Table_15c4b46d-c583-4b14-8d52-35c9e1ced43c"/>
+  <w:style w:type="table" w:styleId="NormalTable_4b121fd8-0e7b-40c3-919f-2692d1197785" w:customStyle="1">
+    <w:name w:val="Normal Table_4b121fd8-0e7b-40c3-919f-2692d1197785"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0243bf44-6d25-4389-815f-8d663124d7dd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_15c4b46d-c583-4b14-8d52-35c9e1ced43c"/>
+  <w:style w:type="table" w:styleId="TableGrid_6e7dd201-8bc0-4fb2-bb0d-a8e15d31f59d" w:customStyle="1">
+    <w:name w:val="Table Grid_6e7dd201-8bc0-4fb2-bb0d-a8e15d31f59d"/>
+    <w:basedOn w:val="NormalTable_4b121fd8-0e7b-40c3-919f-2692d1197785"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>