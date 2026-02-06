--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -6068,117 +6068,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId1" w:fontKey="{D8679CD9-FFD2-4F37-9759-E5CFA33268F0}"/>
     <w:embedBold r:id="rId2" w:fontKey="{7BB57053-52DA-42D7-9652-D48D6920D770}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId3" w:fontKey="{369CD428-0873-4B64-A206-EEC29079182D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_bf23d700-5805-461e-9ee6-8462ff1f75c6"/>
+      <w:tblStyle w:val="TableGrid_f5571f4b-4b50-4151-96bc-dc8c28419c85"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4820"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 01:52:22 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:07:05 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4820"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -6195,153 +6195,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_266e4e5c-5179-426a-8405-efff7fc15beb"/>
+      <w:tblStyle w:val="TableGrid_5e46ed2b-8286-4a1f-a62a-10e28e4246dc"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2321"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_92ecd23d-c033-4928-b00f-6faa0f59dbb6"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_bbbecaca-31d8-432c-a1cd-60fce12e0513"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 665. Versjonsnummer: 2</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_057bc778-bb56-4dae-9cc5-6e96b6518365"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0cd98393-bcc1-49b6-8104-1719f6ee6059"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">665 SHA perm - Arkivnøkkel EIE og VED</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_057bc778-bb56-4dae-9cc5-6e96b6518365"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0cd98393-bcc1-49b6-8104-1719f6ee6059"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+            <w:pStyle w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6354,59 +6354,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+      <w:pStyle w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_1f6e52e2-06c7-4d0b-bd19-899cc172edd0"/>
+      <w:tblStyle w:val="TableGrid_1d4c9d57-c40d-4d54-baa7-dfcd3538001d"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3374"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6417,373 +6417,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3a09f620-af74-41db-b78f-0b51596a31d5"/>
+            <w:tblStyle w:val="TableGrid_e704ab1d-b68d-45b8-815d-b61a8dc5dfde"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-perm EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">22.01.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+            <w:pStyle w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3374"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d1b5a07c-bc4a-4dfc-9aac-6786aa93b54b"/>
+            <w:tblStyle w:val="TableGrid_627f37ea-2c39-4f62-93a4-52a41df3abb4"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+            <w:pStyle w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+      <w:pStyle w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="097E642C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Overskrift2"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="5.%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:hint="default"/>
         <w:b/>
@@ -8435,629 +8435,629 @@
   <w:style w:type="table" w:styleId="TableGrid04347c3b-e19e-40e6-a8eb-06d0d3f02548" w:customStyle="1">
     <w:name w:val="Table Grid_04347c3b-e19e-40e6-a8eb-06d0d3f02548"/>
     <w:basedOn w:val="NormalTable3bf65d50-10a1-46db-b3a3-6672460a4691"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fulgthyperkobling">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29" w:customStyle="1">
-    <w:name w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23" w:customStyle="1">
+    <w:name w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_41281d77-91c0-4f78-ba64-2990ba8b3d92" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e16137de-a1bb-49ed-b54b-a4911f24ebbe"/>
+    <w:basedOn w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_47063828-8b28-4c53-86d7-61f3c9a3afc5" w:customStyle="1">
-    <w:name w:val="Normal Table_47063828-8b28-4c53-86d7-61f3c9a3afc5"/>
+  <w:style w:type="table" w:styleId="NormalTable_75bf96d1-007b-416f-a70a-56b0979af182" w:customStyle="1">
+    <w:name w:val="Normal Table_75bf96d1-007b-416f-a70a-56b0979af182"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3ad8f6e7-61af-4f96-b226-0332566e2441" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_47063828-8b28-4c53-86d7-61f3c9a3afc5"/>
+  <w:style w:type="table" w:styleId="TableGrid_da68bfc2-50be-485b-8a9b-2f19a54c53c6" w:customStyle="1">
+    <w:name w:val="Table Grid_da68bfc2-50be-485b-8a9b-2f19a54c53c6"/>
+    <w:basedOn w:val="NormalTable_75bf96d1-007b-416f-a70a-56b0979af182"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_92ecd23d-c033-4928-b00f-6faa0f59dbb6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_bbbecaca-31d8-432c-a1cd-60fce12e0513" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_bbbecaca-31d8-432c-a1cd-60fce12e0513"/>
+    <w:basedOn w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_057bc778-bb56-4dae-9cc5-6e96b6518365" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b5a02507-07b6-464f-9ebd-ed3236375f29"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_0cd98393-bcc1-49b6-8104-1719f6ee6059" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_0cd98393-bcc1-49b6-8104-1719f6ee6059"/>
+    <w:basedOn w:val="Normal_1c2b1059-8df6-42b7-b5c9-d1aa346bed23"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_57bb86ab-5ab1-4621-b25e-442450db15f8" w:customStyle="1">
-    <w:name w:val="Normal Table_57bb86ab-5ab1-4621-b25e-442450db15f8"/>
+  <w:style w:type="table" w:styleId="NormalTable_c7bd77cf-0ad7-4d88-bf92-f49df26e5448" w:customStyle="1">
+    <w:name w:val="Normal Table_c7bd77cf-0ad7-4d88-bf92-f49df26e5448"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e8673c81-26d0-4007-ba16-49cd87b143f1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_57bb86ab-5ab1-4621-b25e-442450db15f8"/>
+  <w:style w:type="table" w:styleId="TableGrid_9be8f160-e517-4946-ac15-24008984962b" w:customStyle="1">
+    <w:name w:val="Table Grid_9be8f160-e517-4946-ac15-24008984962b"/>
+    <w:basedOn w:val="NormalTable_c7bd77cf-0ad7-4d88-bf92-f49df26e5448"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cdf04cc2-9c0a-44f2-aaa1-414067b7e2f8" w:customStyle="1">
-    <w:name w:val="Normal Table_cdf04cc2-9c0a-44f2-aaa1-414067b7e2f8"/>
+  <w:style w:type="table" w:styleId="NormalTable_f9d39f81-e355-45fc-9646-310681fb6f5e" w:customStyle="1">
+    <w:name w:val="Normal Table_f9d39f81-e355-45fc-9646-310681fb6f5e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_13cd5ee0-347c-4958-840e-980482994424" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cdf04cc2-9c0a-44f2-aaa1-414067b7e2f8"/>
+  <w:style w:type="table" w:styleId="TableGrid_f5d66ba4-3059-4a33-bcca-1ac1dce5b718" w:customStyle="1">
+    <w:name w:val="Table Grid_f5d66ba4-3059-4a33-bcca-1ac1dce5b718"/>
+    <w:basedOn w:val="NormalTable_f9d39f81-e355-45fc-9646-310681fb6f5e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_deab1a2b-d1f7-4948-966d-9b077b35f373" w:customStyle="1">
-    <w:name w:val="Normal Table_deab1a2b-d1f7-4948-966d-9b077b35f373"/>
+  <w:style w:type="table" w:styleId="NormalTable_e236a089-2be3-4ec5-85d6-9a3d8dfdc7dd" w:customStyle="1">
+    <w:name w:val="Normal Table_e236a089-2be3-4ec5-85d6-9a3d8dfdc7dd"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_e2bc61ea-751f-4383-b7c5-6d749ae4c796" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_deab1a2b-d1f7-4948-966d-9b077b35f373"/>
+  <w:style w:type="table" w:styleId="TableGrid_5b1f50fe-08f9-4d91-bca8-de0b171e01bf" w:customStyle="1">
+    <w:name w:val="Table Grid_5b1f50fe-08f9-4d91-bca8-de0b171e01bf"/>
+    <w:basedOn w:val="NormalTable_e236a089-2be3-4ec5-85d6-9a3d8dfdc7dd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_90a898e9-2d34-4f9e-a835-389856e6a163" w:customStyle="1">
-    <w:name w:val="Normal Table_90a898e9-2d34-4f9e-a835-389856e6a163"/>
+  <w:style w:type="table" w:styleId="NormalTable_ccd855e5-b698-4ba3-ba83-d71be60e7398" w:customStyle="1">
+    <w:name w:val="Normal Table_ccd855e5-b698-4ba3-ba83-d71be60e7398"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_70996ae9-25f5-4662-8931-312072aef7bd" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_90a898e9-2d34-4f9e-a835-389856e6a163"/>
+  <w:style w:type="table" w:styleId="TableGrid_948b124d-c626-4cc0-b0a7-101f9e996e2c" w:customStyle="1">
+    <w:name w:val="Table Grid_948b124d-c626-4cc0-b0a7-101f9e996e2c"/>
+    <w:basedOn w:val="NormalTable_ccd855e5-b698-4ba3-ba83-d71be60e7398"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_aa0b0536-9598-43b0-9a82-e22f41fcf5a0" w:customStyle="1">
-    <w:name w:val="Normal Table_aa0b0536-9598-43b0-9a82-e22f41fcf5a0"/>
+  <w:style w:type="table" w:styleId="NormalTable_59efe530-e430-4bc4-8bca-c07a4269f8d7" w:customStyle="1">
+    <w:name w:val="Normal Table_59efe530-e430-4bc4-8bca-c07a4269f8d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_bf23d700-5805-461e-9ee6-8462ff1f75c6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_aa0b0536-9598-43b0-9a82-e22f41fcf5a0"/>
+  <w:style w:type="table" w:styleId="TableGrid_f5571f4b-4b50-4151-96bc-dc8c28419c85" w:customStyle="1">
+    <w:name w:val="Table Grid_f5571f4b-4b50-4151-96bc-dc8c28419c85"/>
+    <w:basedOn w:val="NormalTable_59efe530-e430-4bc4-8bca-c07a4269f8d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2398df44-3137-4dac-9c03-3a46ce03a701" w:customStyle="1">
-    <w:name w:val="Normal Table_2398df44-3137-4dac-9c03-3a46ce03a701"/>
+  <w:style w:type="table" w:styleId="NormalTable_98625130-27e0-4278-9a3d-648fa3328cc1" w:customStyle="1">
+    <w:name w:val="Normal Table_98625130-27e0-4278-9a3d-648fa3328cc1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_266e4e5c-5179-426a-8405-efff7fc15beb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2398df44-3137-4dac-9c03-3a46ce03a701"/>
+  <w:style w:type="table" w:styleId="TableGrid_5e46ed2b-8286-4a1f-a62a-10e28e4246dc" w:customStyle="1">
+    <w:name w:val="Table Grid_5e46ed2b-8286-4a1f-a62a-10e28e4246dc"/>
+    <w:basedOn w:val="NormalTable_98625130-27e0-4278-9a3d-648fa3328cc1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6829a9e2-d1ef-466a-b3f5-8e7c4d29357b" w:customStyle="1">
-    <w:name w:val="Normal Table_6829a9e2-d1ef-466a-b3f5-8e7c4d29357b"/>
+  <w:style w:type="table" w:styleId="NormalTable_531b0183-f17d-4fe8-adfa-687be34c8006" w:customStyle="1">
+    <w:name w:val="Normal Table_531b0183-f17d-4fe8-adfa-687be34c8006"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3a09f620-af74-41db-b78f-0b51596a31d5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6829a9e2-d1ef-466a-b3f5-8e7c4d29357b"/>
+  <w:style w:type="table" w:styleId="TableGrid_e704ab1d-b68d-45b8-815d-b61a8dc5dfde" w:customStyle="1">
+    <w:name w:val="Table Grid_e704ab1d-b68d-45b8-815d-b61a8dc5dfde"/>
+    <w:basedOn w:val="NormalTable_531b0183-f17d-4fe8-adfa-687be34c8006"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_19990e17-241f-46ad-8cd3-0b0153b8ebfc" w:customStyle="1">
-    <w:name w:val="Normal Table_19990e17-241f-46ad-8cd3-0b0153b8ebfc"/>
+  <w:style w:type="table" w:styleId="NormalTable_d701df20-f615-493f-b459-547688fb3e68" w:customStyle="1">
+    <w:name w:val="Normal Table_d701df20-f615-493f-b459-547688fb3e68"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d1b5a07c-bc4a-4dfc-9aac-6786aa93b54b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_19990e17-241f-46ad-8cd3-0b0153b8ebfc"/>
+  <w:style w:type="table" w:styleId="TableGrid_627f37ea-2c39-4f62-93a4-52a41df3abb4" w:customStyle="1">
+    <w:name w:val="Table Grid_627f37ea-2c39-4f62-93a4-52a41df3abb4"/>
+    <w:basedOn w:val="NormalTable_d701df20-f615-493f-b459-547688fb3e68"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9fcc117d-0b4a-4956-8729-76c94d099793" w:customStyle="1">
-    <w:name w:val="Normal Table_9fcc117d-0b4a-4956-8729-76c94d099793"/>
+  <w:style w:type="table" w:styleId="NormalTable_915e7a1c-61c0-4a59-9538-25da94f92bdc" w:customStyle="1">
+    <w:name w:val="Normal Table_915e7a1c-61c0-4a59-9538-25da94f92bdc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1f6e52e2-06c7-4d0b-bd19-899cc172edd0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9fcc117d-0b4a-4956-8729-76c94d099793"/>
+  <w:style w:type="table" w:styleId="TableGrid_1d4c9d57-c40d-4d54-baa7-dfcd3538001d" w:customStyle="1">
+    <w:name w:val="Table Grid_1d4c9d57-c40d-4d54-baa7-dfcd3538001d"/>
+    <w:basedOn w:val="NormalTable_915e7a1c-61c0-4a59-9538-25da94f92bdc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>