--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -5832,117 +5832,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
     <w:embedBold r:id="rId4" w:fontKey="{CB7BC17C-92A8-4AA5-A652-66B1E83703F1}"/>
   </w:font>
   <w:font w:name="TheSansOffice">
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000040" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
     <w:embedRegular r:id="rId5" w:fontKey="{45760AC4-C5E7-4AFC-B357-30FEEC9A58F4}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ca4d1a3a-d547-42c2-a934-78202dd25c76"/>
+      <w:tblStyle w:val="TableGrid_f70afbd0-c877-41f4-9880-a1ca6da87c41"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:44:11 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:05:25 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -5959,153 +5959,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_792c7ae8-e4f4-4722-98f1-6bbc254cf0c1"/>
+      <w:tblStyle w:val="TableGrid_6e1a7dc4-a030-4e00-9d31-b002f44d6f17"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_b43369ad-160f-4066-828e-c456a3554c10"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_f928bc5c-7d34-4a94-987f-3bde0f1cd416"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 666. Versjonsnummer: 6</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_3e79afc7-23fd-4603-a542-cf721342a2d3"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8e3feb09-3bff-4858-aeaa-b1b3d6418d92"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">SHA- plan forenklet</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_3e79afc7-23fd-4603-a542-cf721342a2d3"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8e3feb09-3bff-4858-aeaa-b1b3d6418d92"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+            <w:pStyle w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -6118,59 +6118,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+      <w:pStyle w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_a774e1cb-501e-4f32-843e-651b0ea7614d"/>
+      <w:tblStyle w:val="TableGrid_f25b67dd-ad1c-44a1-8188-dbd610846b3a"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6181,373 +6181,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_7d5c14bb-dc8c-47fc-8266-879840bb2e55"/>
+            <w:tblStyle w:val="TableGrid_0bf2b339-1908-456e-98aa-96c0f9b2ec32"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-perm EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.02.2024 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+            <w:pStyle w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c469d6c5-4c93-40a3-939c-38d5d9dd9040"/>
+            <w:tblStyle w:val="TableGrid_29c16cb8-4a79-4b11-915f-4a4c93ff4052"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+            <w:pStyle w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+      <w:pStyle w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="097E642C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Overskrift1"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1"/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
@@ -9148,629 +9148,629 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Merknadstekst" w:customStyle="1">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="MerknadstekstTegn"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="MerknadstekstTegn" w:customStyle="1">
     <w:name w:val="Merknadstekst Tegn"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:link w:val="annotationtext"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="nb-NO"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571" w:customStyle="1">
-    <w:name w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+  <w:style w:type="paragraph" w:styleId="Normal_425b49c2-5886-4ca2-8830-5c65c3434986" w:customStyle="1">
+    <w:name w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_52fa88f7-67a1-4403-ba81-222237455c0f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_6fd37213-4a02-4f6a-b923-d8bbca1a0f78"/>
+    <w:basedOn w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8f0ed76e-c111-4b1b-adb2-83fa2fc35f70" w:customStyle="1">
-    <w:name w:val="Normal Table_8f0ed76e-c111-4b1b-adb2-83fa2fc35f70"/>
+  <w:style w:type="table" w:styleId="NormalTable_68a28b7e-318c-449b-aef7-fdde4ef122b2" w:customStyle="1">
+    <w:name w:val="Normal Table_68a28b7e-318c-449b-aef7-fdde4ef122b2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b01ccfe5-1106-479f-8009-87a9dbd1c846" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8f0ed76e-c111-4b1b-adb2-83fa2fc35f70"/>
+  <w:style w:type="table" w:styleId="TableGrid_6890f5c5-5992-4b73-8395-d9568b60a17c" w:customStyle="1">
+    <w:name w:val="Table Grid_6890f5c5-5992-4b73-8395-d9568b60a17c"/>
+    <w:basedOn w:val="NormalTable_68a28b7e-318c-449b-aef7-fdde4ef122b2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_b43369ad-160f-4066-828e-c456a3554c10" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_f928bc5c-7d34-4a94-987f-3bde0f1cd416" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_f928bc5c-7d34-4a94-987f-3bde0f1cd416"/>
+    <w:basedOn w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_3e79afc7-23fd-4603-a542-cf721342a2d3" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_6bddc238-d744-4a4e-bc4e-2c4237970571"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_8e3feb09-3bff-4858-aeaa-b1b3d6418d92" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_8e3feb09-3bff-4858-aeaa-b1b3d6418d92"/>
+    <w:basedOn w:val="Normal_425b49c2-5886-4ca2-8830-5c65c3434986"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_67d77752-4927-4d43-bf4b-037652428218" w:customStyle="1">
-    <w:name w:val="Normal Table_67d77752-4927-4d43-bf4b-037652428218"/>
+  <w:style w:type="table" w:styleId="NormalTable_4a5e0822-3760-466a-b425-3533d049b169" w:customStyle="1">
+    <w:name w:val="Normal Table_4a5e0822-3760-466a-b425-3533d049b169"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f4038852-c450-45ea-8006-da08aa81e2bf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_67d77752-4927-4d43-bf4b-037652428218"/>
+  <w:style w:type="table" w:styleId="TableGrid_6a418161-5487-46e4-9a69-e019ce53c178" w:customStyle="1">
+    <w:name w:val="Table Grid_6a418161-5487-46e4-9a69-e019ce53c178"/>
+    <w:basedOn w:val="NormalTable_4a5e0822-3760-466a-b425-3533d049b169"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_fc55b975-0a7c-4224-a966-ac5d299b62db" w:customStyle="1">
-    <w:name w:val="Normal Table_fc55b975-0a7c-4224-a966-ac5d299b62db"/>
+  <w:style w:type="table" w:styleId="NormalTable_cc90d3db-a70b-45fd-8ee2-23a3b9a948cc" w:customStyle="1">
+    <w:name w:val="Normal Table_cc90d3db-a70b-45fd-8ee2-23a3b9a948cc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_19c6041c-8824-4170-964d-82350e7f4ad5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_fc55b975-0a7c-4224-a966-ac5d299b62db"/>
+  <w:style w:type="table" w:styleId="TableGrid_7ce6c927-b364-4b6f-bb96-7cdecb3a905c" w:customStyle="1">
+    <w:name w:val="Table Grid_7ce6c927-b364-4b6f-bb96-7cdecb3a905c"/>
+    <w:basedOn w:val="NormalTable_cc90d3db-a70b-45fd-8ee2-23a3b9a948cc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f4c92189-48ac-4d34-b15c-7ecdbc29a1cd" w:customStyle="1">
-    <w:name w:val="Normal Table_f4c92189-48ac-4d34-b15c-7ecdbc29a1cd"/>
+  <w:style w:type="table" w:styleId="NormalTable_b19572c8-47a9-4d0f-9cd6-bb94e7be7a27" w:customStyle="1">
+    <w:name w:val="Normal Table_b19572c8-47a9-4d0f-9cd6-bb94e7be7a27"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7e730122-17e9-4128-9eff-798b5c416b62" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f4c92189-48ac-4d34-b15c-7ecdbc29a1cd"/>
+  <w:style w:type="table" w:styleId="TableGrid_80f0432f-33f2-4cb9-a1a0-b9f12613484e" w:customStyle="1">
+    <w:name w:val="Table Grid_80f0432f-33f2-4cb9-a1a0-b9f12613484e"/>
+    <w:basedOn w:val="NormalTable_b19572c8-47a9-4d0f-9cd6-bb94e7be7a27"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9fb4f8e4-e9b2-4d08-af2c-62da15dbb0e2" w:customStyle="1">
-    <w:name w:val="Normal Table_9fb4f8e4-e9b2-4d08-af2c-62da15dbb0e2"/>
+  <w:style w:type="table" w:styleId="NormalTable_d5359823-7080-4fd2-8d5a-c463a50982f9" w:customStyle="1">
+    <w:name w:val="Normal Table_d5359823-7080-4fd2-8d5a-c463a50982f9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_40575e40-ff62-470e-b225-b9c5fc06bc1b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9fb4f8e4-e9b2-4d08-af2c-62da15dbb0e2"/>
+  <w:style w:type="table" w:styleId="TableGrid_23515206-c022-4a8c-91ad-5c52a5a3d027" w:customStyle="1">
+    <w:name w:val="Table Grid_23515206-c022-4a8c-91ad-5c52a5a3d027"/>
+    <w:basedOn w:val="NormalTable_d5359823-7080-4fd2-8d5a-c463a50982f9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0d17bfde-73d9-42c2-bed9-3fa483f41c4c" w:customStyle="1">
-    <w:name w:val="Normal Table_0d17bfde-73d9-42c2-bed9-3fa483f41c4c"/>
+  <w:style w:type="table" w:styleId="NormalTable_db75a9d5-1e45-4b4d-8e07-9c2f3b8ff149" w:customStyle="1">
+    <w:name w:val="Normal Table_db75a9d5-1e45-4b4d-8e07-9c2f3b8ff149"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ca4d1a3a-d547-42c2-a934-78202dd25c76" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0d17bfde-73d9-42c2-bed9-3fa483f41c4c"/>
+  <w:style w:type="table" w:styleId="TableGrid_f70afbd0-c877-41f4-9880-a1ca6da87c41" w:customStyle="1">
+    <w:name w:val="Table Grid_f70afbd0-c877-41f4-9880-a1ca6da87c41"/>
+    <w:basedOn w:val="NormalTable_db75a9d5-1e45-4b4d-8e07-9c2f3b8ff149"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dc7f4094-ab92-4eb7-a500-48aa370cea8b" w:customStyle="1">
-    <w:name w:val="Normal Table_dc7f4094-ab92-4eb7-a500-48aa370cea8b"/>
+  <w:style w:type="table" w:styleId="NormalTable_45a18807-89d9-44c0-840c-4a5ce1685926" w:customStyle="1">
+    <w:name w:val="Normal Table_45a18807-89d9-44c0-840c-4a5ce1685926"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_792c7ae8-e4f4-4722-98f1-6bbc254cf0c1" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dc7f4094-ab92-4eb7-a500-48aa370cea8b"/>
+  <w:style w:type="table" w:styleId="TableGrid_6e1a7dc4-a030-4e00-9d31-b002f44d6f17" w:customStyle="1">
+    <w:name w:val="Table Grid_6e1a7dc4-a030-4e00-9d31-b002f44d6f17"/>
+    <w:basedOn w:val="NormalTable_45a18807-89d9-44c0-840c-4a5ce1685926"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_65844a71-3e51-4a96-a80a-66567139dfca" w:customStyle="1">
-    <w:name w:val="Normal Table_65844a71-3e51-4a96-a80a-66567139dfca"/>
+  <w:style w:type="table" w:styleId="NormalTable_c0731e7e-b95b-4f2c-80e1-74c2c4b65509" w:customStyle="1">
+    <w:name w:val="Normal Table_c0731e7e-b95b-4f2c-80e1-74c2c4b65509"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7d5c14bb-dc8c-47fc-8266-879840bb2e55" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_65844a71-3e51-4a96-a80a-66567139dfca"/>
+  <w:style w:type="table" w:styleId="TableGrid_0bf2b339-1908-456e-98aa-96c0f9b2ec32" w:customStyle="1">
+    <w:name w:val="Table Grid_0bf2b339-1908-456e-98aa-96c0f9b2ec32"/>
+    <w:basedOn w:val="NormalTable_c0731e7e-b95b-4f2c-80e1-74c2c4b65509"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7b95e405-9d98-40cd-88c7-515671908ac4" w:customStyle="1">
-    <w:name w:val="Normal Table_7b95e405-9d98-40cd-88c7-515671908ac4"/>
+  <w:style w:type="table" w:styleId="NormalTable_1e2418c2-e0b7-4d81-81f2-bb520702ff2b" w:customStyle="1">
+    <w:name w:val="Normal Table_1e2418c2-e0b7-4d81-81f2-bb520702ff2b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c469d6c5-4c93-40a3-939c-38d5d9dd9040" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7b95e405-9d98-40cd-88c7-515671908ac4"/>
+  <w:style w:type="table" w:styleId="TableGrid_29c16cb8-4a79-4b11-915f-4a4c93ff4052" w:customStyle="1">
+    <w:name w:val="Table Grid_29c16cb8-4a79-4b11-915f-4a4c93ff4052"/>
+    <w:basedOn w:val="NormalTable_1e2418c2-e0b7-4d81-81f2-bb520702ff2b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_72390cfa-44e1-452f-88ac-db9225b84993" w:customStyle="1">
-    <w:name w:val="Normal Table_72390cfa-44e1-452f-88ac-db9225b84993"/>
+  <w:style w:type="table" w:styleId="NormalTable_4e4af5c0-8934-4a91-bedd-60298afd5caf" w:customStyle="1">
+    <w:name w:val="Normal Table_4e4af5c0-8934-4a91-bedd-60298afd5caf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a774e1cb-501e-4f32-843e-651b0ea7614d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_72390cfa-44e1-452f-88ac-db9225b84993"/>
+  <w:style w:type="table" w:styleId="TableGrid_f25b67dd-ad1c-44a1-8188-dbd610846b3a" w:customStyle="1">
+    <w:name w:val="Table Grid_f25b67dd-ad1c-44a1-8188-dbd610846b3a"/>
+    <w:basedOn w:val="NormalTable_4e4af5c0-8934-4a91-bedd-60298afd5caf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>