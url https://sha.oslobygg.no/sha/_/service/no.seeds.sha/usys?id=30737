--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -16707,117 +16707,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_596679ac-31e5-46ec-8e0e-da233d9bafd9"/>
+      <w:tblStyle w:val="TableGrid_621b5af9-b849-4110-8f39-f288722110f7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7285"/>
       <w:gridCol w:w="7285"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7285"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:43:39 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:03:34 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7285"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -16834,153 +16834,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fe43aed3-cd8b-4cf2-8162-f592f21238b2"/>
+      <w:tblStyle w:val="TableGrid_d7b70057-c530-4299-a3a8-d346b2d67735"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9776"/>
       <w:gridCol w:w="3507"/>
       <w:gridCol w:w="1287"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9776"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_1755103e-b38e-4904-a701-d2b3db2cf717"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_981e91ff-ebee-4bfb-a501-856122784fc7"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 677. Versjonsnummer: 8</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_760f9672-e4f5-4e2f-bb80-332bd2560498"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_5e33e95d-6da1-49d8-88a6-4060743e2ebe"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Sjekkliste for SHA inspeksjoner vedlikehold</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3507"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_760f9672-e4f5-4e2f-bb80-332bd2560498"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_5e33e95d-6da1-49d8-88a6-4060743e2ebe"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1287"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+            <w:pStyle w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -16993,59 +16993,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+      <w:pStyle w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b0510c29-1c86-4411-ae27-c97b53c46692"/>
+      <w:tblStyle w:val="TableGrid_a0c93d44-c7b8-4af0-86f1-1408224ea61c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9471"/>
       <w:gridCol w:w="5099"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -17056,373 +17056,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9471"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9a2417dc-afb1-4133-865a-32299e0d6d1b"/>
+            <w:tblStyle w:val="TableGrid_ae412781-1cb5-4baf-a6ea-77deebc10241"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA - Beredskap, tilsyn og kontroll</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.09.2025 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+            <w:pStyle w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5099"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_fc809290-4703-4fd0-a274-73bc5ce0639a"/>
+            <w:tblStyle w:val="TableGrid_0b9e15b0-31a4-4563-8c94-c18f4af3d204"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+            <w:pStyle w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+      <w:pStyle w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -21626,629 +21626,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid6b26472f-5857-4a8c-9cf2-2fa7758c6212" w:customStyle="1">
     <w:name w:val="Table Grid_6b26472f-5857-4a8c-9cf2-2fa7758c6212"/>
     <w:basedOn w:val="NormalTable120b76ba-58a8-4db5-b4e6-23d4c33f9354"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_b5785a3c-c625-4970-9892-814d33075135" w:customStyle="1">
-    <w:name w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+  <w:style w:type="paragraph" w:styleId="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd" w:customStyle="1">
+    <w:name w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_eae37758-f6d6-4205-9d2b-dc7d64330b95" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_70af9c2c-77c8-4a93-8207-eafebe5911b9"/>
+    <w:basedOn w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8ec2f1d7-dc65-42c7-8bda-2cef3066f678" w:customStyle="1">
-    <w:name w:val="Normal Table_8ec2f1d7-dc65-42c7-8bda-2cef3066f678"/>
+  <w:style w:type="table" w:styleId="NormalTable_211d3231-1b94-41e6-9c95-d3960dc38974" w:customStyle="1">
+    <w:name w:val="Normal Table_211d3231-1b94-41e6-9c95-d3960dc38974"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9afea2c6-64fb-40ff-bf32-6d007da0d018" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8ec2f1d7-dc65-42c7-8bda-2cef3066f678"/>
+  <w:style w:type="table" w:styleId="TableGrid_a91470dc-df7f-49ae-afe9-1e73378158ff" w:customStyle="1">
+    <w:name w:val="Table Grid_a91470dc-df7f-49ae-afe9-1e73378158ff"/>
+    <w:basedOn w:val="NormalTable_211d3231-1b94-41e6-9c95-d3960dc38974"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_1755103e-b38e-4904-a701-d2b3db2cf717" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_981e91ff-ebee-4bfb-a501-856122784fc7" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_981e91ff-ebee-4bfb-a501-856122784fc7"/>
+    <w:basedOn w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_760f9672-e4f5-4e2f-bb80-332bd2560498" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_b5785a3c-c625-4970-9892-814d33075135"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_5e33e95d-6da1-49d8-88a6-4060743e2ebe" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_5e33e95d-6da1-49d8-88a6-4060743e2ebe"/>
+    <w:basedOn w:val="Normal_4b7a0965-e4fc-4df7-852f-585601443ccd"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_9535a806-9e3a-421a-be6a-c3a158b32c5a" w:customStyle="1">
-    <w:name w:val="Normal Table_9535a806-9e3a-421a-be6a-c3a158b32c5a"/>
+  <w:style w:type="table" w:styleId="NormalTable_64a09ae8-5b6e-43cc-9bed-61d2d89f3c57" w:customStyle="1">
+    <w:name w:val="Normal Table_64a09ae8-5b6e-43cc-9bed-61d2d89f3c57"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_df209027-38bb-422d-9189-5e6cc80825c2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_9535a806-9e3a-421a-be6a-c3a158b32c5a"/>
+  <w:style w:type="table" w:styleId="TableGrid_f4e92add-d739-45ac-bb7d-a908897bd92f" w:customStyle="1">
+    <w:name w:val="Table Grid_f4e92add-d739-45ac-bb7d-a908897bd92f"/>
+    <w:basedOn w:val="NormalTable_64a09ae8-5b6e-43cc-9bed-61d2d89f3c57"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_60d29805-b09e-4792-bffa-87b18f49c2ae" w:customStyle="1">
-    <w:name w:val="Normal Table_60d29805-b09e-4792-bffa-87b18f49c2ae"/>
+  <w:style w:type="table" w:styleId="NormalTable_b2d1c0ea-50b9-4c22-b3a4-3af8fb3c1e3d" w:customStyle="1">
+    <w:name w:val="Normal Table_b2d1c0ea-50b9-4c22-b3a4-3af8fb3c1e3d"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_97140acf-7d64-4896-9750-913159cb13da" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_60d29805-b09e-4792-bffa-87b18f49c2ae"/>
+  <w:style w:type="table" w:styleId="TableGrid_4ed84957-4694-45e4-85e5-40e03d66df56" w:customStyle="1">
+    <w:name w:val="Table Grid_4ed84957-4694-45e4-85e5-40e03d66df56"/>
+    <w:basedOn w:val="NormalTable_b2d1c0ea-50b9-4c22-b3a4-3af8fb3c1e3d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_345ff566-858d-4ca6-a1e1-56f32744b06a" w:customStyle="1">
-    <w:name w:val="Normal Table_345ff566-858d-4ca6-a1e1-56f32744b06a"/>
+  <w:style w:type="table" w:styleId="NormalTable_03f7c877-dab3-4167-9485-af1de9cce409" w:customStyle="1">
+    <w:name w:val="Normal Table_03f7c877-dab3-4167-9485-af1de9cce409"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ca8adc37-c8ca-4174-94b2-004b5bdbf356" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_345ff566-858d-4ca6-a1e1-56f32744b06a"/>
+  <w:style w:type="table" w:styleId="TableGrid_b4c7d93c-60a5-4f69-b7f8-793a07eb9bfb" w:customStyle="1">
+    <w:name w:val="Table Grid_b4c7d93c-60a5-4f69-b7f8-793a07eb9bfb"/>
+    <w:basedOn w:val="NormalTable_03f7c877-dab3-4167-9485-af1de9cce409"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f4b65214-ff89-4b52-a39f-0aeaa7f74382" w:customStyle="1">
-    <w:name w:val="Normal Table_f4b65214-ff89-4b52-a39f-0aeaa7f74382"/>
+  <w:style w:type="table" w:styleId="NormalTable_5da599cd-79cd-44ea-b9dc-03eb8c221cae" w:customStyle="1">
+    <w:name w:val="Normal Table_5da599cd-79cd-44ea-b9dc-03eb8c221cae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d3e90715-a2cd-439b-aa3a-b6bab110bc30" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f4b65214-ff89-4b52-a39f-0aeaa7f74382"/>
+  <w:style w:type="table" w:styleId="TableGrid_b24a4922-320b-4ba0-b1e5-7283f0ffd9cb" w:customStyle="1">
+    <w:name w:val="Table Grid_b24a4922-320b-4ba0-b1e5-7283f0ffd9cb"/>
+    <w:basedOn w:val="NormalTable_5da599cd-79cd-44ea-b9dc-03eb8c221cae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0083e592-2e33-4d22-a79d-fd4ce60a3071" w:customStyle="1">
-    <w:name w:val="Normal Table_0083e592-2e33-4d22-a79d-fd4ce60a3071"/>
+  <w:style w:type="table" w:styleId="NormalTable_f04e9ee2-beb8-456f-86e8-9d4f09e4818f" w:customStyle="1">
+    <w:name w:val="Normal Table_f04e9ee2-beb8-456f-86e8-9d4f09e4818f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_596679ac-31e5-46ec-8e0e-da233d9bafd9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0083e592-2e33-4d22-a79d-fd4ce60a3071"/>
+  <w:style w:type="table" w:styleId="TableGrid_621b5af9-b849-4110-8f39-f288722110f7" w:customStyle="1">
+    <w:name w:val="Table Grid_621b5af9-b849-4110-8f39-f288722110f7"/>
+    <w:basedOn w:val="NormalTable_f04e9ee2-beb8-456f-86e8-9d4f09e4818f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_04e77c73-6466-4491-b6b4-6cbf9a7adfcf" w:customStyle="1">
-    <w:name w:val="Normal Table_04e77c73-6466-4491-b6b4-6cbf9a7adfcf"/>
+  <w:style w:type="table" w:styleId="NormalTable_4613709b-c6f9-4656-9644-0e75e524782f" w:customStyle="1">
+    <w:name w:val="Normal Table_4613709b-c6f9-4656-9644-0e75e524782f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fe43aed3-cd8b-4cf2-8162-f592f21238b2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_04e77c73-6466-4491-b6b4-6cbf9a7adfcf"/>
+  <w:style w:type="table" w:styleId="TableGrid_d7b70057-c530-4299-a3a8-d346b2d67735" w:customStyle="1">
+    <w:name w:val="Table Grid_d7b70057-c530-4299-a3a8-d346b2d67735"/>
+    <w:basedOn w:val="NormalTable_4613709b-c6f9-4656-9644-0e75e524782f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b72b11f-42ff-4f83-b1b8-7a85ce49075d" w:customStyle="1">
-    <w:name w:val="Normal Table_4b72b11f-42ff-4f83-b1b8-7a85ce49075d"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1232823-a3f1-4d1b-8531-d31d230dd357" w:customStyle="1">
+    <w:name w:val="Normal Table_c1232823-a3f1-4d1b-8531-d31d230dd357"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9a2417dc-afb1-4133-865a-32299e0d6d1b" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b72b11f-42ff-4f83-b1b8-7a85ce49075d"/>
+  <w:style w:type="table" w:styleId="TableGrid_ae412781-1cb5-4baf-a6ea-77deebc10241" w:customStyle="1">
+    <w:name w:val="Table Grid_ae412781-1cb5-4baf-a6ea-77deebc10241"/>
+    <w:basedOn w:val="NormalTable_c1232823-a3f1-4d1b-8531-d31d230dd357"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bde2083f-9bd2-4270-9883-bcdb4d4dcd9f" w:customStyle="1">
-    <w:name w:val="Normal Table_bde2083f-9bd2-4270-9883-bcdb4d4dcd9f"/>
+  <w:style w:type="table" w:styleId="NormalTable_0ad0a473-dae0-467f-b69e-784d7f41524b" w:customStyle="1">
+    <w:name w:val="Normal Table_0ad0a473-dae0-467f-b69e-784d7f41524b"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fc809290-4703-4fd0-a274-73bc5ce0639a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bde2083f-9bd2-4270-9883-bcdb4d4dcd9f"/>
+  <w:style w:type="table" w:styleId="TableGrid_0b9e15b0-31a4-4563-8c94-c18f4af3d204" w:customStyle="1">
+    <w:name w:val="Table Grid_0b9e15b0-31a4-4563-8c94-c18f4af3d204"/>
+    <w:basedOn w:val="NormalTable_0ad0a473-dae0-467f-b69e-784d7f41524b"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7a90046c-1049-413e-a923-7c459f24ffa9" w:customStyle="1">
-    <w:name w:val="Normal Table_7a90046c-1049-413e-a923-7c459f24ffa9"/>
+  <w:style w:type="table" w:styleId="NormalTable_04185f16-55b0-464d-9eee-7c07cb5d3b73" w:customStyle="1">
+    <w:name w:val="Normal Table_04185f16-55b0-464d-9eee-7c07cb5d3b73"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b0510c29-1c86-4411-ae27-c97b53c46692" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7a90046c-1049-413e-a923-7c459f24ffa9"/>
+  <w:style w:type="table" w:styleId="TableGrid_a0c93d44-c7b8-4af0-86f1-1408224ea61c" w:customStyle="1">
+    <w:name w:val="Table Grid_a0c93d44-c7b8-4af0-86f1-1408224ea61c"/>
+    <w:basedOn w:val="NormalTable_04185f16-55b0-464d-9eee-7c07cb5d3b73"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>