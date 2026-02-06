--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -1554,117 +1554,117 @@
   <w:font w:name="Times New Roman">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_6aaa12b8-bc45-45ad-8f97-75487e6ce13e"/>
+      <w:tblStyle w:val="TableGrid_d77fcbbf-2c76-404a-8140-d516e8ca22d3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4819"/>
       <w:gridCol w:w="4819"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:52:42 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:06:31 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4819"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1681,153 +1681,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_846b7bcf-17fa-41ff-a85e-a9ad10269a05"/>
+      <w:tblStyle w:val="TableGrid_3ade552b-6ae7-4935-a593-3afe96610d57"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6467"/>
       <w:gridCol w:w="2320"/>
       <w:gridCol w:w="851"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6467"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_6683b265-4166-4ecc-a8c7-326d5e53fc00"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_0137471c-579b-4dfa-a5a9-6ad8bdcf88fe"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 678. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_f72b11aa-c197-4243-9e2d-e7e2e28b7e02"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e636b78f-2686-4e08-ad73-311596550e11"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Sjekkliste om asbest</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2320"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_f72b11aa-c197-4243-9e2d-e7e2e28b7e02"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e636b78f-2686-4e08-ad73-311596550e11"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="851"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+            <w:pStyle w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -1840,59 +1840,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+      <w:pStyle w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7807cb88-0f0e-4d6f-898a-a967a1459099"/>
+      <w:tblStyle w:val="TableGrid_57adb577-98ce-4d00-8201-d3d2a6103cb7"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6265"/>
       <w:gridCol w:w="3373"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1903,373 +1903,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6265"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_9257f842-2b0c-472a-8975-22376a2703de"/>
+            <w:tblStyle w:val="TableGrid_5ed4d7c0-2b09-432d-81c7-3844cf398bc8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA - Beredskap, tilsyn og kontroll</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">11.09.2025 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+            <w:pStyle w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3373"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_c645521b-b58a-48a7-bbf0-c22cc5c56ba6"/>
+            <w:tblStyle w:val="TableGrid_71ab4067-542b-48ed-9e6f-2bcfecc9d032"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2240"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Sjekkliste</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2240"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Justyna Katarzyna Filipczak</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+            <w:pStyle w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+      <w:pStyle w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -3149,629 +3149,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrida84e1ab4-ab4b-4445-b35e-4a1212b526fb" w:customStyle="1">
     <w:name w:val="Table Grid_a84e1ab4-ab4b-4445-b35e-4a1212b526fb"/>
     <w:basedOn w:val="NormalTable31a4a410-17ba-47b5-8602-3c2bcc05efe9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7d227960-a70f-4d2f-b62e-018965d217ca" w:customStyle="1">
-    <w:name w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+  <w:style w:type="paragraph" w:styleId="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb" w:customStyle="1">
+    <w:name w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_ca3d7884-cbab-4fbf-8618-b547816bcdd9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_e4832181-5def-4d60-b412-59a284554002"/>
+    <w:basedOn w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_aa04cd3b-dc1f-42cd-934c-da32b87fe732" w:customStyle="1">
-    <w:name w:val="Normal Table_aa04cd3b-dc1f-42cd-934c-da32b87fe732"/>
+  <w:style w:type="table" w:styleId="NormalTable_b532b67b-ea93-4528-bae6-416561eb51a9" w:customStyle="1">
+    <w:name w:val="Normal Table_b532b67b-ea93-4528-bae6-416561eb51a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b9e02a92-94fc-43d1-8449-1c4d2ff99e1d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_aa04cd3b-dc1f-42cd-934c-da32b87fe732"/>
+  <w:style w:type="table" w:styleId="TableGrid_ab1a725f-8fc6-46dd-a87f-e904b772a012" w:customStyle="1">
+    <w:name w:val="Table Grid_ab1a725f-8fc6-46dd-a87f-e904b772a012"/>
+    <w:basedOn w:val="NormalTable_b532b67b-ea93-4528-bae6-416561eb51a9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_6683b265-4166-4ecc-a8c7-326d5e53fc00" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_0137471c-579b-4dfa-a5a9-6ad8bdcf88fe" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_0137471c-579b-4dfa-a5a9-6ad8bdcf88fe"/>
+    <w:basedOn w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_f72b11aa-c197-4243-9e2d-e7e2e28b7e02" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_7d227960-a70f-4d2f-b62e-018965d217ca"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_e636b78f-2686-4e08-ad73-311596550e11" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_e636b78f-2686-4e08-ad73-311596550e11"/>
+    <w:basedOn w:val="Normal_1730dddc-e4ee-48ea-8289-d6b94d2b63fb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7ebbd2c6-a61e-40a5-9b48-2f1d73de242d" w:customStyle="1">
-    <w:name w:val="Normal Table_7ebbd2c6-a61e-40a5-9b48-2f1d73de242d"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e2fe424-dafb-4d40-9e88-826b43a210c3" w:customStyle="1">
+    <w:name w:val="Normal Table_7e2fe424-dafb-4d40-9e88-826b43a210c3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7a9dd21d-7b58-40e6-a9e9-2f3dcdd8ee4f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7ebbd2c6-a61e-40a5-9b48-2f1d73de242d"/>
+  <w:style w:type="table" w:styleId="TableGrid_e8ef9576-8276-414a-84d1-ef6b57ecfbc7" w:customStyle="1">
+    <w:name w:val="Table Grid_e8ef9576-8276-414a-84d1-ef6b57ecfbc7"/>
+    <w:basedOn w:val="NormalTable_7e2fe424-dafb-4d40-9e88-826b43a210c3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b1222f9f-9512-4c60-95c1-f80f26eb2fd8" w:customStyle="1">
-    <w:name w:val="Normal Table_b1222f9f-9512-4c60-95c1-f80f26eb2fd8"/>
+  <w:style w:type="table" w:styleId="NormalTable_f3ccd9c8-3051-4c17-99be-a860dc77a3aa" w:customStyle="1">
+    <w:name w:val="Normal Table_f3ccd9c8-3051-4c17-99be-a860dc77a3aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9cc991b4-b20f-465c-a912-1870efcef172" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b1222f9f-9512-4c60-95c1-f80f26eb2fd8"/>
+  <w:style w:type="table" w:styleId="TableGrid_1265211a-0e56-493d-896b-78b8ba9ef987" w:customStyle="1">
+    <w:name w:val="Table Grid_1265211a-0e56-493d-896b-78b8ba9ef987"/>
+    <w:basedOn w:val="NormalTable_f3ccd9c8-3051-4c17-99be-a860dc77a3aa"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_40c40323-f6a8-4052-a605-1b933a151f03" w:customStyle="1">
-    <w:name w:val="Normal Table_40c40323-f6a8-4052-a605-1b933a151f03"/>
+  <w:style w:type="table" w:styleId="NormalTable_02411bdb-839b-461a-a049-9e3df67f7cea" w:customStyle="1">
+    <w:name w:val="Normal Table_02411bdb-839b-461a-a049-9e3df67f7cea"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b6cf3d0d-5a23-4225-b589-b9a26057823e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_40c40323-f6a8-4052-a605-1b933a151f03"/>
+  <w:style w:type="table" w:styleId="TableGrid_5e3323e4-56e8-4dfd-8da2-79d0df6398fe" w:customStyle="1">
+    <w:name w:val="Table Grid_5e3323e4-56e8-4dfd-8da2-79d0df6398fe"/>
+    <w:basedOn w:val="NormalTable_02411bdb-839b-461a-a049-9e3df67f7cea"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_c9be0124-fa1e-424c-8185-9876cae8ffe2" w:customStyle="1">
-    <w:name w:val="Normal Table_c9be0124-fa1e-424c-8185-9876cae8ffe2"/>
+  <w:style w:type="table" w:styleId="NormalTable_749fa80d-9b46-4cdf-9a4b-5f3a8ea1f633" w:customStyle="1">
+    <w:name w:val="Normal Table_749fa80d-9b46-4cdf-9a4b-5f3a8ea1f633"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9ec32fd5-9800-4561-9d95-fc087adf116c" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_c9be0124-fa1e-424c-8185-9876cae8ffe2"/>
+  <w:style w:type="table" w:styleId="TableGrid_c08876e1-a3fa-4d16-910f-6583aa5525b5" w:customStyle="1">
+    <w:name w:val="Table Grid_c08876e1-a3fa-4d16-910f-6583aa5525b5"/>
+    <w:basedOn w:val="NormalTable_749fa80d-9b46-4cdf-9a4b-5f3a8ea1f633"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_737392f1-ff88-418c-b44d-249d8845e5cf" w:customStyle="1">
-    <w:name w:val="Normal Table_737392f1-ff88-418c-b44d-249d8845e5cf"/>
+  <w:style w:type="table" w:styleId="NormalTable_c0066620-464a-461b-ab05-52b5b6a1f7ce" w:customStyle="1">
+    <w:name w:val="Normal Table_c0066620-464a-461b-ab05-52b5b6a1f7ce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6aaa12b8-bc45-45ad-8f97-75487e6ce13e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_737392f1-ff88-418c-b44d-249d8845e5cf"/>
+  <w:style w:type="table" w:styleId="TableGrid_d77fcbbf-2c76-404a-8140-d516e8ca22d3" w:customStyle="1">
+    <w:name w:val="Table Grid_d77fcbbf-2c76-404a-8140-d516e8ca22d3"/>
+    <w:basedOn w:val="NormalTable_c0066620-464a-461b-ab05-52b5b6a1f7ce"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b0ee95c1-f982-4e25-94c1-f962116f884a" w:customStyle="1">
-    <w:name w:val="Normal Table_b0ee95c1-f982-4e25-94c1-f962116f884a"/>
+  <w:style w:type="table" w:styleId="NormalTable_a3e9f93c-24b6-4429-9ddd-248b18f414cc" w:customStyle="1">
+    <w:name w:val="Normal Table_a3e9f93c-24b6-4429-9ddd-248b18f414cc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_846b7bcf-17fa-41ff-a85e-a9ad10269a05" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b0ee95c1-f982-4e25-94c1-f962116f884a"/>
+  <w:style w:type="table" w:styleId="TableGrid_3ade552b-6ae7-4935-a593-3afe96610d57" w:customStyle="1">
+    <w:name w:val="Table Grid_3ade552b-6ae7-4935-a593-3afe96610d57"/>
+    <w:basedOn w:val="NormalTable_a3e9f93c-24b6-4429-9ddd-248b18f414cc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_b977e172-3ba1-49bd-a05b-a5ace95719e7" w:customStyle="1">
-    <w:name w:val="Normal Table_b977e172-3ba1-49bd-a05b-a5ace95719e7"/>
+  <w:style w:type="table" w:styleId="NormalTable_f7445dc9-0655-41fb-8406-e700df50ad23" w:customStyle="1">
+    <w:name w:val="Normal Table_f7445dc9-0655-41fb-8406-e700df50ad23"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9257f842-2b0c-472a-8975-22376a2703de" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_b977e172-3ba1-49bd-a05b-a5ace95719e7"/>
+  <w:style w:type="table" w:styleId="TableGrid_5ed4d7c0-2b09-432d-81c7-3844cf398bc8" w:customStyle="1">
+    <w:name w:val="Table Grid_5ed4d7c0-2b09-432d-81c7-3844cf398bc8"/>
+    <w:basedOn w:val="NormalTable_f7445dc9-0655-41fb-8406-e700df50ad23"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_28fb956d-19b4-44ef-9e44-9c68f2d8e25d" w:customStyle="1">
-    <w:name w:val="Normal Table_28fb956d-19b4-44ef-9e44-9c68f2d8e25d"/>
+  <w:style w:type="table" w:styleId="NormalTable_9b1379d5-28ff-4d5c-8781-347cb2f3a689" w:customStyle="1">
+    <w:name w:val="Normal Table_9b1379d5-28ff-4d5c-8781-347cb2f3a689"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c645521b-b58a-48a7-bbf0-c22cc5c56ba6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_28fb956d-19b4-44ef-9e44-9c68f2d8e25d"/>
+  <w:style w:type="table" w:styleId="TableGrid_71ab4067-542b-48ed-9e6f-2bcfecc9d032" w:customStyle="1">
+    <w:name w:val="Table Grid_71ab4067-542b-48ed-9e6f-2bcfecc9d032"/>
+    <w:basedOn w:val="NormalTable_9b1379d5-28ff-4d5c-8781-347cb2f3a689"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_48341043-e577-4cfc-ae09-fa6313fa9454" w:customStyle="1">
-    <w:name w:val="Normal Table_48341043-e577-4cfc-ae09-fa6313fa9454"/>
+  <w:style w:type="table" w:styleId="NormalTable_a804c686-f5a8-447c-92b0-7726eb175e30" w:customStyle="1">
+    <w:name w:val="Normal Table_a804c686-f5a8-447c-92b0-7726eb175e30"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7807cb88-0f0e-4d6f-898a-a967a1459099" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_48341043-e577-4cfc-ae09-fa6313fa9454"/>
+  <w:style w:type="table" w:styleId="TableGrid_57adb577-98ce-4d00-8201-d3d2a6103cb7" w:customStyle="1">
+    <w:name w:val="Table Grid_57adb577-98ce-4d00-8201-d3d2a6103cb7"/>
+    <w:basedOn w:val="NormalTable_a804c686-f5a8-447c-92b0-7726eb175e30"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>