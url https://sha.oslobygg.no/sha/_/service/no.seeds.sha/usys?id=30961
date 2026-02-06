--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -1797,117 +1797,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Oslo Sans Office">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000006F" w:usb1="0000307B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_ce9310cd-2094-414f-b7a0-83782a5f0dcb"/>
+      <w:tblStyle w:val="TableGrid_20c043cc-6d28-4fed-ad06-d0a9ea86e0c6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4536"/>
       <w:gridCol w:w="4536"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:44:56 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:07:29 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4536"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -1924,153 +1924,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5fc517fe-dc89-4cc6-98d4-571825146f7a"/>
+      <w:tblStyle w:val="TableGrid_0e819141-8aa0-4ed0-bfa3-ef987bf011b6"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6087"/>
       <w:gridCol w:w="2184"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6087"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fb71f0df-9515-42f4-90f8-23198f77671d"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_e6759f75-d684-4cc2-a680-bc361c0dd8e2"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 835. Versjonsnummer: 5</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_41e52c65-2262-4fa1-9f88-2f6989ad56f0"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_01a79ce7-647d-4bc7-87e2-aac781d353da"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">HMSREG  Oppretting av prosjekt_kontrakt</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2184"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_41e52c65-2262-4fa1-9f88-2f6989ad56f0"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_01a79ce7-647d-4bc7-87e2-aac781d353da"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+            <w:pStyle w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -2083,59 +2083,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+      <w:pStyle w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_200a0525-cae7-49f0-9e6c-dd780404d692"/>
+      <w:tblStyle w:val="TableGrid_3fd21cf8-f919-417c-b2e9-bd736126c7c2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5897"/>
       <w:gridCol w:w="3175"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2146,373 +2146,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5897"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_987780de-ed18-48af-bd2e-a14b7e5e2d89"/>
+            <w:tblStyle w:val="TableGrid_ac3d6e73-da3f-4e4f-8f18-1f6d81a4b1bf"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / Virksomhetsstyring+ / Arbeidslivsseriøsitet+ / Oppfølging av arbeidslivsseriøsitet i rammeavtaler (EIE og VED)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">26.08.2025 (Berit Elise Bye)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+            <w:pStyle w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3175"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_2d5ab47e-829e-48a1-8928-37f211e8156f"/>
+            <w:tblStyle w:val="TableGrid_c8951372-b40d-43c2-920b-c35df4948728"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1200"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1200"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Berit Elise Bye</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+            <w:pStyle w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+      <w:pStyle w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="58C11D7B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -4571,629 +4571,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid2f46c0e5-ebdd-4637-a7d7-0e17979d9127" w:customStyle="1">
     <w:name w:val="Table Grid_2f46c0e5-ebdd-4637-a7d7-0e17979d9127"/>
     <w:basedOn w:val="NormalTablea1e03668-97e0-4eb0-8dc3-30d5a5f47009"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_0729cf26-41ad-43a7-8762-98da80203906" w:customStyle="1">
-    <w:name w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+  <w:style w:type="paragraph" w:styleId="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d" w:customStyle="1">
+    <w:name w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_f1c33789-b0df-4623-9766-e5cdec86c562" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_c96eb6b5-7fa6-4ba3-9567-8413557900f8"/>
+    <w:basedOn w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_333b8d51-be5d-4f26-bab2-e86e6003e990" w:customStyle="1">
-    <w:name w:val="Normal Table_333b8d51-be5d-4f26-bab2-e86e6003e990"/>
+  <w:style w:type="table" w:styleId="NormalTable_4c7140eb-170a-4d08-abc3-52266a8957fc" w:customStyle="1">
+    <w:name w:val="Normal Table_4c7140eb-170a-4d08-abc3-52266a8957fc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3f3d64e9-edaf-4c9b-9090-b40030b9722e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_333b8d51-be5d-4f26-bab2-e86e6003e990"/>
+  <w:style w:type="table" w:styleId="TableGrid_4491f3f6-caec-4321-bf69-42fe62b8b468" w:customStyle="1">
+    <w:name w:val="Table Grid_4491f3f6-caec-4321-bf69-42fe62b8b468"/>
+    <w:basedOn w:val="NormalTable_4c7140eb-170a-4d08-abc3-52266a8957fc"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_fb71f0df-9515-42f4-90f8-23198f77671d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_e6759f75-d684-4cc2-a680-bc361c0dd8e2" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_e6759f75-d684-4cc2-a680-bc361c0dd8e2"/>
+    <w:basedOn w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_41e52c65-2262-4fa1-9f88-2f6989ad56f0" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_0729cf26-41ad-43a7-8762-98da80203906"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_01a79ce7-647d-4bc7-87e2-aac781d353da" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_01a79ce7-647d-4bc7-87e2-aac781d353da"/>
+    <w:basedOn w:val="Normal_64ef91b0-0dca-4c24-8149-518b53a91a5d"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7067ce88-5a82-4910-a176-0523da7278e4" w:customStyle="1">
-    <w:name w:val="Normal Table_7067ce88-5a82-4910-a176-0523da7278e4"/>
+  <w:style w:type="table" w:styleId="NormalTable_9dd153b2-d8f9-4c2a-a9b3-2c0eed699ed2" w:customStyle="1">
+    <w:name w:val="Normal Table_9dd153b2-d8f9-4c2a-a9b3-2c0eed699ed2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_936d715e-e94f-47cd-8fd6-3e49bd79f707" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7067ce88-5a82-4910-a176-0523da7278e4"/>
+  <w:style w:type="table" w:styleId="TableGrid_93d409af-736b-44b3-924f-7fbd0438636a" w:customStyle="1">
+    <w:name w:val="Table Grid_93d409af-736b-44b3-924f-7fbd0438636a"/>
+    <w:basedOn w:val="NormalTable_9dd153b2-d8f9-4c2a-a9b3-2c0eed699ed2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dbdd75f9-2ac5-44c8-a0be-ebbaf943c822" w:customStyle="1">
-    <w:name w:val="Normal Table_dbdd75f9-2ac5-44c8-a0be-ebbaf943c822"/>
+  <w:style w:type="table" w:styleId="NormalTable_ac3b8d3e-83d7-4b47-85c5-e6c75609cb1c" w:customStyle="1">
+    <w:name w:val="Normal Table_ac3b8d3e-83d7-4b47-85c5-e6c75609cb1c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_cdaebc1a-9cce-4115-97b1-76facc1ae839" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dbdd75f9-2ac5-44c8-a0be-ebbaf943c822"/>
+  <w:style w:type="table" w:styleId="TableGrid_4587ec16-5728-4f8a-9201-7c8bf5e4b2b4" w:customStyle="1">
+    <w:name w:val="Table Grid_4587ec16-5728-4f8a-9201-7c8bf5e4b2b4"/>
+    <w:basedOn w:val="NormalTable_ac3b8d3e-83d7-4b47-85c5-e6c75609cb1c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_139b0176-e0f9-44b1-8c04-cd8a42d17888" w:customStyle="1">
-    <w:name w:val="Normal Table_139b0176-e0f9-44b1-8c04-cd8a42d17888"/>
+  <w:style w:type="table" w:styleId="NormalTable_2df9f3fd-d9e5-4ce7-b5f3-f9ef096c72eb" w:customStyle="1">
+    <w:name w:val="Normal Table_2df9f3fd-d9e5-4ce7-b5f3-f9ef096c72eb"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5a631c94-119d-4fe1-a739-3fe74a53a3fa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_139b0176-e0f9-44b1-8c04-cd8a42d17888"/>
+  <w:style w:type="table" w:styleId="TableGrid_14e3d70c-2f30-4793-8cb2-ed4cf604e1a5" w:customStyle="1">
+    <w:name w:val="Table Grid_14e3d70c-2f30-4793-8cb2-ed4cf604e1a5"/>
+    <w:basedOn w:val="NormalTable_2df9f3fd-d9e5-4ce7-b5f3-f9ef096c72eb"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_6cc4338c-63a1-43d0-b36d-caf5e74b5baf" w:customStyle="1">
-    <w:name w:val="Normal Table_6cc4338c-63a1-43d0-b36d-caf5e74b5baf"/>
+  <w:style w:type="table" w:styleId="NormalTable_632ce2fb-af45-436a-bbcf-5fa1ab34008f" w:customStyle="1">
+    <w:name w:val="Normal Table_632ce2fb-af45-436a-bbcf-5fa1ab34008f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_edc2020f-9e1a-4e9d-ace1-7c8abe7884b7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_6cc4338c-63a1-43d0-b36d-caf5e74b5baf"/>
+  <w:style w:type="table" w:styleId="TableGrid_b13fbab0-98dd-4074-9ce2-4acd5a10fa10" w:customStyle="1">
+    <w:name w:val="Table Grid_b13fbab0-98dd-4074-9ce2-4acd5a10fa10"/>
+    <w:basedOn w:val="NormalTable_632ce2fb-af45-436a-bbcf-5fa1ab34008f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2e339f2f-cc85-44a5-81b9-0e8e734af977" w:customStyle="1">
-    <w:name w:val="Normal Table_2e339f2f-cc85-44a5-81b9-0e8e734af977"/>
+  <w:style w:type="table" w:styleId="NormalTable_6483d048-0f50-462d-b166-265817a61423" w:customStyle="1">
+    <w:name w:val="Normal Table_6483d048-0f50-462d-b166-265817a61423"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_ce9310cd-2094-414f-b7a0-83782a5f0dcb" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2e339f2f-cc85-44a5-81b9-0e8e734af977"/>
+  <w:style w:type="table" w:styleId="TableGrid_20c043cc-6d28-4fed-ad06-d0a9ea86e0c6" w:customStyle="1">
+    <w:name w:val="Table Grid_20c043cc-6d28-4fed-ad06-d0a9ea86e0c6"/>
+    <w:basedOn w:val="NormalTable_6483d048-0f50-462d-b166-265817a61423"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_159f5c5b-9df7-4e86-8368-038c2a001934" w:customStyle="1">
-    <w:name w:val="Normal Table_159f5c5b-9df7-4e86-8368-038c2a001934"/>
+  <w:style w:type="table" w:styleId="NormalTable_a832a440-e87f-4649-941a-c37a6bad44a4" w:customStyle="1">
+    <w:name w:val="Normal Table_a832a440-e87f-4649-941a-c37a6bad44a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5fc517fe-dc89-4cc6-98d4-571825146f7a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_159f5c5b-9df7-4e86-8368-038c2a001934"/>
+  <w:style w:type="table" w:styleId="TableGrid_0e819141-8aa0-4ed0-bfa3-ef987bf011b6" w:customStyle="1">
+    <w:name w:val="Table Grid_0e819141-8aa0-4ed0-bfa3-ef987bf011b6"/>
+    <w:basedOn w:val="NormalTable_a832a440-e87f-4649-941a-c37a6bad44a4"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ddcd09d2-c3b1-483c-a0a8-7bcfa19f2bb9" w:customStyle="1">
-    <w:name w:val="Normal Table_ddcd09d2-c3b1-483c-a0a8-7bcfa19f2bb9"/>
+  <w:style w:type="table" w:styleId="NormalTable_9cac8b6e-365b-43cf-8288-ff67613b4688" w:customStyle="1">
+    <w:name w:val="Normal Table_9cac8b6e-365b-43cf-8288-ff67613b4688"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_987780de-ed18-48af-bd2e-a14b7e5e2d89" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ddcd09d2-c3b1-483c-a0a8-7bcfa19f2bb9"/>
+  <w:style w:type="table" w:styleId="TableGrid_ac3d6e73-da3f-4e4f-8f18-1f6d81a4b1bf" w:customStyle="1">
+    <w:name w:val="Table Grid_ac3d6e73-da3f-4e4f-8f18-1f6d81a4b1bf"/>
+    <w:basedOn w:val="NormalTable_9cac8b6e-365b-43cf-8288-ff67613b4688"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bdff1d69-5749-495a-84e4-a050693d8074" w:customStyle="1">
-    <w:name w:val="Normal Table_bdff1d69-5749-495a-84e4-a050693d8074"/>
+  <w:style w:type="table" w:styleId="NormalTable_5534c6d1-3878-45dd-b74d-ea66bbdb1931" w:customStyle="1">
+    <w:name w:val="Normal Table_5534c6d1-3878-45dd-b74d-ea66bbdb1931"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2d5ab47e-829e-48a1-8928-37f211e8156f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bdff1d69-5749-495a-84e4-a050693d8074"/>
+  <w:style w:type="table" w:styleId="TableGrid_c8951372-b40d-43c2-920b-c35df4948728" w:customStyle="1">
+    <w:name w:val="Table Grid_c8951372-b40d-43c2-920b-c35df4948728"/>
+    <w:basedOn w:val="NormalTable_5534c6d1-3878-45dd-b74d-ea66bbdb1931"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4b75470d-d70f-46d8-b5dc-28b95e3e64f1" w:customStyle="1">
-    <w:name w:val="Normal Table_4b75470d-d70f-46d8-b5dc-28b95e3e64f1"/>
+  <w:style w:type="table" w:styleId="NormalTable_c1bc8a07-f30d-492f-9e79-bcffc3fcd8ae" w:customStyle="1">
+    <w:name w:val="Normal Table_c1bc8a07-f30d-492f-9e79-bcffc3fcd8ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_200a0525-cae7-49f0-9e6c-dd780404d692" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4b75470d-d70f-46d8-b5dc-28b95e3e64f1"/>
+  <w:style w:type="table" w:styleId="TableGrid_3fd21cf8-f919-417c-b2e9-bd736126c7c2" w:customStyle="1">
+    <w:name w:val="Table Grid_3fd21cf8-f919-417c-b2e9-bd736126c7c2"/>
+    <w:basedOn w:val="NormalTable_c1bc8a07-f30d-492f-9e79-bcffc3fcd8ae"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>