--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -683,117 +683,117 @@
     <w:charset w:val="0"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:charset w:val="0"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_fa24f206-b622-4ada-a5e1-211534452e7d"/>
+      <w:tblStyle w:val="TableGrid_85a2ffc0-5567-4664-978a-27fd11ad28e2"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4748"/>
       <w:gridCol w:w="4749"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:43:24 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:07:35 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4748"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -810,153 +810,153 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_3a5cc143-7617-4cb7-a0f6-fb377efd8b42"/>
+      <w:tblStyle w:val="TableGrid_a96f6046-33e1-4331-9b75-ecab93431de9"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6372"/>
       <w:gridCol w:w="2286"/>
       <w:gridCol w:w="839"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr>
         <w:trHeight w:val="600" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6372"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_82b1b21b-fd56-4dcf-a9f9-6dc1ff074bb7"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fcd38abf-5ef0-4161-bab5-881a3af0f86f"/>
             <w:pBdr/>
             <w:spacing w:after="40"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Dokument-ID: 1708. Versjonsnummer: 1</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b89546d5-3a17-418f-84a7-37b2592cf058"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_53fad36a-d05b-4499-b6b5-1880131ea438"/>
             <w:pBdr/>
             <w:spacing w:line="300" w:lineRule="exact"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Avtale om lån av lagringsplass</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="2286"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_b89546d5-3a17-418f-84a7-37b2592cf058"/>
+            <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_53fad36a-d05b-4499-b6b5-1880131ea438"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="839"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+            <w:pStyle w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -969,59 +969,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+      <w:pStyle w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_5d18be61-b2f8-436a-9fc0-5626349bf990"/>
+      <w:tblStyle w:val="TableGrid_fc96fc30-78e8-43d6-af79-f78468437b4c"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6173"/>
       <w:gridCol w:w="3324"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -1032,373 +1032,373 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="6173"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_3b32b359-d2fb-439d-abbf-5c45b23fc6e6"/>
+            <w:tblStyle w:val="TableGrid_13cb119a-9fac-421d-a82a-fa707e4a273a"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sted og prosess</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Oslobygg / SHA+ / SHA i drift og vedlikehold+ / SHA-prosess EIE og VED</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1500"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Sist godkjent dato</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">21.11.2023 (Magne Ness)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+            <w:pStyle w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3324"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_8d236d0a-754f-48c2-b01e-1f17139122b5"/>
+            <w:tblStyle w:val="TableGrid_d840e41d-d754-4f5b-85a4-3150ed5bc4b8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="940"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentkategori</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="940"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Mal</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
                 <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:top w:w="0" w:type="dxa"/>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:bottom w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
             </w:tblPrEx>
             <w:trPr/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1580"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                   <w:t xml:space="preserve">Dokumentansvarlig</w:t>
                 </w:r>
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="940"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
-                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2"/>
+                  <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Nicolai Bull</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+            <w:pStyle w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+      <w:pStyle w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="07D9151C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:pPr>
         <w:spacing/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -3019,629 +3019,629 @@
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid3c02a033-ada7-424c-9911-567027f729db" w:customStyle="1">
     <w:name w:val="Table Grid_3c02a033-ada7-424c-9911-567027f729db"/>
     <w:basedOn w:val="NormalTable57aba517-695b-4524-9b6b-fb618bb5844d"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9" w:customStyle="1">
-    <w:name w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+  <w:style w:type="paragraph" w:styleId="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707" w:customStyle="1">
+    <w:name w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_232b33f1-4d87-4720-92a3-3a130db593f2" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName_d01e4d21-7217-4ce7-be5c-1deef29dc64d"/>
+    <w:basedOn w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_52e2acb8-4e81-40b6-b6ca-67d286c9fb99" w:customStyle="1">
-    <w:name w:val="Normal Table_52e2acb8-4e81-40b6-b6ca-67d286c9fb99"/>
+  <w:style w:type="table" w:styleId="NormalTable_b1b9abd3-6e1b-469b-a79b-94d2ea71de0c" w:customStyle="1">
+    <w:name w:val="Normal Table_b1b9abd3-6e1b-469b-a79b-94d2ea71de0c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9220a417-2f88-41df-a63a-ce7a9f5f9ce9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_52e2acb8-4e81-40b6-b6ca-67d286c9fb99"/>
+  <w:style w:type="table" w:styleId="TableGrid_90741a13-6db1-4470-91bf-e29cf805add2" w:customStyle="1">
+    <w:name w:val="Table Grid_90741a13-6db1-4470-91bf-e29cf805add2"/>
+    <w:basedOn w:val="NormalTable_b1b9abd3-6e1b-469b-a79b-94d2ea71de0c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_82b1b21b-fd56-4dcf-a9f9-6dc1ff074bb7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName_fcd38abf-5ef0-4161-bab5-881a3af0f86f" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName_fcd38abf-5ef0-4161-bab5-881a3af0f86f"/>
+    <w:basedOn w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_b89546d5-3a17-418f-84a7-37b2592cf058" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal_bf7c59ae-1cf0-4c4d-9278-c823e72b49c9"/>
+  <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName_53fad36a-d05b-4499-b6b5-1880131ea438" w:customStyle="1">
+    <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName_53fad36a-d05b-4499-b6b5-1880131ea438"/>
+    <w:basedOn w:val="Normal_9905a23a-bd98-4706-8b6d-0b3acd349707"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_8106f135-3a28-42ab-94fc-8379ca5bf414" w:customStyle="1">
-    <w:name w:val="Normal Table_8106f135-3a28-42ab-94fc-8379ca5bf414"/>
+  <w:style w:type="table" w:styleId="NormalTable_ccb49411-3219-4849-9f1a-9e9da1b7354c" w:customStyle="1">
+    <w:name w:val="Normal Table_ccb49411-3219-4849-9f1a-9e9da1b7354c"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_9b683be1-9ee0-4100-a64e-0e4619dd1ef8" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_8106f135-3a28-42ab-94fc-8379ca5bf414"/>
+  <w:style w:type="table" w:styleId="TableGrid_69f46aca-c72d-49e0-ae91-ffc0d9443997" w:customStyle="1">
+    <w:name w:val="Table Grid_69f46aca-c72d-49e0-ae91-ffc0d9443997"/>
+    <w:basedOn w:val="NormalTable_ccb49411-3219-4849-9f1a-9e9da1b7354c"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_f363f4b7-3dcf-4939-8dae-866b024c73bd" w:customStyle="1">
-    <w:name w:val="Normal Table_f363f4b7-3dcf-4939-8dae-866b024c73bd"/>
+  <w:style w:type="table" w:styleId="NormalTable_83ea3255-6919-4715-91be-3e1072e22c0e" w:customStyle="1">
+    <w:name w:val="Normal Table_83ea3255-6919-4715-91be-3e1072e22c0e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b54bcdc0-a608-458b-8cfa-72c96a18a7a9" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_f363f4b7-3dcf-4939-8dae-866b024c73bd"/>
+  <w:style w:type="table" w:styleId="TableGrid_f2f61360-2618-4272-a0f2-a9546f1073bc" w:customStyle="1">
+    <w:name w:val="Table Grid_f2f61360-2618-4272-a0f2-a9546f1073bc"/>
+    <w:basedOn w:val="NormalTable_83ea3255-6919-4715-91be-3e1072e22c0e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_4d631191-ab31-43b5-956f-2c782d816d4c" w:customStyle="1">
-    <w:name w:val="Normal Table_4d631191-ab31-43b5-956f-2c782d816d4c"/>
+  <w:style w:type="table" w:styleId="NormalTable_0444084c-1671-484d-b0f7-b7400305b244" w:customStyle="1">
+    <w:name w:val="Normal Table_0444084c-1671-484d-b0f7-b7400305b244"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a159d97b-3b4a-4604-95b2-52af78a014aa" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_4d631191-ab31-43b5-956f-2c782d816d4c"/>
+  <w:style w:type="table" w:styleId="TableGrid_56d8c9e5-1d56-4b60-8762-fbd9238aa1f3" w:customStyle="1">
+    <w:name w:val="Table Grid_56d8c9e5-1d56-4b60-8762-fbd9238aa1f3"/>
+    <w:basedOn w:val="NormalTable_0444084c-1671-484d-b0f7-b7400305b244"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bb0acdae-119e-4f02-86bb-15e04002d4fa" w:customStyle="1">
-    <w:name w:val="Normal Table_bb0acdae-119e-4f02-86bb-15e04002d4fa"/>
+  <w:style w:type="table" w:styleId="NormalTable_970afdb9-e586-4824-9688-82b94aaa8717" w:customStyle="1">
+    <w:name w:val="Normal Table_970afdb9-e586-4824-9688-82b94aaa8717"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_86437437-fb25-4021-bf66-cfea54a7626f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bb0acdae-119e-4f02-86bb-15e04002d4fa"/>
+  <w:style w:type="table" w:styleId="TableGrid_f19134f6-3aa7-4abf-a7c5-ddbcdb3b3bf8" w:customStyle="1">
+    <w:name w:val="Table Grid_f19134f6-3aa7-4abf-a7c5-ddbcdb3b3bf8"/>
+    <w:basedOn w:val="NormalTable_970afdb9-e586-4824-9688-82b94aaa8717"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_827f0bfc-8a42-40d9-b536-c29b2b2803bb" w:customStyle="1">
-    <w:name w:val="Normal Table_827f0bfc-8a42-40d9-b536-c29b2b2803bb"/>
+  <w:style w:type="table" w:styleId="NormalTable_0960a162-6f61-4a67-bc04-a15187c43eac" w:customStyle="1">
+    <w:name w:val="Normal Table_0960a162-6f61-4a67-bc04-a15187c43eac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_fa24f206-b622-4ada-a5e1-211534452e7d" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_827f0bfc-8a42-40d9-b536-c29b2b2803bb"/>
+  <w:style w:type="table" w:styleId="TableGrid_85a2ffc0-5567-4664-978a-27fd11ad28e2" w:customStyle="1">
+    <w:name w:val="Table Grid_85a2ffc0-5567-4664-978a-27fd11ad28e2"/>
+    <w:basedOn w:val="NormalTable_0960a162-6f61-4a67-bc04-a15187c43eac"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d9e97556-13b7-4690-b5b6-5cbfe0717563" w:customStyle="1">
-    <w:name w:val="Normal Table_d9e97556-13b7-4690-b5b6-5cbfe0717563"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e94bbf9-a36e-479a-8425-5af7d1523f14" w:customStyle="1">
+    <w:name w:val="Normal Table_7e94bbf9-a36e-479a-8425-5af7d1523f14"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3a5cc143-7617-4cb7-a0f6-fb377efd8b42" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d9e97556-13b7-4690-b5b6-5cbfe0717563"/>
+  <w:style w:type="table" w:styleId="TableGrid_a96f6046-33e1-4331-9b75-ecab93431de9" w:customStyle="1">
+    <w:name w:val="Table Grid_a96f6046-33e1-4331-9b75-ecab93431de9"/>
+    <w:basedOn w:val="NormalTable_7e94bbf9-a36e-479a-8425-5af7d1523f14"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_43ae0966-da24-4a30-9371-60096eb6507f" w:customStyle="1">
-    <w:name w:val="Normal Table_43ae0966-da24-4a30-9371-60096eb6507f"/>
+  <w:style w:type="table" w:styleId="NormalTable_6d0fb6b5-3701-4314-b693-872da39269be" w:customStyle="1">
+    <w:name w:val="Normal Table_6d0fb6b5-3701-4314-b693-872da39269be"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_3b32b359-d2fb-439d-abbf-5c45b23fc6e6" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_43ae0966-da24-4a30-9371-60096eb6507f"/>
+  <w:style w:type="table" w:styleId="TableGrid_13cb119a-9fac-421d-a82a-fa707e4a273a" w:customStyle="1">
+    <w:name w:val="Table Grid_13cb119a-9fac-421d-a82a-fa707e4a273a"/>
+    <w:basedOn w:val="NormalTable_6d0fb6b5-3701-4314-b693-872da39269be"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_cd637c59-c49c-47cc-90e6-9849e1a29bb6" w:customStyle="1">
-    <w:name w:val="Normal Table_cd637c59-c49c-47cc-90e6-9849e1a29bb6"/>
+  <w:style w:type="table" w:styleId="NormalTable_767f4eee-71af-40bc-ae08-baac9a247ed5" w:customStyle="1">
+    <w:name w:val="Normal Table_767f4eee-71af-40bc-ae08-baac9a247ed5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_8d236d0a-754f-48c2-b01e-1f17139122b5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_cd637c59-c49c-47cc-90e6-9849e1a29bb6"/>
+  <w:style w:type="table" w:styleId="TableGrid_d840e41d-d754-4f5b-85a4-3150ed5bc4b8" w:customStyle="1">
+    <w:name w:val="Table Grid_d840e41d-d754-4f5b-85a4-3150ed5bc4b8"/>
+    <w:basedOn w:val="NormalTable_767f4eee-71af-40bc-ae08-baac9a247ed5"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_40a169f5-63f5-4a13-8716-e4614d859cd5" w:customStyle="1">
-    <w:name w:val="Normal Table_40a169f5-63f5-4a13-8716-e4614d859cd5"/>
+  <w:style w:type="table" w:styleId="NormalTable_4ab4a91b-90f9-4737-a244-e763c3886cd2" w:customStyle="1">
+    <w:name w:val="Normal Table_4ab4a91b-90f9-4737-a244-e763c3886cd2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5d18be61-b2f8-436a-9fc0-5626349bf990" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_40a169f5-63f5-4a13-8716-e4614d859cd5"/>
+  <w:style w:type="table" w:styleId="TableGrid_fc96fc30-78e8-43d6-af79-f78468437b4c" w:customStyle="1">
+    <w:name w:val="Table Grid_fc96fc30-78e8-43d6-af79-f78468437b4c"/>
+    <w:basedOn w:val="NormalTable_4ab4a91b-90f9-4737-a244-e763c3886cd2"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>