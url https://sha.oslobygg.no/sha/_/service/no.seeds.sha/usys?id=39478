--- v0 (2025-12-14)
+++ v1 (2026-02-06)
@@ -6798,51 +6798,51 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_2b3c86d6-aab6-45f3-948d-775509c019df"/>
+      <w:tblStyle w:val="TableGrid_6e5ee16a-cc8f-4200-bed4-c6c5db540d70"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7002"/>
       <w:gridCol w:w="7002"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -6853,51 +6853,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7002"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">14.12.2025 02:41:26 </w:t>
+            <w:t xml:space="preserve">06.02.2026 01:04:41 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="7002"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -6925,51 +6925,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_0fb78c8f-1455-4840-b385-e7f149223252"/>
+      <w:tblStyle w:val="TableGrid_9937eab9-0f4d-4666-9701-f6c205f3c077"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9396"/>
       <w:gridCol w:w="3371"/>
       <w:gridCol w:w="1237"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -7027,51 +7027,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="1237"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+            <w:pStyle w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -7084,59 +7084,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+      <w:pStyle w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_f9a90e9d-6dff-4535-b52a-0478c8875dfe"/>
+      <w:tblStyle w:val="TableGrid_6c5d0b32-2b97-4877-b8eb-ab55acde7ea0"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9103"/>
       <w:gridCol w:w="4901"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7147,51 +7147,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="9103"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_d14fe029-fb40-4828-b0a7-f23c53d2869e"/>
+            <w:tblStyle w:val="TableGrid_bcc4d481-453e-4ffb-8fbc-bf72dfd1062c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7292,72 +7292,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">03.12.2025 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+            <w:pStyle w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4901"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_5fa0c821-e3e5-499c-ae8c-3eec56897655"/>
+            <w:tblStyle w:val="TableGrid_f65ca32c-fb86-4a7b-9e4f-fe9b4fe651d8"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="1920"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -7458,62 +7458,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="1920"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+            <w:pStyle w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+      <w:pStyle w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:val="none" w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -8446,629 +8446,629 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Ulstomtale" w:customStyle="1">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_9dcec6a7-285c-49e4-b629-0734440501b8" w:customStyle="1">
-    <w:name w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+  <w:style w:type="paragraph" w:styleId="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f" w:customStyle="1">
+    <w:name w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+    <w:basedOn w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_77cac67e-ff64-44b5-bd65-5a406d500f72" w:customStyle="1">
-    <w:name w:val="Normal Table_77cac67e-ff64-44b5-bd65-5a406d500f72"/>
+  <w:style w:type="table" w:styleId="NormalTable_9646859e-05a1-48e5-b541-8ffbd1586951" w:customStyle="1">
+    <w:name w:val="Normal Table_9646859e-05a1-48e5-b541-8ffbd1586951"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f33ce0b6-f12d-436c-8eec-b2fc8461c4fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_77cac67e-ff64-44b5-bd65-5a406d500f72"/>
+  <w:style w:type="table" w:styleId="TableGrid_7079902d-d225-4105-9953-229fcac809fd" w:customStyle="1">
+    <w:name w:val="Table Grid_7079902d-d225-4105-9953-229fcac809fd"/>
+    <w:basedOn w:val="NormalTable_9646859e-05a1-48e5-b541-8ffbd1586951"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+    <w:basedOn w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_9dcec6a7-285c-49e4-b629-0734440501b8"/>
+    <w:basedOn w:val="Normal_ef0c2999-9b2c-4cce-9e3f-0af23b942a8f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_401eed3c-b3be-422d-aae3-ad3402711ff1" w:customStyle="1">
-    <w:name w:val="Normal Table_401eed3c-b3be-422d-aae3-ad3402711ff1"/>
+  <w:style w:type="table" w:styleId="NormalTable_1521057d-53dd-4095-924a-afa41dbce732" w:customStyle="1">
+    <w:name w:val="Normal Table_1521057d-53dd-4095-924a-afa41dbce732"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_c5204755-9b06-4ed7-a263-5e085c1d5a0e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_401eed3c-b3be-422d-aae3-ad3402711ff1"/>
+  <w:style w:type="table" w:styleId="TableGrid_40032f6b-196d-4c95-a4d7-b8fc6a5680de" w:customStyle="1">
+    <w:name w:val="Table Grid_40032f6b-196d-4c95-a4d7-b8fc6a5680de"/>
+    <w:basedOn w:val="NormalTable_1521057d-53dd-4095-924a-afa41dbce732"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_be74e83c-17c6-4a9b-b108-7bd4e4ee3482" w:customStyle="1">
-    <w:name w:val="Normal Table_be74e83c-17c6-4a9b-b108-7bd4e4ee3482"/>
+  <w:style w:type="table" w:styleId="NormalTable_c2ddc3d7-b75c-4f35-b593-83cf7d61b403" w:customStyle="1">
+    <w:name w:val="Normal Table_c2ddc3d7-b75c-4f35-b593-83cf7d61b403"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_1cdf2821-82ba-4316-9a7c-0db2dadf23fc" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_be74e83c-17c6-4a9b-b108-7bd4e4ee3482"/>
+  <w:style w:type="table" w:styleId="TableGrid_b3c412f3-a74a-4e27-93ac-721b6506a098" w:customStyle="1">
+    <w:name w:val="Table Grid_b3c412f3-a74a-4e27-93ac-721b6506a098"/>
+    <w:basedOn w:val="NormalTable_c2ddc3d7-b75c-4f35-b593-83cf7d61b403"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0def1c9d-6b67-4ceb-8033-eff33e4de5ef" w:customStyle="1">
-    <w:name w:val="Normal Table_0def1c9d-6b67-4ceb-8033-eff33e4de5ef"/>
+  <w:style w:type="table" w:styleId="NormalTable_af192d07-593b-48c6-91ee-0afd49dd8ef7" w:customStyle="1">
+    <w:name w:val="Normal Table_af192d07-593b-48c6-91ee-0afd49dd8ef7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2879f08b-79df-4e74-8a5b-98cbf76f07f5" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0def1c9d-6b67-4ceb-8033-eff33e4de5ef"/>
+  <w:style w:type="table" w:styleId="TableGrid_774e1d3a-6b9e-48cc-ab65-ce78dad3051b" w:customStyle="1">
+    <w:name w:val="Table Grid_774e1d3a-6b9e-48cc-ab65-ce78dad3051b"/>
+    <w:basedOn w:val="NormalTable_af192d07-593b-48c6-91ee-0afd49dd8ef7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_e05bafe3-663d-4298-bbb6-1cfcb03e5a1e" w:customStyle="1">
-    <w:name w:val="Normal Table_e05bafe3-663d-4298-bbb6-1cfcb03e5a1e"/>
+  <w:style w:type="table" w:styleId="NormalTable_7e258e2c-7c50-464e-a8e4-3951054208d7" w:customStyle="1">
+    <w:name w:val="Normal Table_7e258e2c-7c50-464e-a8e4-3951054208d7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5cea186e-5e4b-479b-b045-4c0b67b2824a" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_e05bafe3-663d-4298-bbb6-1cfcb03e5a1e"/>
+  <w:style w:type="table" w:styleId="TableGrid_fab360f2-bfd8-4f88-a1d3-5edf806e1799" w:customStyle="1">
+    <w:name w:val="Table Grid_fab360f2-bfd8-4f88-a1d3-5edf806e1799"/>
+    <w:basedOn w:val="NormalTable_7e258e2c-7c50-464e-a8e4-3951054208d7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_7896fe09-3c9c-4013-8a47-14c7fa6e37a9" w:customStyle="1">
-    <w:name w:val="Normal Table_7896fe09-3c9c-4013-8a47-14c7fa6e37a9"/>
+  <w:style w:type="table" w:styleId="NormalTable_a621ac60-5cde-4305-8538-b0affb2be110" w:customStyle="1">
+    <w:name w:val="Normal Table_a621ac60-5cde-4305-8538-b0affb2be110"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_2b3c86d6-aab6-45f3-948d-775509c019df" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_7896fe09-3c9c-4013-8a47-14c7fa6e37a9"/>
+  <w:style w:type="table" w:styleId="TableGrid_6e5ee16a-cc8f-4200-bed4-c6c5db540d70" w:customStyle="1">
+    <w:name w:val="Table Grid_6e5ee16a-cc8f-4200-bed4-c6c5db540d70"/>
+    <w:basedOn w:val="NormalTable_a621ac60-5cde-4305-8538-b0affb2be110"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a50ddc4d-6f27-48c4-bbb7-588cc9e70f38" w:customStyle="1">
-    <w:name w:val="Normal Table_a50ddc4d-6f27-48c4-bbb7-588cc9e70f38"/>
+  <w:style w:type="table" w:styleId="NormalTable_7448d7e4-ccab-4e17-b9b1-3e5241aa9c01" w:customStyle="1">
+    <w:name w:val="Normal Table_7448d7e4-ccab-4e17-b9b1-3e5241aa9c01"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_0fb78c8f-1455-4840-b385-e7f149223252" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a50ddc4d-6f27-48c4-bbb7-588cc9e70f38"/>
+  <w:style w:type="table" w:styleId="TableGrid_9937eab9-0f4d-4666-9701-f6c205f3c077" w:customStyle="1">
+    <w:name w:val="Table Grid_9937eab9-0f4d-4666-9701-f6c205f3c077"/>
+    <w:basedOn w:val="NormalTable_7448d7e4-ccab-4e17-b9b1-3e5241aa9c01"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1b705173-9440-43e5-a4e3-1bb73009244d" w:customStyle="1">
-    <w:name w:val="Normal Table_1b705173-9440-43e5-a4e3-1bb73009244d"/>
+  <w:style w:type="table" w:styleId="NormalTable_57966654-eb52-401f-9280-9903b0b9c633" w:customStyle="1">
+    <w:name w:val="Normal Table_57966654-eb52-401f-9280-9903b0b9c633"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_d14fe029-fb40-4828-b0a7-f23c53d2869e" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1b705173-9440-43e5-a4e3-1bb73009244d"/>
+  <w:style w:type="table" w:styleId="TableGrid_bcc4d481-453e-4ffb-8fbc-bf72dfd1062c" w:customStyle="1">
+    <w:name w:val="Table Grid_bcc4d481-453e-4ffb-8fbc-bf72dfd1062c"/>
+    <w:basedOn w:val="NormalTable_57966654-eb52-401f-9280-9903b0b9c633"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_2b4b0f4e-7cca-402c-8ffb-0fe90c6b1947" w:customStyle="1">
-    <w:name w:val="Normal Table_2b4b0f4e-7cca-402c-8ffb-0fe90c6b1947"/>
+  <w:style w:type="table" w:styleId="NormalTable_70924b31-234d-4688-a047-e7a8cfb26aaf" w:customStyle="1">
+    <w:name w:val="Normal Table_70924b31-234d-4688-a047-e7a8cfb26aaf"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_5fa0c821-e3e5-499c-ae8c-3eec56897655" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_2b4b0f4e-7cca-402c-8ffb-0fe90c6b1947"/>
+  <w:style w:type="table" w:styleId="TableGrid_f65ca32c-fb86-4a7b-9e4f-fe9b4fe651d8" w:customStyle="1">
+    <w:name w:val="Table Grid_f65ca32c-fb86-4a7b-9e4f-fe9b4fe651d8"/>
+    <w:basedOn w:val="NormalTable_70924b31-234d-4688-a047-e7a8cfb26aaf"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_ac102e50-5158-4a6b-88dc-2d582e1a1b2e" w:customStyle="1">
-    <w:name w:val="Normal Table_ac102e50-5158-4a6b-88dc-2d582e1a1b2e"/>
+  <w:style w:type="table" w:styleId="NormalTable_1b7f908f-9780-48af-bb2e-4ff3d5536bc7" w:customStyle="1">
+    <w:name w:val="Normal Table_1b7f908f-9780-48af-bb2e-4ff3d5536bc7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_f9a90e9d-6dff-4535-b52a-0478c8875dfe" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_ac102e50-5158-4a6b-88dc-2d582e1a1b2e"/>
+  <w:style w:type="table" w:styleId="TableGrid_6c5d0b32-2b97-4877-b8eb-ab55acde7ea0" w:customStyle="1">
+    <w:name w:val="Table Grid_6c5d0b32-2b97-4877-b8eb-ab55acde7ea0"/>
+    <w:basedOn w:val="NormalTable_1b7f908f-9780-48af-bb2e-4ff3d5536bc7"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>