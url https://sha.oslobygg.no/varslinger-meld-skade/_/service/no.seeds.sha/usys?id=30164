--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -2912,51 +2912,51 @@
   <w:font w:name="Tahoma">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:charset w:val="0"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="0"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_b6caa90e-3882-4a0d-9770-c5628f091a88"/>
+      <w:tblStyle w:val="TableGrid_3fb79b26-67c2-4e14-b2fb-9afb4e986c35"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4535"/>
       <w:gridCol w:w="4535"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -2967,51 +2967,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
-            <w:t xml:space="preserve">13.12.2025 23:56:05 </w:t>
+            <w:t xml:space="preserve">04.02.2026 03:30:06 </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="4535"/>
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
             <w:pBdr/>
             <w:spacing/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:instrText xml:space="preserve">PAGE Page</w:instrText>
           </w:r>
           <w:r>
@@ -3039,51 +3039,51 @@
             <w:instrText xml:space="preserve">NUMPAGES Page</w:instrText>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Page</w:t>
           </w:r>
           <w:r>
             <w:rPr/>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" ve:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7c712e62-486a-4e6b-ae2c-7856b7b35cb7"/>
+      <w:tblStyle w:val="TableGrid_b6419350-8bb3-44d4-abca-4f72ed77aaa4"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="6086"/>
       <w:gridCol w:w="2183"/>
       <w:gridCol w:w="801"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
@@ -3141,51 +3141,51 @@
           <w:tcBorders/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
             <w:pBdr/>
             <w:spacing w:line="600" w:lineRule="exact"/>
             <w:ind w:right="100"/>
             <w:jc w:val="right"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">Oslobygg KF</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="801"/>
           <w:tcBorders/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
             <w:pBdr/>
             <w:spacing w:line="40" w:lineRule="auto"/>
             <w:ind w:left="40" w:right="0"/>
             <w:rPr/>
           </w:pPr>
           <w:r>
             <w:rPr/>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="3072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="522038" cy="355600"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Picture 1"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="" descr=""/>
                         <pic:cNvPicPr>
@@ -3198,59 +3198,59 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="522038" cy="355600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+      <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
       <w:pBdr/>
       <w:spacing w:before="20" w:after="20" w:line="20" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="TableGrid_7fc4a94d-4002-4177-ba07-7d90e321b940"/>
+      <w:tblStyle w:val="TableGrid_90747e79-3dfd-46d6-abbd-bd0f4d0f8ad3"/>
       <w:tblBorders>
         <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5896"/>
       <w:gridCol w:w="3174"/>
     </w:tblGrid>
     <w:tr>
       <w:tblPrEx>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3261,51 +3261,51 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPrEx>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="5896"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_b5e10695-dd37-41a4-a79a-82bbfa7b2f73"/>
+            <w:tblStyle w:val="TableGrid_2abab30f-8862-4978-a4d9-7ac98fcb1950"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1500"/>
             <w:gridCol w:w="3753"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3406,72 +3406,72 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="3753"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">19.11.2023 (Bård Sigmund Dybsjord)</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:type="dxa" w:w="3174"/>
           <w:tcBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:tbl>
           <w:tblPr>
-            <w:tblStyle w:val="TableGrid_dfed5e9b-5a83-42eb-8b17-c8e4cbf4b490"/>
+            <w:tblStyle w:val="TableGrid_21ae9594-a7b9-454c-a378-d94a3468597c"/>
             <w:tblBorders>
               <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
               <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             </w:tblBorders>
             <w:tblLayout w:type="fixed"/>
             <w:tblCellMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tblCellMar>
             <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
           </w:tblPr>
           <w:tblGrid>
             <w:gridCol w:w="1580"/>
             <w:gridCol w:w="2160"/>
           </w:tblGrid>
           <w:tr>
             <w:tblPrEx>
               <w:tblBorders>
                 <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
@@ -3572,62 +3572,62 @@
               </w:p>
             </w:tc>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:type="dxa" w:w="2160"/>
                 <w:tcBorders/>
                 <w:noWrap/>
               </w:tcPr>
               <w:p>
                 <w:pPr>
                   <w:pStyle w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
                   <w:pBdr/>
                   <w:spacing/>
                   <w:rPr/>
                 </w:pPr>
                 <w:r>
                   <w:rPr/>
                   <w:t xml:space="preserve">Bård Sigmund Dybsjord</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+            <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
             <w:pBdr/>
             <w:spacing/>
             <w:rPr/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+      <w:pStyle w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
       <w:pBdr/>
       <w:spacing w:before="40" w:after="40" w:line="40" w:lineRule="exact"/>
       <w:rPr/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nummerertliste5"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:spacing/>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -7558,629 +7558,629 @@
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Vanliginnrykk">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing/>
       <w:ind w:left="708"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1" w:customStyle="1">
-    <w:name w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+  <w:style w:type="paragraph" w:styleId="Normal_3fd40aee-2cda-4255-abd0-7effb659818a" w:customStyle="1">
+    <w:name w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentInfoStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentInfoStyleName"/>
-    <w:basedOn w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_bf2c061b-65ef-4952-8191-708d62ec6837" w:customStyle="1">
-    <w:name w:val="Normal Table_bf2c061b-65ef-4952-8191-708d62ec6837"/>
+  <w:style w:type="table" w:styleId="NormalTable_add42116-c40e-4f93-956f-e4c69cb08c27" w:customStyle="1">
+    <w:name w:val="Normal Table_add42116-c40e-4f93-956f-e4c69cb08c27"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_47523286-8c77-4440-b2a2-3b2d31657094" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_bf2c061b-65ef-4952-8191-708d62ec6837"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6ac9a9c-9ddd-4e7d-b71a-82c1c2c050b2" w:customStyle="1">
+    <w:name w:val="Table Grid_b6ac9a9c-9ddd-4e7d-b71a-82c1c2c050b2"/>
+    <w:basedOn w:val="NormalTable_add42116-c40e-4f93-956f-e4c69cb08c27"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentIDStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentIDStyleName"/>
-    <w:basedOn w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TQM_DocxPublishingHeaderDocumentNameStyleName" w:customStyle="1">
     <w:name w:val="TQM_DocxPublishingHeaderDocumentNameStyleName"/>
-    <w:basedOn w:val="Normal_7cae3ce9-1da8-4e5f-8d51-db14408cc6e1"/>
+    <w:basedOn w:val="Normal_3fd40aee-2cda-4255-abd0-7effb659818a"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="0" w:after="0" w:line="200" w:lineRule="exact"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Oslo Sans Office" w:hAnsi="Oslo Sans Office" w:eastAsia="Oslo Sans Office" w:cs="Oslo Sans Office"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_1ed74404-345b-4dc6-bfc9-096795d8b2ad" w:customStyle="1">
-    <w:name w:val="Normal Table_1ed74404-345b-4dc6-bfc9-096795d8b2ad"/>
+  <w:style w:type="table" w:styleId="NormalTable_c01a0c0c-bb69-46a0-89c0-adde3185271e" w:customStyle="1">
+    <w:name w:val="Normal Table_c01a0c0c-bb69-46a0-89c0-adde3185271e"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_035423e4-9c35-4bcc-9281-381a94b2871f" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_1ed74404-345b-4dc6-bfc9-096795d8b2ad"/>
+  <w:style w:type="table" w:styleId="TableGrid_3bc5cfdc-eeb0-4761-bb93-c028400f4269" w:customStyle="1">
+    <w:name w:val="Table Grid_3bc5cfdc-eeb0-4761-bb93-c028400f4269"/>
+    <w:basedOn w:val="NormalTable_c01a0c0c-bb69-46a0-89c0-adde3185271e"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_06b3effc-ebf0-4874-8a3f-f6f772a8b98f" w:customStyle="1">
-    <w:name w:val="Normal Table_06b3effc-ebf0-4874-8a3f-f6f772a8b98f"/>
+  <w:style w:type="table" w:styleId="NormalTable_4d1a029d-f97c-4e8c-89ff-f6053a8f418f" w:customStyle="1">
+    <w:name w:val="Normal Table_4d1a029d-f97c-4e8c-89ff-f6053a8f418f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_a303f50b-bfdf-4fdd-a86a-0f730cbd99cf" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_06b3effc-ebf0-4874-8a3f-f6f772a8b98f"/>
+  <w:style w:type="table" w:styleId="TableGrid_895788cd-7bf8-4f20-9364-65d5d436a00c" w:customStyle="1">
+    <w:name w:val="Table Grid_895788cd-7bf8-4f20-9364-65d5d436a00c"/>
+    <w:basedOn w:val="NormalTable_4d1a029d-f97c-4e8c-89ff-f6053a8f418f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_5edac1ab-4e3f-4da0-a361-035dd5e62c10" w:customStyle="1">
-    <w:name w:val="Normal Table_5edac1ab-4e3f-4da0-a361-035dd5e62c10"/>
+  <w:style w:type="table" w:styleId="NormalTable_f338cd6c-a9c3-453c-9024-a11d409e7bef" w:customStyle="1">
+    <w:name w:val="Normal Table_f338cd6c-a9c3-453c-9024-a11d409e7bef"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_6ff70384-874f-40fb-85b3-0a8cd16c2b72" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_5edac1ab-4e3f-4da0-a361-035dd5e62c10"/>
+  <w:style w:type="table" w:styleId="TableGrid_93e109cc-1c60-4e11-af0f-764b0a8e61eb" w:customStyle="1">
+    <w:name w:val="Table Grid_93e109cc-1c60-4e11-af0f-764b0a8e61eb"/>
+    <w:basedOn w:val="NormalTable_f338cd6c-a9c3-453c-9024-a11d409e7bef"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_a3f5670c-67a2-4932-8e24-f44d00c45172" w:customStyle="1">
-    <w:name w:val="Normal Table_a3f5670c-67a2-4932-8e24-f44d00c45172"/>
+  <w:style w:type="table" w:styleId="NormalTable_98a47374-644d-408d-92ba-d30dfb9b175f" w:customStyle="1">
+    <w:name w:val="Normal Table_98a47374-644d-408d-92ba-d30dfb9b175f"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_29f463ad-f666-4435-a4f2-e27d9b7a6003" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_a3f5670c-67a2-4932-8e24-f44d00c45172"/>
+  <w:style w:type="table" w:styleId="TableGrid_958274a0-56d2-476a-ba46-03ba53049144" w:customStyle="1">
+    <w:name w:val="Table Grid_958274a0-56d2-476a-ba46-03ba53049144"/>
+    <w:basedOn w:val="NormalTable_98a47374-644d-408d-92ba-d30dfb9b175f"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_472e9dd4-a880-4bf3-b4f1-39f50964d085" w:customStyle="1">
-    <w:name w:val="Normal Table_472e9dd4-a880-4bf3-b4f1-39f50964d085"/>
+  <w:style w:type="table" w:styleId="NormalTable_4b65a3b3-573e-4f95-a4c2-b019e67b50b3" w:customStyle="1">
+    <w:name w:val="Normal Table_4b65a3b3-573e-4f95-a4c2-b019e67b50b3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b6caa90e-3882-4a0d-9770-c5628f091a88" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_472e9dd4-a880-4bf3-b4f1-39f50964d085"/>
+  <w:style w:type="table" w:styleId="TableGrid_3fb79b26-67c2-4e14-b2fb-9afb4e986c35" w:customStyle="1">
+    <w:name w:val="Table Grid_3fb79b26-67c2-4e14-b2fb-9afb4e986c35"/>
+    <w:basedOn w:val="NormalTable_4b65a3b3-573e-4f95-a4c2-b019e67b50b3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_0ecf33fa-de2a-452e-a2f3-355bb158975b" w:customStyle="1">
-    <w:name w:val="Normal Table_0ecf33fa-de2a-452e-a2f3-355bb158975b"/>
+  <w:style w:type="table" w:styleId="NormalTable_834f696a-e07f-40c8-952d-282791913f73" w:customStyle="1">
+    <w:name w:val="Normal Table_834f696a-e07f-40c8-952d-282791913f73"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7c712e62-486a-4e6b-ae2c-7856b7b35cb7" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_0ecf33fa-de2a-452e-a2f3-355bb158975b"/>
+  <w:style w:type="table" w:styleId="TableGrid_b6419350-8bb3-44d4-abca-4f72ed77aaa4" w:customStyle="1">
+    <w:name w:val="Table Grid_b6419350-8bb3-44d4-abca-4f72ed77aaa4"/>
+    <w:basedOn w:val="NormalTable_834f696a-e07f-40c8-952d-282791913f73"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_380f732a-1c87-4677-8657-e75b23fe6942" w:customStyle="1">
-    <w:name w:val="Normal Table_380f732a-1c87-4677-8657-e75b23fe6942"/>
+  <w:style w:type="table" w:styleId="NormalTable_da3c83d0-efb7-4a67-b806-9cd27af1fa52" w:customStyle="1">
+    <w:name w:val="Normal Table_da3c83d0-efb7-4a67-b806-9cd27af1fa52"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_b5e10695-dd37-41a4-a79a-82bbfa7b2f73" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_380f732a-1c87-4677-8657-e75b23fe6942"/>
+  <w:style w:type="table" w:styleId="TableGrid_2abab30f-8862-4978-a4d9-7ac98fcb1950" w:customStyle="1">
+    <w:name w:val="Table Grid_2abab30f-8862-4978-a4d9-7ac98fcb1950"/>
+    <w:basedOn w:val="NormalTable_da3c83d0-efb7-4a67-b806-9cd27af1fa52"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_dfc65291-eb1e-4333-b0ff-5046276a0de2" w:customStyle="1">
-    <w:name w:val="Normal Table_dfc65291-eb1e-4333-b0ff-5046276a0de2"/>
+  <w:style w:type="table" w:styleId="NormalTable_6cc09db2-a4e1-4137-8d44-324a76b3f8e3" w:customStyle="1">
+    <w:name w:val="Normal Table_6cc09db2-a4e1-4137-8d44-324a76b3f8e3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_dfed5e9b-5a83-42eb-8b17-c8e4cbf4b490" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_dfc65291-eb1e-4333-b0ff-5046276a0de2"/>
+  <w:style w:type="table" w:styleId="TableGrid_21ae9594-a7b9-454c-a378-d94a3468597c" w:customStyle="1">
+    <w:name w:val="Table Grid_21ae9594-a7b9-454c-a378-d94a3468597c"/>
+    <w:basedOn w:val="NormalTable_6cc09db2-a4e1-4137-8d44-324a76b3f8e3"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="NormalTable_d9b5bbf2-8885-48c9-897c-699364db9f7b" w:customStyle="1">
-    <w:name w:val="Normal Table_d9b5bbf2-8885-48c9-897c-699364db9f7b"/>
+  <w:style w:type="table" w:styleId="NormalTable_075ba86e-ab70-4a6f-808f-85b560eaf472" w:customStyle="1">
+    <w:name w:val="Normal Table_075ba86e-ab70-4a6f-808f-85b560eaf472"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid_7fc4a94d-4002-4177-ba07-7d90e321b940" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="NormalTable_d9b5bbf2-8885-48c9-897c-699364db9f7b"/>
+  <w:style w:type="table" w:styleId="TableGrid_90747e79-3dfd-46d6-abbd-bd0f4d0f8ad3" w:customStyle="1">
+    <w:name w:val="Table Grid_90747e79-3dfd-46d6-abbd-bd0f4d0f8ad3"/>
+    <w:basedOn w:val="NormalTable_075ba86e-ab70-4a6f-808f-85b560eaf472"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar/>
     </w:tblPr>
     <w:trPr/>
     <w:tcPr>
       <w:tcBorders/>
       <w:tcMar/>
       <w:vAlign w:val="top"/>
     </w:tcPr>
   </w:style>
 </w:styles>